--- v0 (2026-01-24)
+++ v1 (2026-03-22)
@@ -10,10634 +10,10677 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="8169" uniqueCount="3497">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="8209" uniqueCount="3511">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>14616</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Coquinho</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14616/ind_1.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14616/ind_1.pdf</t>
   </si>
   <si>
     <t>SOLICITO A VOSSA EXCELÊNCIA, QUE SEJA VIABILIZADA E REALIZADA A CONSTRUÇÃO DE QUATRO QUEBRA-MOLAS EM ALTO RIO FUNDO, ASSIM COMO, A LIMPEZA DAS CAIXAS SECAS NA LOCALIDADE.</t>
   </si>
   <si>
     <t>14617</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14617/ind_02.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14617/ind_02.pdf</t>
   </si>
   <si>
     <t>SOLICITO A V. EX.ª, QUE SEJA VIABILIZADA E REALIZADA, NA ESTRADA DE RIO FUNDO, A ROÇAGEM DA VEGETAÇÃO QUE MARGEIA A VIA E A LIMPEZA DOS BUEIROS, ATÉ SANTO ANTÔNIO DO ARAGUAYA.</t>
   </si>
   <si>
     <t>14618</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14618/078.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14618/078.pdf</t>
   </si>
   <si>
     <t>SOLICITO A V. S. ª, QUE SEJAM VIABILIZADAS E REALIZADAS MELHORIAS NA RUA PRESIDENTE COSTA E SILVA, QUE VEM SOFRENDO COM A EROSÃO RESULTANTE DO VOLUMOSO ESCOAMENTO DE ÁGUA PLUVIAL NO LOCAL.</t>
   </si>
   <si>
     <t>14643</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>Pastor Adriano</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14643/079.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14643/079.pdf</t>
   </si>
   <si>
     <t>SOLICITO, EM CARÁTER DE URGÊNCIA, A INSTALAÇÃO DE UM BUEIRO NO FINAL DO CALÇAMENTO DE ALTO NOVA ALMEIDA, TENDO EM VISTA QUE NO LOCAL HÁ UMA RESIDÊNCIA MAIS BAIXA DO QUE O CALÇAMENTO. A QUAL ESTÁ ALAGANDO, OCASIONANDO INÚMEROS TRANSTORNOS AOS RESIDENTES NO IMÓVEL.</t>
   </si>
   <si>
     <t>14644</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14644/080.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14644/080.pdf</t>
   </si>
   <si>
     <t>SOLICITO, QUE SEJAM REALIZADAS MELHORIAS NA QUADRA DE VICTOR HUGO, TAIS COMO TROCAR O TELHADO DA QUADRA DE VICTOR HUGO, FAZER ARQUIBANCADA DE UM LADO DA QUADRA E NO QUE SE REFERE AO PISO DA MESMA, RETIRÁ-LO E NOTIFICAR A EMPRESA RESPONSÁVEL QUE EXECUTOU O SERVIÇO, JÁ QUE AINDA ESTÁ NA GARANTIA E GRANDE PARTE DELE SE ENCONTRA DANIFICADO, APESAR DE TER SIDO INSTALADO HÁ MENOS DE DOIS MESES.</t>
   </si>
   <si>
     <t>14619</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>Angelo Traspadini</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14619/06.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14619/06.pdf</t>
   </si>
   <si>
     <t>SOLICITO, A ESSE EXECUTIVO MUNICIPAL, JUNTAMENTE À SECRETARIA MUNICIPAL DE EDUCAÇÃO, VIABILIZE E COLOQUE EM FUNCIONAMENTO EM TEMPO INTEGRAL, O EXPEDIENTE DE TODAS AS CRECHES DESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>14620</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>Vaninho Stein</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14620/07.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14620/07.pdf</t>
   </si>
   <si>
     <t>INDICO, A ESSE PODER EXECUTIVO, JUNTAMENTE À SECRETARIA A QUE COMPETE, QUE SEJA INSTITUÍDO NO MUNICÍPIO DE MARECHAL FLORIANO, O FESTIVAL “LOUVORES DE INVERNO”, COM PARCERIA DAS IGREJAS DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>14621</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14621/ind_08.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14621/ind_08.pdf</t>
   </si>
   <si>
     <t>SOLICITO A ESSE PODER EXECUTIVO, JUNTAMENTE À SECRETARIA QUE COMPETE, QUE AS UNIDADES ESCOLARES FLORIANENSES OFEREÇAM ARMÁRIOS PARA QUE OS ESTUDANTES POSSAM MANTER OS LIVROS E OUTROS MATERIAIS, SEM TER QUE TRANSPORTÁ-LOS DIARIAMENTE EM SUAS MOCHILAS, SOBRETUDO, QUE PROMOVAM CAMPANHAS EDUCATIVAS _x000D_
 PARA EVITAR QUE OS ALUNOS CARREGUEM MOCHILAS COM PESO SUPERIOR A 10% (DEZ POR CENTO) DO SEU PESO CORPORAL.</t>
   </si>
   <si>
     <t>14622</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>Juarez Xavier, Vaninho Stein</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14622/ind_09.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14622/ind_09.pdf</t>
   </si>
   <si>
     <t>SOLICITO A ESSE PODER EXECUTIVO, JUNTAMENTE À SECRETARIA QUE COMPETE, SERVIÇOS DE LIMPEZA E MANUTENÇÃO DO PROÁGUA DA VILA SCHUNK.</t>
   </si>
   <si>
     <t>14638</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>Cabral</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14638/ind_10_1.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14638/ind_10_1.pdf</t>
   </si>
   <si>
     <t>SOLICITO MELHORIAS NA PRAÇA SANTA RITA, INDICANDO QUE, ONDE HÁ UMA PRAÇA EM FRENTE A OUTRA, A EXISTENTE AO LADO DA UNIDADE DE SAÚDE SEJA TRANSFORMADA EM UM PARQUINHO PARA ATENDER AS CRIANÇAS DA LOCALIDADE, E QUE NA OUTRA PRAÇA LOCALIZADA EM FRENTE À PADARIA SEJAM REALIZADAS MELHORIAS, TAIS COMO ILUMINAÇÃO, ACESSIBILIDADE A CADEIRANTES E CALÇAMENTO NA ACADEMIA POPULAR.</t>
   </si>
   <si>
     <t>14623</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>Martim Trarbach</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14623/ind_11.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14623/ind_11.pdf</t>
   </si>
   <si>
     <t>SOLICITO QUE SEJAM REALIZADOS SERVIÇOS CONTÍNUOS DE LIMPEZA E DESOBSTRUÇÃO DE BUEIROS, CAIXAS COLETORAS, CAIXAS DE RALO, GALERIAS, CALHAS, ENTRE OUTROS, COM ESPECIAL ATENÇÃO PARA A LIMPEZA, DESASSOREAMENTO E DEMOLIÇÃO DE ROCHA NAS PROXIMIDADES DO LOCAL DENOMINADO POÇO FUNDO DO RIO JUCU - BRAÇO SUL, NA SEDE DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>14639</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14639/ind_12.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14639/ind_12.pdf</t>
   </si>
   <si>
     <t>DISPONIBILIZAR MELHORIAS NAS QUADRAS ESPORTIVAS LOCALIZADAS NA AVENIDA ARTHUR HAESE, COM O OBJETIVO DE PROPORCIONAR MAIOR SEGURANÇA, CONFORTO E ESTRUTURA PARA OS USUÁRIOS.</t>
   </si>
   <si>
     <t>14624</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14624/ind_13.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14624/ind_13.pdf</t>
   </si>
   <si>
     <t>SOLICITO QUE SEJA REMANEJADO O PONTO DE ÔNIBUS ATUALMENTE LOCALIZADO NA VIA LATERAL ÀS MARGENS DA BR-262, LADO ESQUERDO E DIREITO, SENTIDO VITÓRIA, PRÓXIMO À SAÍDA DA RUA SANTANA COM A AVENIDA ARTHUR HAESE, COM A AMPLIAÇÃO DO ESPAÇO DO ABRIGO DE PASSAGEIROS JÁ EXISTENTE, VISANDO PROPORCIONAR MAIOR CONFORTO E SEGURANÇA AOS USUÁRIOS DO TRANSPORTE COLETIVO.</t>
   </si>
   <si>
     <t>14625</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>Chapolim Frasson</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14625/ind_14.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14625/ind_14.pdf</t>
   </si>
   <si>
     <t>INDICO A ESSE PODER EXECUTIVO, JUNTAMENTE À SECRETARIA DE OBRAS E SERVIÇOS URBANOS, QUE SEJA PROVIDENCIADO O MAIS CÉLERE POSSÍVEL, A INSTALAÇÃO DE CORRIMÃO NA PONTE LOCALIZADA NA ENTRADA DA RUA MARIA BOTELHO DE ALMEIDA TRARBACH, NO BAIRRO SANTA RITA, BEM COMO, SERVIÇO DE DRENAGEM E RECAPEAMENTO, COMPREENDENDO TODA A SUA EXTENSÃO.</t>
   </si>
   <si>
     <t>14626</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14626/ind_15.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14626/ind_15.pdf</t>
   </si>
   <si>
     <t>INDICO A VOSSA EXCELÊNCIA QUE A SAÍDA DOS VEÍCULOS DA SAÚDE QUE TRANSPORTAM OS PACIENTES PARA SEREM ATENDIDOS NOS HOSPITAIS DA GRANDE VITÓRIA OCORRA A PARTIR DO DISTRITO DE ARAGUAYA, PASSANDO POR SANTA MARIA, RIO FUNDO E MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>14627</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>Juarez Xavier</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14627/ind_16.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14627/ind_16.pdf</t>
   </si>
   <si>
     <t>SOLICITO A VOSSA EXCELÊNCIA QUE SEJAM REALIZADAS MELHORIAS NA ESTRADA PRINCIPAL QUE OFERECE ACESSO À COMUNIDADE DE BOM JESUS, A FIM DE GARANTIR CONDIÇÕES ADEQUADAS DE TRÁFEGO PARA OS MORADORES E VEÍCULOS.</t>
   </si>
   <si>
     <t>14628</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14628/ind_17.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14628/ind_17.pdf</t>
   </si>
   <si>
     <t>SOLICITO A VOSSA EXCELÊNCIA QUE SEJAM REALIZADOS OS REPAROS NOS BUEIROS NO PERCURSO DO CALÇAMENTO DA SEDE DE BOM JESUS, BEM COMO A MANUTENÇÃO PREVENTIVA NO CALÇAMENTO ONDE EM ALGUNS PONTOS  ENCONTRA-SE CEDENDO.</t>
   </si>
   <si>
     <t>14629</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
     <t>Angelo Traspadini, Chapolim Frasson, Hilário Oliveira Neto</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14629/ind_18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14629/ind_18.pdf</t>
   </si>
   <si>
     <t>NÓS VEREADORES ABAIXO SUBSCRITOS INDICAMOS A VOSSA EXCELÊNCIA QUE SEJA DISPONIBILIZADO O FORNECIMENTO GRATUITO DE UNIFORMES ESCOLARES PARA TODOS OS ALUNOS DA REDE MUNICIPAL DE ENSINO DE MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>14661</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14661/indicacao_19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14661/indicacao_19.pdf</t>
   </si>
   <si>
     <t>CONSIDERANDO A IMPORTÂNCIA FUNDAMENTAL QUE O TRABALHO DOS GARIS DESEMPENHA NA MANUTENÇÃO DA LIMPEZA E HIGIENE DA NOSSA CIDADE, VENHO, POR MEIO DESTA, APRESENTAR UMA INDICAÇÃO PARA A TERCEIRIZAÇÃO DOS CARGOS DE GARI NO MUNICÍPIO.</t>
   </si>
   <si>
     <t>14662</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14662/indicacao_20.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14662/indicacao_20.pdf</t>
   </si>
   <si>
     <t>CONSIDERANDO A RELEVÂNCIA EM INSTITUIR AÇÕES QUE VISEM OFERECER SERVIÇOS DE ASSISTÊNCIA JUDICIÁRIA NO MUNICÍPIO, VENHO, POR MEIO DESTA, APRESENTAR UMA INDICAÇÃO PARA A IMPLEMENTAÇÃO DAS MESMAS, O MAIS CÉLERE POSSÍVEL.</t>
   </si>
   <si>
     <t>14663</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14663/indicacao_21.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14663/indicacao_21.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR, EM CARÁTER DE URGÊNCIA, MELHORIAS NO “MORRO DOS MARQUES”, LOCALIZADO EM ALTO SANTA MARIA.</t>
   </si>
   <si>
     <t>14664</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
     <t>Diogo da AMAR, Vaninho Stein</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14664/indicacao_22.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14664/indicacao_22.pdf</t>
   </si>
   <si>
     <t>SOLICITO A V. EX.ª QUE SEJA VIABILIZADO E INSTALADO UM QUEBRA-MOLAS NA RUA PAULO LOVATTI E UM NA RUA JOÃO DOMINGOS LORENZONI, AMBAS LOCALIZADAS NO BAIRRO SANTA RITA.</t>
   </si>
   <si>
     <t>14691</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14691/pdf.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14691/pdf.pdf</t>
   </si>
   <si>
     <t>Instituição do Cartão Florianense para Servidores do Poder Executivo</t>
   </si>
   <si>
     <t>14665</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14665/indicacao_24.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14665/indicacao_24.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR, EM CARÁTER DE URGÊNCIA, SERVIÇOS DE DRENAGEM E MELHORIAS QUE SE FAZEM NECESSÁRIAS NO CALÇAMENTO DA RUA MARIA BOTELHO DE ALMEIDA TRARBACH, LOCALIZADA NO BAIRRO SANTA RITA, ONDE OS MUNÍCIPES VÊM SOFRENDO DANOS APÓS AS FORTES CHUVAS OCORRIDAS EM NOSSA REGIÃO.</t>
   </si>
   <si>
     <t>14693</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
     <t>Chapolim Frasson, Pastor Adriano, Vaninho Stein</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14693/025.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14693/025.pdf</t>
   </si>
   <si>
     <t>Que seja executado urgentemente, a instalação de três bueiros na Rua Thieres Veloso, em frente ao “Sou Feliz Associação de Amparo a Idosos” e ao lado da Escola Elisiário Ferreira Filho, bem como, limpeza e desobstrução de todos os bueiros do referido logradouro e Bairro Jarbinhas.</t>
   </si>
   <si>
     <t>14666</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
     <t>Hilário Oliveira Neto</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14666/indicacao_26.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14666/indicacao_26.pdf</t>
   </si>
   <si>
     <t>SOLICITO, AO SENHOR SECRETÁRIO DE OBRAS E SERVIÇOS URBANOS, QUE SEJA REALIZADO O MAIS BREVE POSSÍVEL, RECAPEAMENTO ASFÁLTICO NA VILA MIGUEL SOUZA.</t>
   </si>
   <si>
     <t>14667</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14667/indicacao_27.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14667/indicacao_27.pdf</t>
   </si>
   <si>
     <t>SOLICITO AO EXECUTIVO, POR MEIO DA SECRETARIA DE SAÚDE, UMA REFORMA URGENTE NA UNIDADE BÁSICA DE SAÚDE DE SANTA MARIA DE MARECHAL, TENDO EM VISTA QUE AS PAREDES APRESENTAM INFILTRAÇÕES, INFELIZMENTE RESULTANDO EM CONSULTÓRIOS CAINDO AOS PEDAÇOS E NA PARTE EXTERNA O REVESTIMENTO CERÂMICO SE ENCONTRA TODO OCO. SOLICITO AINDA, MANUTENÇÃO NA FOSSA DA MESMA.</t>
   </si>
   <si>
     <t>14668</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14668/indicacao_28.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14668/indicacao_28.pdf</t>
   </si>
   <si>
     <t>INDICO A ESSE EXECUTIVO MUNICIPAL, JUNTO AO SECRETÁRIO DE ESPORTES, O AUMENTO DAS MODALIDADES ESPORTIVAS PARA NOSSAS CRIANÇAS E ADOLESCENTES. NESSE INTUITO, CONSIDERANDO QUE O PROGRAMA “CAMPEÕES DO FUTURO”, JUNTAMENTE À SESPORT, OFERECE UM GRANDE INCENTIVO PARA O DESENVOLVIMENTO DO ESPORTE.</t>
   </si>
   <si>
     <t>14669</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14669/indicacao_29.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14669/indicacao_29.pdf</t>
   </si>
   <si>
     <t>SOLICITO A ESSE PODER EXECUTIVO, POR MEIO DA SECRETARIA DE OBRAS E SERVIÇOS URBANOS, MELHORIAS COMPREENDENDO A SUBSTITUIÇÃO DOS PARALELEPÍPEDOS POR PAV’S, MANUTENÇÃO DE BUEIROS E DEMAIS SERVIÇOS QUE SE FIZEREM NECESSÁRIOS NA RUA IVAHY MENDES, PARALELA À RUA ANTENOR DOS SANTOS BRAGA, LOCALIZADA NA SEDE DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>14670</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14670/indicacao_30.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14670/indicacao_30.pdf</t>
   </si>
   <si>
     <t>SOLICITO A ESSE PODER EXECUTIVO, POR MEIO DA SECRETARIA A QUE COMPETE, A REAVALIAÇÃO DO LOCAL QUE COMPREENDE O TRECHO DA RUA ANTENOR DOS SANTOS BRAGA, LOCALIZADA NA SEDE DO MUNICÍPIO, ONDE _x000D_
 OS PROPRIETÁRIOS DE VEÍCULOS DEIXAM OS MESMOS ESTACIONADOS AO LONGO DA REFERIDA VIA, VISTO QUE SE TRATA DE VIA DE MÃO DUPLA, PORTANTO NÃO SENDO POSSÍVEL O ESTACIONAMENTO NO REFERIDO _x000D_
 LOCAL, DEVIDO O ESPAÇO NÃO COMPORTAR TAL PRÁTICA.</t>
   </si>
   <si>
     <t>14671</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14671/indicacao_31.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14671/indicacao_31.pdf</t>
   </si>
   <si>
     <t>INDICO A CONTRATAÇÃO DE PROJETO BÁSICO E EXECUTIVO PARA A CONTINUIDADE DO RECAPEAMENTO ASFÁLTICO NO TRECHO DE RIO FUNDO, INICIANDO NAS PROXIMIDADES DO ZOO PARK DA MONTANHA ATÉ A COMUNIDADE DE RIO FUNDO, NA ESCOLA MUNICIPAL, INCLUINDO SERVIÇOS DE MELHORIAS NO SISTEMA DE DRENAGEM, COM A IMPLEMENTAÇÃO DE OBRAS DE ARTE CORRENTES E OBRAS DE ARTE ESPECIAIS, GARANTINDO MAIOR SEGURANÇA E DURABILIDADE DA VIA, COM EXTENSÃO APROXIMADA DE 3,50 KM.</t>
   </si>
   <si>
     <t>14672</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14672/indicacao_32.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14672/indicacao_32.pdf</t>
   </si>
   <si>
     <t>SOLICITO AO PODER EXECUTIVO A CONSTRUÇÃO DE UMA RAMPA DE ACESSO NO CENTRO DE AGRONEGÓCIOS, NO POSTO DO CAFÉ, LOCALIZADO NO TREVO DE SANTA MARIA, CONSIDERANDO QUE O IMÓVEL É UTILIZADO PARA DIVERSAS FINALIDADES E QUE, ATUALMENTE, O ACESSO AO PAVIMENTO SUPERIOR OCORRE POR MEIO DE UMA ESCADA DE CONCRETO FORA DOS PADRÕES E NORMAS TÉCNICAS, DIFICULTANDO A ACESSIBILIDADE AO AUDITÓRIO E DEMAIS INSTALAÇÕES.</t>
   </si>
   <si>
     <t>14673</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14673/indicacao_33.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14673/indicacao_33.pdf</t>
   </si>
   <si>
     <t>ELABORAÇÃO E EXECUÇÃO DE PROJETOS BÁSICOS E ESPECÍFICOS PARA A REALIZAÇÃO DE SERVIÇOS DE ENGENHARIA VOLTADOS À ACESSIBILIDADE, INCLUINDO A ADEQUAÇÃO DE CALÇADAS NA SEDE DO MUNICÍPIO E NOS DEMAIS DISTRITOS, E A INSTALAÇÃO DE RAMPAS EM VIAS PÚBLICAS, PRÉDIOS E INSTITUIÇÕES PÚBLICAS E PRIVADAS, BEM COMO IMPLEMENTAÇÃO DE RAMPAS E ELEVADORES NOS LOCAIS NECESSÁRIOS</t>
   </si>
   <si>
     <t>14674</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14674/indicacao_34.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14674/indicacao_34.pdf</t>
   </si>
   <si>
     <t>SOLICITO A V. EX.ª QUE SEJA REALIZADA, NA ESTRADA DE COSTA PEREIRA, MAIS EXATAMENTE NO FRAGMENTO QUE PASSA NA PROPRIEDADE DO SR. SAMIRO SCHNEIDER, A MANUTENÇÃO E O MANILHAMENTO DO TRECHO EM OBRAS, PARA A DEVIDA FINALIZAÇÃO DA INTERVENÇÃO.</t>
   </si>
   <si>
     <t>14692</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14692/035.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14692/035.pdf</t>
   </si>
   <si>
     <t>SOLICITO A ESSE PODER EXECUTIVO, JUNTAMENTE À SECRETARIA DE OBRAS E SERVIÇOS URBANOS, SERVIÇOS DE MELHORIAS PARA A RUA PEDRO FRANCISCO MARQUES, TAIS COMO INSTALAÇÃO DE ILUMINAÇÃO PÚBLICA, BEM COMO, DE REDE DE ÁGUA E ESGOTO.</t>
   </si>
   <si>
     <t>14675</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
     <t>PLENÁRIO 2025/2028</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14675/indicacao_36.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14675/indicacao_36.pdf</t>
   </si>
   <si>
     <t>OS VEREADORES QUE ESTA SUBSCREVEM, NO USO DE SUAS PRERROGATIVAS REGIMENTAIS, INDICAM AO EXCELENTÍSSIMO SENHOR PREFEITO O SEGUINTE PEDIDO DE PROVIDÊNCIAS: QUE SEJA EXECUTADO, O MAIS BREVE POSSÍVEL, SERVIÇO DE PAVIMENTAÇÃO, TENDO INÍCIO NO POSTO IPIRANGA E SE ESTENDENDO ATÉ O TRECHO JÁ PAVIMENTADO LOCALIZADO PRÓXIMO À IGREJA DE NOSSA SENHORA AUXILIADORA, EM SOÍDO DE BAIXO.</t>
   </si>
   <si>
     <t>14695</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14695/151.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14695/151.pdf</t>
   </si>
   <si>
     <t>SOLICITO A VOSSA EXCELÊNCIA QUE SEJAM TOMADAS AS PROVIDÊNCIAS NECESSÁRIAS PARA O TÉRMINO DA QUADRA POLIESPORTIVA NA COMUNIDADE DE SOÍDO DE BAIXO (CABOCLA)</t>
   </si>
   <si>
     <t>14739</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14739/ind_038_coquinho.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14739/ind_038_coquinho.pdf</t>
   </si>
   <si>
     <t>SOLICITO, QUE SEJAM VIABILIZADAS MELHORIAS NA ESTRADA QUE  OFECERE  ACESSO À PROPRIEDADE DOS SENHORES  MERINHO KIEFER, ÉZIO BUSATO E DIVERSOS OUTROS MORADORES.</t>
   </si>
   <si>
     <t>14740</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14740/ind_039_adriano.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14740/ind_039_adriano.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR, EM CARÁTER DE URGÊNCIA, A INSTALAÇÃO DE 5 (CINCO) QUEBRA-MOLAS NO “CÓRREGO DO OURO”, NAS PROXIMIDADES DA REFERIDA VILA, BEM COMO, 1 (UM) BUEIRO NA SUBIDA ONDE RESIDE O SR. DORVINO.</t>
   </si>
   <si>
     <t>14741</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14741/ind_040_adriano.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14741/ind_040_adriano.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR, EM CARÁTER DE URGÊNCIA, MELHORIAS EM 3 (TRÊS) PONTES, LOCALIZADAS NAS SEGUINTES LOCALIDADES: MORRO DOS MARQUES, ALTO SANTA MARIA E VICTOR HUGO.</t>
   </si>
   <si>
     <t>14742</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
     <t>Cezinha Ronchi</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14742/ind_041_cezinha.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14742/ind_041_cezinha.pdf</t>
   </si>
   <si>
     <t>INDICO, AO EXCELENTÍSSIMO SENHOR PREFEITO DESTE MUNICÍPIO, A COMPRA DE UM TERRENO AO LADO DA NOVA UNIDADE BÁSICA DE SAÚDE DA COMUNIDADE SÃO CRISTÓVÃO, LOCALIZADA NO TREVO DE PARAJÚ, PARA A FUTURA CONSTRUÇÃO DE UMA BOA ÁREA DE LAZER, COM CAMPO SOCIETY, ACADEMIA POPULAR E PARQUINHO PARA AS CRIANÇAS.</t>
   </si>
   <si>
     <t>14743</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14743/ind_042_cezinha.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14743/ind_042_cezinha.pdf</t>
   </si>
   <si>
     <t>INDICO, A ESSE EXECUTIVO MUNICIPAL, POR MEIO DA SECRETARIA MUNICIPAL DE OBRAS_x000D_
 E SERVIÇOS URBANOS, QUE SEJA REALIZADA AMPLIAÇÃO DA ILUMINAÇÃO PÚBLICA NO TREVO QUE DÁ ACESSO ÀS SEGUINTES COMUNIDADES DE NOSSO MUNICÍPIO: BOA ESPERANÇA, VILA UHL, JEQUITIBÁ, VALE DOS HUBER E COMUNIDADE SÃO CRISTÓVÃO, SE ESTENDENDO ATÉ A COMUNIDADE DE SOÍDO DE BAIXO, BEM COMO, QUE SEJA FEITO UM BONITO PAISAGISMO EM TODO O PERCURSO CITADO.</t>
   </si>
   <si>
     <t>14744</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14744/ind_043_cezinha.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14744/ind_043_cezinha.pdf</t>
   </si>
   <si>
     <t>INDICO, A ESSE EXECUTIVO MUNICIPAL, JUNTAMENTE À SECRETARIA MUNICIPAL DE OBRAS_x000D_
 E SERVIÇOS URBANOS, QUE SEJAM REALIZADAS MELHORIAS NO BAIRRO JEQUITIBÁ, EM_x000D_
 SANTA MARIA DE MARECHAL, NO QUE SE REFERE AO ABASTECIMENTO DE ÁGUA, TRATAMENTO DO ESGOTO DO BAIRRO, CONSTRUÇÃO DE PONTO DE ÔNIBUS, LIMPEZA CONSTANTE DO BAIRRO, PAISAGISMO DAS RUAS DO BAIRRO, PAVIMENTAÇÃO DAS RUAS QUE FALTAM NO BAIRRO E CONSTRUÇÃO DE UMA PEQUENA PRACINHA COM BRINQUEDOS E ACADEMIA POPULAR PARA A REFERIDA COMUNIDADE.</t>
   </si>
   <si>
     <t>14745</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
     <t>Diogo da AMAR</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14745/ind_044_diogo.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14745/ind_044_diogo.pdf</t>
   </si>
   <si>
     <t>SOLICITO A V. EX.ª, A CRIAÇÃO DO FUNDO MUNICIPAL DE BEM-ESTAR ANIMAL NA SECRETARIA MUNICIPAL DE MEIO AMBIENTE E RECURSOS HÍDRICOS.</t>
   </si>
   <si>
     <t>14746</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14746/ind_045_diogo.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14746/ind_045_diogo.pdf</t>
   </si>
   <si>
     <t>SOLICITO A V. EX.ª, A CRIAÇÃO DO CARGO DE GERENTE DE PROJETO CULTURAL, ALOCADO NA SECRETARIA DE CULTURA E TURISMO, NO ÂMBITO DA PREFEITURA MUNICIPAL DE MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>14747</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14747/ind_046_diogo_vaninho_1.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14747/ind_046_diogo_vaninho_1.pdf</t>
   </si>
   <si>
     <t>SOLICITO A V. EX.ª, QUE SEJA DADA A DEVIDA IMPORTÂNCIA SOBRE A NECESSIDADE DE PROMOVER AÇÕES QUE VISEM A DIVULGAÇÃO E CAPTAÇÃO DE _x000D_
 RECURSOS CULTURAIS, DISPONÍVEIS NAS LEIS PAULO GUSTAVO, ROUANET E ALDIR BLANC.</t>
   </si>
   <si>
     <t>14748</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14748/ind_047_vaninho.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14748/ind_047_vaninho.pdf</t>
   </si>
   <si>
     <t>SOLICITO AO PODER EXECUTIVO, QUE SEJA VIABILIZADA A INSTALAÇÃO DE BEBEDOURO, BEM COMO, CONSTRUÇÃO DE SANITÁRIOS PÚBLICOS (FEMININO E MASCULINO), PRÓXIMO À ACADEMIA POPULAR, LOCALIZADA NA AVENIDA ARTHUR HAESE.</t>
   </si>
   <si>
     <t>14749</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14749/ind_048_vaninho.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14749/ind_048_vaninho.pdf</t>
   </si>
   <si>
     <t>SOLICITO AO PODER EXECUTIVO, A REALIZAÇÃO DOS SEGUINTES PROJETOS, NECESSÁRIOS PARA CALÇAMENTO OU ASFALTAMENTO: _x000D_
 ESTRADA QUE DÁ ACESSO À VILA SCHUNK; INÍCIO NA RUA JULIETA MARIA FISCHER ATÉ O INÍCIO DO CONDOMÍNIO RECREIO PONTO ALTO; SUBIDA DA CASA DO MEL, LOCALIZADA EM BOA ESPERANÇA, COM INÍCIO DO FINAL DO CALÇAMENTO JÁ EXISTENTE, ATÉ A DIVISA COM DOMINGOS MARTINS; E_x000D_
 INÍCIO NA RUA GUSTAVO HERTEL, PASSANDO PELA RUA ELIZABETHA KLIPPEL RUPF, LOCALIZADA POR TRÁS DO CAMPO DO APOLLO, COM EXTENSÃO DE 2 KM, PASSANDO EM FRENTE À PROPRIEDADE DA FAMÍLIA RUPF.</t>
   </si>
   <si>
     <t>14750</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14750/ind_049_cabral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14750/ind_049_cabral.pdf</t>
   </si>
   <si>
     <t>INDICO, A CONSTRUÇÃO DE UMA PEQUENA PONTE NO FINAL DA RUA DELIMAR SCHUNK, NO LOCAL POPULARMENTE CONHECIDO COMO “POÇO FUNDO”, EM CARÁTER DE URGÊNCIA, VISANDO SUBSTITUIR UMA PONTE DE MADEIRA, A QUAL SE ENCONTRA EM PRECÁRIAS CONDIÇÕES.</t>
   </si>
   <si>
     <t>14751</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14751/ind_050_cabral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14751/ind_050_cabral.pdf</t>
   </si>
   <si>
     <t>INDICO, QUE SEJAM REALIZADOS EM CARÁTER DE URGÊNCIA, SERVIÇOS DE LIMPEZA E CAPINA EM TODOS OS CÓRREGOS DO MUNICÍPIO, COMPREENDENDO  O CÓRREGO DO SANTA RITA, O CÓRREGO QUE DESCE DA ANTIGA PRODUTORA, CÓRREGO DA BAIXADA DE SANTA MARIA (VILA DOS IPÊS), E OUTROS EXISTENTES. CASO A PREFEITURA NÃO TENHA EFETIVO PARA EXECUTAR ESSE SERVIÇO, QUE SEJA CONTRATADA UMA EMPRESA TERCEIRIZADA.</t>
   </si>
   <si>
     <t>14752</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14752/ind_051_hilario.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14752/ind_051_hilario.pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE UM CEMITÉRIO PÚBLICO MUNICIPAL NAS REGIÕES DE SANTA MARIA, ARAGUAIA OU RIO FUNDO.</t>
   </si>
   <si>
     <t>14753</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14753/ind_052_juarez.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14753/ind_052_juarez.pdf</t>
   </si>
   <si>
     <t>CONSIDERANDO QUE A INCLUSÃO DO CHACREAMENTO RURAL OU SÍTIO DE LAZER NA LEGISLAÇÃO DE PARCELAMENTO DE SOLO É DE EXTREMA IMPORTÂNCIA PARA A ECONOMIA DO NOSSO MUNICÍPIO, ONDE MUITAS PROPRIEDADES RURAIS ATUALMENTE EXISTENTES NA MUNICIPALIDADE CARECEM DA REGULARIZAÇÃO, O QUE IMPEDE OS SEUS PROPRIETÁRIOS DE OBTEREM A ESCRITURA PÚBLICA DE SEUS IMÓVEIS. POIS ESSA SITUAÇÃO NÃO APENAS PREJUDICA OS PROPRIETÁRIOS NO QUE DIZ RESPEITO À SEGURANÇA JURÍDICA DE SUAS PROPRIEDADES, MAS TAMBÉM LIMITA O POTENCIAL DE DESENVOLVIMENTO ECONÔMICO DA REGIÃO.</t>
   </si>
   <si>
     <t>14754</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14754/ind_053_martim.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14754/ind_053_martim.pdf</t>
   </si>
   <si>
     <t>VENHO, RESPEITOSAMENTE, SUGERIR AO EXECUTIVO MUNICIPAL A VIABILIDADE DA CONSTRUÇÃO OU IMPLANTAÇÃO DE UM ESPAÇO CULTURAL, ARTÍSTICO E MUSICAL NAS PROXIMIDADES DA ESTAÇÃO FERROVIÁRIA. O LOCAL SERÁ DESTINADO À PROMOÇÃO DA MÚSICA E DA CULTURA LOCAL, PODENDO SER UTILIZADO GRATUITAMENTE OU DE FORMA REMUNERADA, COMO FORMA DE INCENTIVO AOS ARTISTAS E AGENTES CULTURAIS DO MUNICÍPIO. A INICIATIVA BUSCA FORTALECER A IDENTIDADE CULTURAL DA CIDADE, OFERECENDO UM AMBIENTE ADEQUADO PARA MANIFESTAÇÕES ARTÍSTICAS, FOMENTANDO TALENTOS LOCAIS E IMPULSIONANDO A ECONOMIA.</t>
   </si>
   <si>
     <t>14755</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14755/ind_054_martim.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14755/ind_054_martim.pdf</t>
   </si>
   <si>
     <t>VENHO INDICAR À SECRETARIA DE ESPORTES, A PROMOÇÃO DO RETORNO SEMANAL DAS ATIVIDADES VOLTADAS À TERCEIRA IDADE NO GINÁSIO DE ESPORTES PAULO ANTÔNIO LORENZONI, NA SEDE DO MUNICÍPIO. AS ATIVIDADES DEVERÃO INCLUIR PRÁTICAS ESPORTIVAS, EXERCÍCIOS FÍSICOS E MOMENTOS DE ENTRETENIMENTO, COM HORÁRIOS PRÉ-ESTABELECIDOS E UM CRONOGRAMA MENSAL, GARANTINDO PREVISIBILIDADE E ORGANIZAÇÃO PARA OS PARTICIPANTES QUE FARÃO USO DO ESPAÇO ESPORTIVO.</t>
   </si>
   <si>
     <t>14756</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14756/ind_055_martim.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14756/ind_055_martim.pdf</t>
   </si>
   <si>
     <t>SOLICITO QUE TODAS AS EMPRESAS PRESTADORAS DE SERVIÇOS NO MUNICÍPIO, NAS ÁREAS DE OBRAS, REFORMAS, MANUTENÇÃO, SEGURANÇA E DEMAIS ATIVIDADES, GARANTAM A DEVIDA IDENTIFICAÇÃO DE SEUS TRABALHADORES AO ATUAREM EM ESPAÇOS PÚBLICOS. ESSA IDENTIFICAÇÃO DEVE INCLUIR UNIFORMES COM A LOGOMARCA DA EMPRESA, CRACHÁS E O USO ADEQUADO DE EQUIPAMENTOS DE SEGURANÇA, ASSEGURANDO MAIOR ORGANIZAÇÃO E PROTEÇÃO PARA TRABALHADORES E CIDADÃOS.</t>
   </si>
   <si>
     <t>14757</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14757/ind_056_chapolim.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14757/ind_056_chapolim.pdf</t>
   </si>
   <si>
     <t>SOLICITO, AO EXECUTIVO MUNICIPAL, POR MEIO DA SECRETARIA DE ESPORTES, QUE SEJA VIABILIZADO O RETORNO DO CAMPEONATO MUNICIPAL DE FUTSAL, TENDO EM VISTA QUE A ÚLTIMA EDIÇÃO REALIZADA FOI EM 2019.</t>
   </si>
   <si>
     <t>14762</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14762/ind_57.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14762/ind_57.pdf</t>
   </si>
   <si>
     <t>SOLICITO, QUE SEJAM VIABILIZADAS URGENTEMENTE, MELHORIAS QUE SE FAZEM NECESSÁRIAS NO BAIRRO VILA NOVA, LOCALIZADO ÀS MARGENS DA _x000D_
 BR 262, KM 42, SENTIDO VITÓRIA/BELO HORIZONTE, COMPREENDENDO:</t>
   </si>
   <si>
     <t>14758</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14758/ind_58_plenario.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14758/ind_58_plenario.pdf</t>
   </si>
   <si>
     <t>SOLICITAMOS A V. EX. ª, À FRENTE DA GESTÃO MUNICIPAL, APOIO E EMPENHO, PARA QUE A SECRETARIA MUNICIPAL DE SAÚDE RECEBA OS PACIENTES QUE ERAM ATENDIDOS NO CENTRO INTEGRADO DE ATENDIMENTO À MULHER (CIAM), VISANDO DAR CONTINUIDADE ÀS CONSULTAS E O ACOMPANHAMENTO PSICOLÓGICO, TÃO RELEVANTE E NECESSÁRIO PARA ESSE PÚBLICO.</t>
   </si>
   <si>
     <t>14759</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14759/ind_59_juarez.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14759/ind_59_juarez.pdf</t>
   </si>
   <si>
     <t>VENHO INDICAR AO EXECUTIVO MUNICIPAL, QUE SEJAM VIABILIZADAS O MAIS BREVE POSSÍVEL, MELHORIAS NO MORRO ONDE SE ENCONTRA SITUADA A “SERRALHERIA DO SOLIMAR”, NA VILA ENDLICH, LOCALIDADE DE COSTA PEREIRA, CONFORME SEGUE:_x000D_
 _x000D_
 - VERIFICAR, JUNTO À EDP, A POSSIBILIDADE DE INSTALAÇÃO DE UM NOVO TRANSFORMADOR COM MAIOR POTÊNCIA, VISANDO A ADEQUAÇÃO DA DISTRIBUIÇÃO DE ENERGIA ELÉTRICA NO LOCAL, TENDO EM VISTA QUE VÊM OCORRENDO PIQUES DE ENERGIA DIARIAMENTE, PRINCIPALMENTE À NOITE, FATO QUE ESTÁ OCASIONANDO PREJUÍZOS AOS MORADORES, QUEIMANDO E DANIFICANDO SEUS ELETROELETRÔNICOS. _x000D_
 _x000D_
 - LIMPEZA E CAPINA DO REFERIDO MORRO, POIS EM ALGUNS LOCAIS O MATO ESTÁ TOMANDO A RUA, TRAZENDO RISCO PARA AS PESSOAS QUE ALI TRANSITAM, JÁ QUE PODE ESCONDER ANIMAIS COMO COBRAS E OUTROS, ALÉM DE PESSOAS.</t>
   </si>
   <si>
     <t>14760</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14760/ind_60_coquinho.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14760/ind_60_coquinho.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTA SUBSCREVE, NO USO DE SUAS PRERROGATIVAS REGIMENTAIS, INDICA AO EXCELENTÍSSIMO SENHOR PREFEITO A REALIZAÇÃO DO PATROLAMENTO E CASCALHAMENTO DAS ESTRADAS NA COMUNIDADE DE BOA ESPERANÇA.</t>
   </si>
   <si>
     <t>14775</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14775/ind61.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14775/ind61.pdf</t>
   </si>
   <si>
     <t>SOLICITO, QUE SEJA VIABILIZADA A REALIZAÇÃO DE SERVIÇOS DE ROÇAGEM E LIMPEZA DO CÓRREGO BATATAL, COM A RETIRADA DE LIXOS E ENTULHOS, COMPREENDENDO O TRECHO COM INÍCIO NO FINAL DA RUA QUINTA DOS LAGOS DESCENDO ATÉ O CAMPO BOM DE BOLA JOSÉ HENRIQUE PEREIRA, LOCALIZADO EM PARALELO À RUA GUSTAVO HERTEL, PRÓXIMO À PESTALOZZI</t>
   </si>
   <si>
     <t>14776</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14776/ind62.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14776/ind62.pdf</t>
   </si>
   <si>
     <t>SOLICITO, QUE SEJA EXECUTADO EM CARÁTER DE URGÊNCIA, SERVIÇO DE LIMPEZA DO RIO LOCALIZADO PRÓXIMO AO MORRO DOS MARQUES, REALIZANDO A REMOÇÃO DE GALHOS QUE SE ENCONTRAM NO MESMO.</t>
   </si>
   <si>
     <t>14777</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14777/ind63.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14777/ind63.pdf</t>
   </si>
   <si>
     <t>SOLICITO, EM CARÁTER DE URGÊNCIA, QUE SEJAM TOMADAS AS PROVIDÊNCIAS NECESSÁRIAS, VISANDO A REALIZAÇÃO DE PATROLAMENTO DAS VIAS DE VICTOR HUGO, CÓRREGO POLI, CÓRREGO MEDEIROS, CÓRREGO DO OURO, CÓRREGO HOFFMANN, ALTO SANTA MARIA E SÍTIO DIAS (ANTIGO LIXÃO).</t>
   </si>
   <si>
     <t>14778</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14778/ind64.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14778/ind64.pdf</t>
   </si>
   <si>
     <t>SOLICITO, QUE SEJA REALIZADA A SUBSTITUIÇÃO DE UMA PONTE DE MADEIRA, LOCALIZADA NO CÓRREGO POLI, EM VICTOR HUGO, EM CARÁTER DE URGÊNCIA, TENDO EM VISTA AS PRECÁRIAS CONDIÇÕES DE CONSERVAÇÃO DA MESMA</t>
   </si>
   <si>
     <t>14779</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14779/ind65.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14779/ind65.pdf</t>
   </si>
   <si>
     <t>SOLICITO AO PODER EXECUTIVO A IMPLEMENTAÇÃO DE ILUMINAÇÃO NA LADEIRA DA RUA PRESIDENTE CASTELO BRANCO, LOCALIZADA EM FRENTE À IGREJA BATISTA, BEM COMO A SUBSTITUIÇÃO DAS LÂMPADAS DA RUA MARECHAL DEODORO DA FONSECA</t>
   </si>
   <si>
     <t>14780</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14780/ind66.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14780/ind66.pdf</t>
   </si>
   <si>
     <t>SOLICITO, QUE SEJA REALIZADA A INSTALAÇÃO DE BUEIROS NA RUA ARMANDO ANTONIO WALSCH, LOCALIZADA NO BAIRRO VALE DAS PALMAS, EM FRENTE AO EDIFÍCIO ELITE</t>
   </si>
   <si>
     <t>14781</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14781/ind67.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14781/ind67.pdf</t>
   </si>
   <si>
     <t>SOLICITO A VOSSA EXCELÊNCIA, MELHORIA DA ILUMINAÇÃO PÚBLICA NA RUA MARIA TRABACH BOTELHO, BEM COMO, NAS DEMAIS RUAS DO BAIRRO SANTA RITA</t>
   </si>
   <si>
     <t>14811</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14811/ind.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14811/ind.pdf</t>
   </si>
   <si>
     <t>VENHO, POR MEIO DESTA, INDICAR A NECESSIDADE URGENTE DE REALIZAR A _x000D_
 MANUTENÇÃO NAS VIAS DA ESTRADA DE COSTA PEREIRA, ESPECIALMENTE NO TRECHO PRÓXIMO À RESIDÊNCIA DO SR. NATAL, BEM COMO A SUBSTITUIÇÃO DA PONTE QUE DÁ ACESSO À MUNICIPALIDADE DE DOMINGOS MARTINS.</t>
   </si>
   <si>
     <t>14782</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14782/ind69.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14782/ind69.pdf</t>
   </si>
   <si>
     <t>NOS TERMOS REGIMENTAIS, VENHO POR MEIO DESTA INDICAR AO PODER EXECUTIVO A POSSIBILIDADE DE REALIZAR UM AUMENTO NO VALOR DO TICKET ALIMENTAÇÃO DOS SERVIDORES VINCULADOS AO EXECUTIVO, CONSIDERANDO AS CONDIÇÕES FINANCEIRAS E ORÇAMENTÁRIAS ATUAIS.</t>
   </si>
   <si>
     <t>14783</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14783/ind70.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14783/ind70.pdf</t>
   </si>
   <si>
     <t>NOS TERMOS REGIMENTAIS, VENHO POR MEIO DESTA INDICAR A NECESSIDADE DE REALIZAR A LIMPEZA E MELHORIAS NA ESTAÇÃO DE TRATAMENTO DE ÁGUA DE BOM JESUS, BEM COMO PROCEDER À LIGAÇÃO DO NOVO SISTEMA DE CAPTAÇÃO DE ÁGUA PROVENIENTE DO POÇO ARTESIANO RECÉM-PERFURADO ATÉ A REFERIDA ESTAÇÃO</t>
   </si>
   <si>
     <t>14784</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14784/ind71.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14784/ind71.pdf</t>
   </si>
   <si>
     <t>SOLICITO A EXECUÇÃO DE SERVIÇOS DE ENGENHARIA PARA A REMOÇÃO DO CALÇAMENTO EM BLOCKS E O ASSENTAMENTO DE BLOCOS DE CONCRETO TIPO HOLANDÊS OU, ALTERNATIVAMENTE, A EXECUÇÃO DE RECAPEAMENTO ASFÁLTICO NA RUA EMÍLIO ENDLICH E NA RUA CARLOS HAND (PRÓXIMO À CRECHE MUNICIPAL), BEM COMO A CONTINUIDADE DA PAVIMENTAÇÃO DA RUA EDUARDO HAESE, NA SEDE DO MUNICÍPIO</t>
   </si>
   <si>
     <t>14785</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14785/ind72.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14785/ind72.pdf</t>
   </si>
   <si>
     <t>SOLICITO A ELABORAÇÃO DE UM PROGRAMA DE CONSCIENTIZAÇÃO PARA A COLETA E DESTINAÇÃO CORRETA DO LIXO ÚMIDO DOMICILIAR E DO LIXO COMERCIAL (INDUSTRIAL), ABRANGENDO ESTABELECIMENTOS COMO LOJAS, VIDRAÇARIAS, BARES, OFICINAS MECÂNICAS, INDÚSTRIAS, RESTAURANTES, ENTRE OUTROS.</t>
   </si>
   <si>
     <t>14786</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14786/ind73.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14786/ind73.pdf</t>
   </si>
   <si>
     <t>14787</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14787/ind74.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14787/ind74.pdf</t>
   </si>
   <si>
     <t>INDICO, AO EXCELENTÍSSIMO SENHOR PREFEITO DESTE MUNICÍPIO, A REALIZAÇÃO DE MELHORIAS NA RUA DELIMAR SCHUNK.</t>
   </si>
   <si>
     <t>14788</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14788/ind75.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14788/ind75.pdf</t>
   </si>
   <si>
     <t>INDICO, AO EXCELENTÍSSIMO SENHOR PREFEITO DESTA MUNICIPALIDADE, A REALIZAÇÃO DE MELHORIAS NA RUA GERMANO SCHUNK.</t>
   </si>
   <si>
     <t>14812</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14812/76a.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14812/76a.pdf</t>
   </si>
   <si>
     <t>ESCREVO-LHE NA QUALIDADE DE VEREADOR DA CÂMARA MUNICIPAL DE MARECHAL FLORIANO, PARA TRAZER À SUA ATENÇÃO UMA SITUAÇÃO DE EXTREMA GRAVIDADE E URGÊNCIA QUE AFETA A SEGURANÇA PÚBLICA EM NOSSA CIDADE. TRATA-SE DA ESTRADA COSTA PEREIRA, PRÓXIMA À RESIDÊNCIA DO SR. GIBRAN SCHNEIDER CHRISTO, ONDE SE VERIFICAM PROBLEMAS CRÍTICOS QUE DEMANDAM IMEDIATA ATENÇÃO DO PODER PÚBLICO MUNICIPAL.</t>
   </si>
   <si>
     <t>14861</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14861/ind77_coquinho.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14861/ind77_coquinho.pdf</t>
   </si>
   <si>
     <t>SOLICITO, QUE SEJA VIABILIZADA A INSTALAÇÃO DE DOIS QUEBRA-MOLAS NA RUA ANTONIETА САТЕLAN RONCHI, LOCALIZADA NO BAIRRO VALE DAS PALMAS, COM INÍCIO NA RUA JOÃO JOSÉ TAQUETE E TÉRMINO NA QUADRA 02, LOTE 05, MEDINDO APROXIMADAMENTE 140M.</t>
   </si>
   <si>
     <t>14862</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14862/ind78_coquinho.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14862/ind78_coquinho.pdf</t>
   </si>
   <si>
     <t>SOLICITO, QUE SEJA VIABILIZADA A SUBSTITUIÇÃO DA PONTE DE MADEIRA LOCALIZADA NAS PROXIMIDADES DO TERRENO DO PIAÇA, EM ALTO SANTA MARIA, TENDO EM VISTA AS PRECÁRIAS CONDIÇÕES DE CONSERVAÇÃO DA MESMA, COLOCANDO EM RISCO TODOS QUE A UTILIZAM NO SEU DIA A DIA, ENTRE OS QUAIS, OS CAMINHÕES QUE FAZEM O ESCOAMENTO DE _x000D_
 EUCALIPTO, O CAMINHÃO QUE RECOLHE O LIXO, BEM COMO O TRANSPORTE ESCOLAR.</t>
   </si>
   <si>
     <t>14863</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14863/ind79_coquinho.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14863/ind79_coquinho.pdf</t>
   </si>
   <si>
     <t>SOLICITO, QUE SEJAM VIABILIZADAS MELHORIAS NA RUA DELIMAR SCHUNK, COMPREENDENDO SERVIÇOS DE ROÇAGEM E CASCALHAMENTO OU ASFALTAMENTO, NO ESPAÇO LOCALIZADO POR CIMA DA LINHA FÉRREA, BEM COMO, NO PERCURSO QUE TEM INÍCIO NO MURO DE CONTENÇÃO “HONORATO MOREIRA”, ESTENDENDO-SE ATÉ ATRÁS DA SOU FELIZ ORGANIZAÇÃO DE AMPARO A IDOSOS, TRECHOS ESSES, SITUADOS NA SEDE DESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>14864</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14864/ind80_adriano.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14864/ind80_adriano.pdf</t>
   </si>
   <si>
     <t>SOLICITO, QUE SEJAM REALIZADOS COM URGÊNCIA, SERVIÇO DE ROÇAGEM NO TREVO DE VICTOR HUGO E AO REDOR DA ESCOLA, BEM COMO REPAROS DOS BUEIROS QUE SE ENCONTRAM EM PRECÁRIAS CONDIÇÕES.</t>
   </si>
   <si>
     <t>14865</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14865/ind81_angelo.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14865/ind81_angelo.pdf</t>
   </si>
   <si>
     <t>VENHO INDICAR A NECESSIDADE DE PEQUENAS MELHORIAS NA QUADRA DA VILA DOS IPÊS, NO DISTRITO DE SANTA MARIA, RECENTEMENTE INAUGURADA. OS AJUSTES INCLUEM A INSTALAÇÃO DE UMA TELA DE PROTEÇÃO, EVITANDO A SAÍDA FREQUENTE DA BOLA, E A ADEQUAÇÃO DO SUPORTE DA CESTA DE BASQUETE, QUE TEM INTERFERIDO NA PRÁTICA DO FUTEBOL.</t>
   </si>
   <si>
     <t>14866</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14866/ind82_diogo.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14866/ind82_diogo.pdf</t>
   </si>
   <si>
     <t>SOLICITO A V. EX.ª A INSTALAÇÃO DE ESPELHOS CONVEXOS DE TRÂNSITO NA CURVA FECHADA DA RUA ARMANDO ANTÔNIO WALSCH – MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>14867</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14867/ind83_diog3.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14867/ind83_diog3.pdf</t>
   </si>
   <si>
     <t>SOLICITO A V. EX.ª A CRIAÇÃO DE UMA GERÊNCIA DE BEM-ESTAR ANIMAL NO MUNICÍPIO DE MARECHAL FLORIANO, VINCULADA À SECRETARIA MUNICIPAL DE MEIO AMBIENTE. ESSA GERÊNCIA SERÁ RESPONSÁVEL POR PLANEJAR E EXECUTAR POLÍTICAS PÚBLICAS VOLTADAS À PROTEÇÃO, CONTROLE POPULACIONAL E ASSISTÊNCIA VETERINÁRIA DE ANIMAIS EM SITUAÇÃO DE VULNERABILIDADE, PROMOVENDO BENEFÍCIOS DIRETOS À SAÚDE PÚBLICA E AO BEM-ESTAR DA POPULAÇÃO E DOS ANIMAIS.</t>
   </si>
   <si>
     <t>14868</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14868/ind84_vaninho.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14868/ind84_vaninho.pdf</t>
   </si>
   <si>
     <t>INDICO, AO PRESIDENTE DESTA CASA LEGISLATIVA, QUE SEJA ANALISADA A POSSIBILIDADE DE AUTORIZAR A ABERTURA DO ESPAÇO EMPREENDEDOR, NO PERÍODO NOTURNO, NO HORÁRIO DE 19H00 ÀS 21H00, DOIS DIAS NA SEMANA, OU, NA IMPOSSIBILIDADE, PELO MENOS UM DIA, VISANDO ATENDER OS ESTUDANTES DA MODALIDADE EAD.</t>
   </si>
   <si>
     <t>14869</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14869/ind85_vaninho.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14869/ind85_vaninho.pdf</t>
   </si>
   <si>
     <t>INDICO À ADMINISTRAÇÃO MUNICIPAL, QUE SEJA ANALISADA A POSSIBILIDADE DE INSTITUIR A “FESTA DO FRANGO” NO MUNICÍPIO, A SER REALIZADA PREFERENCIALMENTE, NA LOCALIDADE DE SOÍDO DE BAIXO, INSERINDO-A NO CALENDÁRIO OFICIAL DE DATAS E EVENTOS DA MUNICIPALIDADE.</t>
   </si>
   <si>
     <t>14870</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14870/ind86_hilario.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14870/ind86_hilario.pdf</t>
   </si>
   <si>
     <t>INDICO, QUE SEJA VIABILIZADA A CONSTRUÇÃO DE BANHEIROS PÚBLICOS NA SEDE DO MUNICÍPIO, PREFERENCIALMENTE DE ALVENARIA E NAS PROXIMIDADES DA ESTAÇÃO FERROVIÁRIA, ONDE ATUALMENTE LOCALIZA-SE A CASA DA CULTURA, BEM COMO PRAÇA JOSÉ HENRIQUE PEREIRA.</t>
   </si>
   <si>
     <t>14871</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14871/ind87_cabral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14871/ind87_cabral.pdf</t>
   </si>
   <si>
     <t>NOS TERMOS DO ART. 137, DO REGIMENTO INTERNO DA CÂMARA MUNICIPAL DE MARECHAL FLORIANO, ENCAMINHO A PRESENTE INDICAÇÃO AO EXCELENTÍSSIMO SENHOR PREFEITO DESTE MUNICÍPIO, NO SENTIDO DE DISPOR EM NORMA JURÍDICA ENCAMINHADA A ESTE PODER LEGISLATIVO MUNICIPAL, PROJETO DE LEI DE SUA EXCLUSIVA COMPETÊNCIA, ANALISANDO A VIABILIDADE DE IMPLEMENTAÇÃO DE UMA ESCOLA NA RUA GUSTAVO HERTEL, S/Nº, BAIRRO SANTA RITA, MARECHAL FLORIANO/ES.</t>
   </si>
   <si>
     <t>14872</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14872/ind88_juarez.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14872/ind88_juarez.pdf</t>
   </si>
   <si>
     <t>SOLICITO À ADMINISTRAÇÃO MUNICIPAL A EXTENSÃO DA REDE DE ILUMINAÇÃO PÚBLICA NA RUA VALERIANO CANAL, EM ARAGUAYA, ONDE RECENTEMENTE FOI REALIZADO O CALÇAMENTO.</t>
   </si>
   <si>
     <t>14873</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14873/ind89_martim.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14873/ind89_martim.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTA SUBSCREVE, NOS TERMOS REGIMENTAIS, VEM RESPEITOSAMENTE INDICAR AO EXECUTIVO MUNICIPAL A NECESSIDADE DE CONSTRUÇÃO DE UM ABRIGO DE PASSAGEIROS (PONTO DE ÔNIBUS) EM FRENTE AO POSTO DO CAFÉ, NA RODOVIA BR-262, KM 58,5, SENTIDO VITÓRIA/VENDA NOVA DO IMIGRANTE.</t>
   </si>
   <si>
     <t>14874</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14874/ind90_martim.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14874/ind90_martim.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTA SUBSCREVE INDICA AO EXECUTIVO MUNICIPAL A REFORMA, IMPLEMENTANDO MELHORIAS NAS PONTES ALCINO DE NADAI E ELIZABETH CATELAN TAQUETE, LOCALIZADAS SOBRE O RIO JUCÚ BRAÇO SUL, RESPECTIVAMENTE, NA RUA SANTANA E PRÓXIMO À SORVETERIA POINT, INCLUINDO SUBSTITUIÇÃO DO PISO DE MADEIRA POR PISO CERÂMICO OU CONCRETO ANTIDERRAPANTE, MELHORIAS NOS GUARDA-CORPOS, BEM COMO AMPLIAR A ILUMINAÇÃO NOS REFERIDOS LOCAIS.</t>
   </si>
   <si>
     <t>14875</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14875/ind91_martim.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14875/ind91_martim.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTA SUBSCREVE, NOS TERMOS REGIMENTAIS, INDICA AO EXECUTIVO MUNICIPAL QUE SEJAM REALIZADOS SERVIÇOS DE ROÇAGEM, LIMPEZA, DESOBSTRUÇÃO/DESASSOREAMENTO, REMOÇÃO E TRANSPORTE DOS RESÍDUOS RETIRADOS DO LEITO DO CÓRREGO E DAS REDES DE DRENAGEM EXISTENTES, NO CÓRREGO LOCALIZADO NAS PROXIMIDADES DA RESIDÊNCIA DA SRA. IRACI KLIPPEL, SERRALHERIA MARCONE, MECÂNICA MARGOSO, CARROCERIAS PUPPIM, ENTRE OUTROS.</t>
   </si>
   <si>
     <t>14876</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14876/ind92_chapolim.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14876/ind92_chapolim.pdf</t>
   </si>
   <si>
     <t>INDICO, AO EXCELENTÍSSIMO SENHOR PREFEITO DESTE MUNICÍPIO, A REALIZAÇÃO DA PAVIMENTAÇÃO DA RUA MARIA DA GLÓRIA SILVEIRA.</t>
   </si>
   <si>
     <t>14877</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14877/ind93_chapolim.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14877/ind93_chapolim.pdf</t>
   </si>
   <si>
     <t>INDICO, AO EXCELENTÍSSIMO SENHOR PREFEITO DESTA MUNICIPALIDADE, MELHORIAS NA PAVIMENTAÇÃO DA RUA FLORIANO FELIPE GUILHERME KLIPPEL.</t>
   </si>
   <si>
     <t>14878</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14878/ind94_chapolim.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14878/ind94_chapolim.pdf</t>
   </si>
   <si>
     <t>SOLICITO A ESSE PODER EXECUTIVO, POR MEIO DA SECRETARIA A QUE COMPETE, A IMPLANTAÇÃO DE UMA FAIXA DE PEDESTRE, PRÓXIMO A RESIDÊNCIA DA FAMÍLIA BOTACIN.</t>
   </si>
   <si>
     <t>14887</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14887/indicacao_95-2025_-_cabral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14887/indicacao_95-2025_-_cabral.pdf</t>
   </si>
   <si>
     <t>INDICO, QUE SEJAM REALIZADAS MELHORIAS NO CEMITÉRIO MUNICIPAL “RECANTO DA PAZ”, LOCALIZADO PRÓXIMO AO CAMPO DO APOLLO XIII, VIABILIZANDO SERVIÇOS DE ROÇAGEM, BEM COMO PASSAR A MÁQUINA NA ÁREA EXISTENTE NO LOCAL, QUE AINDA NÃO HÁ TÚMULOS</t>
   </si>
   <si>
     <t>14880</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14880/ind96_juarez.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14880/ind96_juarez.pdf</t>
   </si>
   <si>
     <t>INDICA A CONSTRUÇÃO DE BUEIRO NAS PROXIMIDADES DO SITIO CAPITAO, NA ESTRADA SENTIDO BOM JESUS, POIS LOCAL EM QUESTÃO TEM ENFRENTADO PROBLEMAS RECORRENTES DE DRENAGEM, ESPECIALMENTE DURANTE O PERÍODO DE CHUVAS INTENSAS, FAZENDO SE NECESSÁRIO PARA ESCOAMENTO EFETIVO DA ÁGUA.</t>
   </si>
   <si>
     <t>14946</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14946/ind_97_adriano.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14946/ind_97_adriano.pdf</t>
   </si>
   <si>
     <t>INDICO AO PODER EXECUTIVO MUNICIPAL, A INSTALAÇÃO DE ACADEMIAS POPULARES NAS COMUNIDADES DE VICTOR HUGO E TREVO DE PARAJU.</t>
   </si>
   <si>
     <t>14947</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14947/ind_98_adriano.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14947/ind_98_adriano.pdf</t>
   </si>
   <si>
     <t>INDICO AO PODER EXECUTIVO MUNICIPAL, QUE SEJA REALIZADO EM CARÁTER DE URGÊNCIA, SERVIÇO DE PINTURA DE MEIOS-FIOS NO TREVO DE VICTOR HUGO E AO REDOR DA ESCOLA.</t>
   </si>
   <si>
     <t>14948</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14948/ind_99_adriano.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14948/ind_99_adriano.pdf</t>
   </si>
   <si>
     <t>INDICO AO PODER EXECUTIVO MUNICIPAL, QUE SEJA ANALISADA EM CARÁTER DE URGÊNCIA, A POSSIBILIDADE DE CONTRATAÇÃO DE PORTEIRO PARA ATUAR NA ESCOLA DE VICTOR HUGO, DEVIDO OS PERIGOS QUE A PROXIMIDADE DA BR 262 PROPORCIONAM, OU NA IMPOSSIBILIDADE DA CONTRATAÇÃO SOLICITADA PARA O MOMENTO, QUE _x000D_
 SEJA DISPONIBILIZADO UM DOS DOIS VIGIAS NOTURNOS PARA ATUAREM COMO PORTEIRO NO PERÍODO DIURNO.</t>
   </si>
   <si>
     <t>14949</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14949/ind_100_cezinha.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14949/ind_100_cezinha.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTA SUBSCREVE, OUVIDO O SOBERANO PLENÁRIO, COM FULCRO NO REGIMENTO INTERNO DESTA AUGUSTA CASA DE LEIS, INDICA AO EXCELENTÍSSIMO SENHOR PREFEITO, COM CÓPIA AO ILUSTRÍSSIMO SENHOR SECRETÁRIO MUNICIPAL DE OBRAS E SERVIÇOS URBANOS, THIAGO FREITAS DO ROSÁRIO, QUE SEJA ENCAMINHADO O EXPEDIENTE À EDP ESPÍRITO SANTO, NO SENTIDO DE INTERVIR JUNTO À MESMA, MOSTRANDO-LHE A URGENTE NECESSIDADE DE PROVIDENCIAR A EXTENSÃO DA REDE DE ENERGIA ELÉTRICA NO CONDOMÍNIO RECANTO DOS PÁSSAROS, SITUADO NA VILA SANTO ANTÔNIO DE ARAGUAYA.</t>
   </si>
   <si>
     <t>14950</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14950/ind_101_vaninho.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14950/ind_101_vaninho.pdf</t>
   </si>
   <si>
     <t>INDICO, AO PODER EXECUTIVO MUNICIPAL, A IMPLEMENTAÇÃO DE PLANO DE MOBILIDADE URBANA EM MARECHAL FLORIANO, HAJA VISTA QUE O MESMO DETERMINA AOS MUNICÍPIOS A TAREFA DE PLANEJAR, BEM COMO EXECUTAR A POLÍTICA DE MOBILIDADE URBANA.</t>
   </si>
   <si>
     <t>14951</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14951/ind_102_hilario.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14951/ind_102_hilario.pdf</t>
   </si>
   <si>
     <t>INDICO À SECRETARIA DE SAÚDE, QUE SEJA REALIZADA A ADESÃO AO PROJETO DE DOAÇÃO DO FREESTYLE LIBRE, PARA CRIANÇAS MATRICULADAS NA REDE MUNICIPAL DE ENSINO, COM IDADE A PARTIR DE 04 ANOS.</t>
   </si>
   <si>
     <t>14952</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14952/ind_103_hilario.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14952/ind_103_hilario.pdf</t>
   </si>
   <si>
     <t>INDICO À SECRETARIA DE EDUCAÇÃO, QUE SEJA REALIZADA A ADESÃO AO CARTÃO ESTUDANTE FELIZ, E DE ACORDO COM A POSSIBILIDADE, CONTEMPLAR TODOS OS ESTUDANTES DA REDE MUNICIPAL DE ENSINO, E HAVENDO IMPOSSIBILIDADE, QUE_x000D_
 SEJAM CONTEMPLADOS OS ESTUDANTES CADASTRADOS NO CADASTRO ÚNICO.</t>
   </si>
   <si>
     <t>14953</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14953/ind_104_hilario.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14953/ind_104_hilario.pdf</t>
   </si>
   <si>
     <t>INDICO À SECRETARIA DE SAÚDE, QUE SEJA DISPONIBILIZADO ATENDIMENTO DIRECIONADO AO PÚBLICO AUTISTA, VISANDO PROPORCIONAR MAIS ATENÇÃO ÀS CAUSAS AUTISTAS, NESTA MUNICIPALIDADE.</t>
   </si>
   <si>
     <t>14954</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14954/ind_105.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14954/ind_105.pdf</t>
   </si>
   <si>
     <t>INDICO, AO EXCELENTÍSSIMO SENHOR PREFEITO DESTA MUNICIPALIDADE, A CONSTRUÇÃO DE 04 (QUATRO) QUEBRA-MOLAS ESPALHADOS PELAS RUAS PAULO LOVATTI E JOÃO DOMINGOS LORENZONI, AMBAS, LOCALIZADAS NO BAIRRO SANTA RITA.</t>
   </si>
   <si>
     <t>14955</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14955/ind_106.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14955/ind_106.pdf</t>
   </si>
   <si>
     <t>SOLICITO À ADMINISTRAÇÃO MUNICIPAL, A REFORMA DO LOCAL SITUADO AO LADO DA IGREJA CATÓLICA DE ALTO NOVA ALMEIDA, ONDE FUNCIONAVA UM PONTO DE APOIO DA SAÚDE, NO QUAL, O MÉDICO ATENDIA DUAS VEZES POR SEMANA E ALGUM TEMPO NÃO ESTÁ SENDO REALIZADO ATENDIMENTO NAQUELE LOCAL.</t>
   </si>
   <si>
     <t>14956</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14956/ind_107.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14956/ind_107.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTA SUBSCREVE, NOS TERMOS REGIMENTAIS, INDICA AO PODER EXECUTIVO MUNICIPAL A REALIZAÇÃO DE SERVIÇOS DE CORREÇÃO DO PAVIMENTO ASFÁLTICO NA AVENIDA ARTHUR HAESE E NOS LOCAIS DE ESTACIONAMENTO, COM APLICAÇÃO DE MASSA ASFÁLTICA USINADA A QUENTE (CBUQ), NO SENTIDO DE DIMINUIR OS ALAGAMENTOS E POÇAS D’ÁGUAS NOS PERÍODOS CHUVOSOS.</t>
   </si>
   <si>
     <t>14957</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14957/ind_108_martim.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14957/ind_108_martim.pdf</t>
   </si>
   <si>
     <t>SOLICITA ROÇAGEM E LIMPEZA MANUAL, PATROLAMENTO E CASCALHAMENTO NO TRECHO QUE SE INICIA PRÓXIMO AO TREVO DO POSTO IPIRANGA ATÉ A VILA DE SOÍDO DE BAIXO, PATROLAMENTO E CASCALHAMENTO DO TRECHO COMPREENDIDO ENTRE CABOCLA KUSTER ATÉ A DIVISA COM O MUNICÍPIO DE DOMINGOS MARTINS, MELHORIAS NA VIA DE ACESSO A SOÍDO DE BAIXO, PASSANDO EM FRENTE AO CONDOMÍNIO DO SR. ALCINO DINIZ PROSSEGUINDO ATÉ A COMUNIDADE DE BOA ESPERANÇA.</t>
   </si>
   <si>
     <t>14958</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14958/ind_109.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14958/ind_109.pdf</t>
   </si>
   <si>
     <t>INDICO, AO EXCELENTÍSSIMO SENHOR PREFEITO DESTE MUNICÍPIO, A REALIZAÇÃO DA INSTALAÇÃO DE QUEBRA-MOLAS NA RUA ALVINO WASSEM</t>
   </si>
   <si>
     <t>14959</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14959/ind_110.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14959/ind_110.pdf</t>
   </si>
   <si>
     <t>INDICO, AO EXCELENTÍSSIMO SENHOR PREFEITO DESTE MUNICÍPIO, POR MEIO DA SECRETARIA COMPETENTE, QUE ESTUDE A POSSIBILIDADE DE FORNECER LANCHE AOS PACIENTES QUE REALIZAM TRATAMENTO MÉDICO FORA DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>14960</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14960/indicacao_111coquinho.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14960/indicacao_111coquinho.pdf</t>
   </si>
   <si>
     <t>NA QUALIDADE DE VEREADOR DESTA CÂMARA MUNICIPAL, COM FULCRO NA REPRESENTAÇÃO POPULAR E NO COM PROMISSO COM O DESENVOLVIMENTO E BEM-ESTAR DE NOSSA COMUNIDADE, VENHO POR MEIO DESTA INDICAR À VOSSA EXCELÊNCIA A NECESSIDADE URGENTE DE REALIZAR SERVIÇOS NAS ESTRADAS DA COMUNIDADE DE VILA SCHUNCK E ALTO RIO FUNDO.</t>
   </si>
   <si>
     <t>14961</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14961/ind_112_juarez.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14961/ind_112_juarez.pdf</t>
   </si>
   <si>
     <t>NA QUALIDADE DE VEREADOR DESTA CASA LEGISLATIVA, E ATENTO ÀS NECESSIDADES DA POPULAÇÃO, APRESENTO A PRESENTE INDICAÇÃO, COM O OBJETIVO DE SOLICITAR A VOSSA EXCELÊNCIA A MÁXIMA URGÊNCIA NA REALIZAÇÃO DE MELHORIAS NAS ESTRADAS PRINCIPAIS E VICINAIS DAS COMUNIDADES DE BOM JESUS E COSTA PEREIRA.</t>
   </si>
   <si>
     <t>15017</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15017/ind113.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15017/ind113.pdf</t>
   </si>
   <si>
     <t>SOLICITA, QUE SEJAM VIABILIZADAS MELHORIAS NA VIA DE ACESSO LOCALIZADA POR TRÁS DA RUA THIERES VELOSO, COM INÍCIO ANEXO À “VIDRAÇARIA YJ”, COMPREENDENDO SERVIÇOS DE ABERTURA, VISANDO O ALARGAMENTO DA MESMA, BEM COMO SUA PAVIMENTAÇÃO, VISTO QUE, NO REFERIDO LOCAL ESTÁ SENDO ABERTO UM PONTO COMERCIAL.</t>
   </si>
   <si>
     <t>15018</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15018/ind114.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15018/ind114.pdf</t>
   </si>
   <si>
     <t>SOLICITA, AO PODER EXECUTIVO MUNICIPAL, QUE SEJA REALIZADA O MAIS BREVE_x000D_
 POSSÍVEL, A AMPLIAÇÃO DA REDE DE ILUMINAÇÃO PÚBLICA DE ALTO RIO FUNDO, DE_x000D_
 APROXIMADAMENTE 650 METROS, ONDE SERÁ ESTENDIDO O CALÇAMENTO.</t>
   </si>
   <si>
     <t>15019</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15019/ind115.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15019/ind115.pdf</t>
   </si>
   <si>
     <t>SOLICITA, AO PODER EXECUTIVO MUNICIPAL, QUE SEJA RETIRADA UMA BARREIRA QUE CAIU NO MORRO DOS MARQUES, LOCALIZADO EM ALTO SANTA MARIA, BEM COMO, SEJA REALIZADO SERVIÇO DE TAPA BURACOS NO LOCAL.</t>
   </si>
   <si>
     <t>15020</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15020/ind116.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15020/ind116.pdf</t>
   </si>
   <si>
     <t>INDICO À ADMINISTRAÇÃO MUNICIPAL, BENFEITORIAS NA “ESCOLA MAURO CHRISTO”,_x000D_
 LOCALIZADA NA SEDE DO MUNICÍPIO, COMPREENDENDO A CONSTRUÇÃO DE MURO EM_x000D_
 TORNO DA MESMA, ILUMINAÇÃO DA LADEIRA E AMPLIAÇÃO DO VIDEOMONITORAMENTO,_x000D_
 BEM COMO, CONSTRUÇÃO DE AUDITÓRIO E GINÁSIO DE ESPORTES.</t>
   </si>
   <si>
     <t>15021</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15021/ind117.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15021/ind117.pdf</t>
   </si>
   <si>
     <t>INDICA, À ILUSTRÍSSIMA SENHORA, SECRETÁRIA MUNICIPAL DE EDUCAÇÃO, QUE DISPONIBILIZE A EDUCAÇÃO PARA JOVENS E ADULTOS (EJA), ÀS INSTITUIÇÕES DO INTERIOR.</t>
   </si>
   <si>
     <t>15022</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
     <t>Hilário Oliveira Neto, Diogo da AMAR</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15022/ind118.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15022/ind118.pdf</t>
   </si>
   <si>
     <t>SOLICITAM, À ADMINISTRAÇÃO MUNICIPAL, INSTALAÇÃO DE BEBEDOUROS PARA PEDESTRES E PETS, NO CENTRO DE MARECHAL FLORIANO E PERTO DOS CAMPOS DE AREIA, LOCALIZADOS NA AVENIDA ARTHUR HAESE.</t>
   </si>
   <si>
     <t>15023</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15023/ind119.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15023/ind119.pdf</t>
   </si>
   <si>
     <t>SOLICITA, À ADMINISTRAÇÃO MUNICIPAL A SUBSTITUIÇÃO DE LUMINÁRIAS POR LÂMPADAS DE LED EM TODA A EXTENSÃO DA RUA DELIMAR SCHUNK, VISANDO PROPORCIONAR MELHOR ILUMINAÇÃO PÚBLICA DA VIA E CONSEQUENTEMENTE MAIOR SEGURANÇA AOS MORADORES LOCAIS.</t>
   </si>
   <si>
     <t>15024</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15024/ind120.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15024/ind120.pdf</t>
   </si>
   <si>
     <t>CONSIDERANDO A IMPORTÂNCIA DA RUA IVAI MENDES PARA A COMUNIDADE E A_x000D_
 NECESSIDADE DE MANTER A INFRAESTRUTURA EM CONDIÇÕES DE USO SEGURO E PACÍFICO, É RECOMENDADO QUE O PODER EXECUTIVO MUNICIPAL REALIZE O RECAPEAMENTO DA REFERIDA RUA.</t>
   </si>
   <si>
     <t>15025</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15025/ind121.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15025/ind121.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO QUE SEJA AVALIADA A VIABILIDADE DE CONSTRUIR UMA CABELA MORTUÁRIA NAS INSTALAÇÕES DO CEMITÉRIO MUNICIPAL RECANTO DA PAZ, PRÓXIMO AO CAMPO DO APOLLO.</t>
   </si>
   <si>
     <t>15026</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15026/ind122.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15026/ind122.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR PREFEITO, QUE SEJAM ADOTADAS AS PROVIDÊNCIAS NECESSÁRIAS PARA A INSTALAÇÃO DE NOVAS PLACAS DE IDENTIFICAÇÃO DAS RUAS E AVENIDAS EM TODA A MUNICIPALIDADE, BEM COMO NAS PRAÇAS E DEMAIS LOGRADOUROS PÚBLICOS.</t>
   </si>
   <si>
     <t>15027</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15027/ind123.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15027/ind123.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR PREFEITO, QUE SEJAM ADOTADAS AS PROVIDÊNCIAS NECESSÁRIAS PARA A REFORMA E MELHORIAS NO PISO DO PARQUINHO, LOCALIZADO ANEXO À CRECHE FLOMIRO CANAL NETO, NA SEDE DO MUNICÍPIO, BEM COMO PARA A REALIZAÇÃO DE REPAROS E SUBSTITUIÇÃO DOS ELEMENTOS FIXOS.</t>
   </si>
   <si>
     <t>15031</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
     <t>Chapolim Frasson, Diogo da AMAR</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15031/124_1.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15031/124_1.pdf</t>
   </si>
   <si>
     <t>SOLICITAMOS A V. EX.ª, JUNTAMENTE À SECRETARIA DE EDUCAÇÃO, A NECESSIDADE DE PROVIDÊNCIAS URGENTES NA “EMEF BERNARDO LEONOR EFFGEN”.</t>
   </si>
   <si>
     <t>15032</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
     <t>Diogo da AMAR, Chapolim Frasson</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15032/125.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15032/125.pdf</t>
   </si>
   <si>
     <t>SOLICITAM A VOSSA EXCELÊNCIA, JUNTAMENTE À SECRETARIA DE EDUCAÇÃO A NECESSIDADE DE PROVIDÊNCIAS URGENTES NA EMPEF FLORES PASSINATO KUSTER</t>
   </si>
   <si>
     <t>15033</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
     <t>Diogo da AMAR, Chapolim Frasson, Pastor Adriano</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15033/ind_126.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15033/ind_126.pdf</t>
   </si>
   <si>
     <t>SOLICITAMOS A V. EX.ª, JUNTAMENTE À SECRETARIA DE EDUCAÇÃO A NECESSIDADE DE PROVIDÊNCIAS URGENTES NA ESCOLA MUNICIPAL DE ENSINO FUNDAMENTAL VICTOR HUGO.</t>
   </si>
   <si>
     <t>15034</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15034/ind_127.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15034/ind_127.pdf</t>
   </si>
   <si>
     <t>SOLICITAMOS A VOSSA EXCELÊNCIA, JUNTAMENTE À SECRETARIA DE EDUCAÇÃO, A NECESSIDADE DE PROVIDÊNCIAS URGENTES NA EMEF ALOÍSIO SIMON.</t>
   </si>
   <si>
     <t>15028</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15028/128_2.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15028/128_2.pdf</t>
   </si>
   <si>
     <t>SOLICITA A VOSSA EXCELÊNCIA, À FRENTE DESSA GESTÃO MUNICIPAL, JUNTAMENTE À SECRETARIA MUNICIPAL DE OBRAS E SERVIÇOS URBANOS, A EXTENSÃO DE ESGOTO NO BAIRRO SANTA RITA.</t>
   </si>
   <si>
     <t>15029</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15029/129_1.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15029/129_1.pdf</t>
   </si>
   <si>
     <t>SOLICITA À ADMINISTRAÇÃO MUNICIPAL, QUE SEJAM VIABILIZADOS ESTUDOS, VISANDO A IMPLANTAÇÃO URGENTE DE REDE DE ESGOTO DO BAIRRO NOSSA SENHORA DA PENHA. E, SE HOUVER IMPOSSIBILIDADE, QUE SEJA REALIZADA A CONSTRUÇÃO DE UMA FOSSA DE USO COMUM, ATÉ QUE SEJA POSSÍVEL A IMPLANTAÇÃO DA EXTENSÃO DA REDE DE ESGOTO, PELA CESAN.</t>
   </si>
   <si>
     <t>15080</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15080/ind_130.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15080/ind_130.pdf</t>
   </si>
   <si>
     <t>SOLICITAMOS A V. EX.ª, JUNTAMENTE À SECRETARIA DE EDUCAÇÃO A NECESSIDADE DE PROVIDÊNCIAS URGENTES NA “ESCOLA MUNICIPAL DE ENSINO FUNDAMENTAL NICOLAU KROHLING”.</t>
   </si>
   <si>
     <t>15081</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15081/ind_131.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15081/ind_131.pdf</t>
   </si>
   <si>
     <t>SOLICITAMOS A V. EX.ª, JUNTAMENTE À SECRETARIA DE EDUCAÇÃO, A NECESSIDADE DE PROVIDÊNCIAS URGENTES NA ESCOLA MUNICIPAL DE ENSINO FUNDAMENTAL JACOMO BORGO.</t>
   </si>
   <si>
     <t>15030</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15030/132.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15030/132.pdf</t>
   </si>
   <si>
     <t>INDICA EM CARÁTER DE URGÊNCIA ESPECIAL A REALIZAÇÃO DOS SERVIÇOS DE MELHORIAS EM UMA ESTRADA PROJETADA NA COMUNIDADE DE COSTA DE COSTA PEREIRA, ABRANGENDO O PERCURSO ONDE SE LOCALIZA A EMPRESA GRANJAS CAPIXABAS ATÉ O FINAL DO PERCURSO DA MESMA.</t>
   </si>
   <si>
     <t>15040</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15040/ind133_coquinho.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15040/ind133_coquinho.pdf</t>
   </si>
   <si>
     <t>SOLICITO, À ADMINISTRAÇÃO MUNICIPAL, QUE ANTES DA REALIZAÇÃO DA PRÓXIMA FESTA DE VICTOR HUGO, SEJAM EXECUTADOS SERVIÇOS DE LIMPEZA DE BUEIROS, LOCALIZADOS PRÓXIMO À IGREJA CATÓLICA, BEM COMO, SERVIÇO DE PATROLAMENTO E CASCALHAMENTO NOS PÁTIOS DE ESTACIONAMENTOS LOCAIS.</t>
   </si>
   <si>
     <t>15041</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15041/ind134_adriano.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15041/ind134_adriano.pdf</t>
   </si>
   <si>
     <t>SOLICITO À ADMINISTRAÇÃO MUNICIPAL, JUNTAMENTE À PASTA MUNICIPAL A QUE COMPETE, QUE SEJA REALIZADA O MAIS BREVE POSSÍVEL LIMPEZA DO CALÇAMENTO DO CÓRREGO DO OURO, LAVANDO-O COM CAMINHÃO-PIPA.</t>
   </si>
   <si>
     <t>15042</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15042/ind135_adriano.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15042/ind135_adriano.pdf</t>
   </si>
   <si>
     <t>SOLICITO, QUE SEJAM DISPONIBILIZADOS LATÕES DE LIXO, BEM COMO CONSTRUÍDO UM PONTO DE ÔNIBUS NA LOCALIDADE DE ALTO SANTA MARIA, NAS PROXIMIDADES DA RESIDÊNCIA DE DONA VANDA, ONDE OS ESTUDANTES ESPERAM PELO TRANSPORTE ESCOLAR.</t>
   </si>
   <si>
     <t>15043</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15043/ind136_adriano.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15043/ind136_adriano.pdf</t>
   </si>
   <si>
     <t>SOLICITO À ADMINISTRAÇÃO MUNICIPAL, JUNTAMENTE À PASTA MUNICIPAL A QUE _x000D_
 COMPETE, QUE SEJAM REALIZADAS O MAIS BREVE POSSÍVEL MELHORIAS NA PONTE _x000D_
 DE ALTO SANTA MARIA, RECÉM-CONSTRUÍDA, COMPREENDENDO SERVIÇOS DE _x000D_
 ENCHIMENTO DE PEDRAS ONDE FICARAM DOIS BURACOS NAS CABECEIRAS, BEM _x000D_
 COMO, COLOCAR CORRIMÃO NO LADO ESQUERDO.</t>
   </si>
   <si>
     <t>15044</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15044/ind137_cezinha.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15044/ind137_cezinha.pdf</t>
   </si>
   <si>
     <t>SOLICITO À ADMINISTRAÇÃO MUNICIPAL, CONSTRUÇÃO DE UMA CAPELA MORTUÁRIA PÚBLICA NO CEMITÉRIO PÚBLICO MUNICIPAL RECANTO DA PAZ, LOCALIZADO NA SEDE DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>15045</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15045/ind138_cezinha.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15045/ind138_cezinha.pdf</t>
   </si>
   <si>
     <t>SOLICITO À ADMINISTRAÇÃO MUNICIPAL, CONSTRUÇÃO DE CABECEIRAS DE CIMENTO E DE UMA PONTE DE CONCRETO NA ESTRADA QUE LIGA ARAGUAYA A SÃO BENTO DE ARAGUAYA, E RIO DAS PEDRAS.</t>
   </si>
   <si>
     <t>15046</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15046/ind139_ceinha.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15046/ind139_ceinha.pdf</t>
   </si>
   <si>
     <t>SOLICITO A CONSTRUÇÃO DE UM CEMITÉRIO PÚBLICO MUNICIPAL E DE UMA CAPELA MORTUÁRIA PÚBLICA MUNICIPAL, AO LADO DO CEMITÉRIO CATÓLICO SÃO MIGUEL ARCANJO, LOCALIZADO EM ARAGUAYA.</t>
   </si>
   <si>
     <t>15047</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
     <t>Vaninho Stein, Juarez Xavier</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15047/ind140_vaninho_juarez.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15047/ind140_vaninho_juarez.pdf</t>
   </si>
   <si>
     <t>INDICAMOS, A SUBSTITUIÇÃO DE UM “CAMPO DE AREIA” DO COMPLEXO ESPORTIVO PÉRICLES PEREIRA PINTO, POR UM “CAMPO BOM DE BOLA”.</t>
   </si>
   <si>
     <t>15048</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
     <t>Hilário Oliveira Neto, Chapolim Frasson</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15048/ind_141_hilario_chapolim.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15048/ind_141_hilario_chapolim.pdf</t>
   </si>
   <si>
     <t>INDICAMOS, AO EXCELENTÍSSIMO SENHOR, PREFEITO DESTA MUNICIPALIDADE, QUE EM CONJUNTO À SECRETARIA DE ESPORTES, DESENVOLVA UM PROGRAMA ANÁLOGO AO BOLSA ATLETA, DISPONIBILIZANDO UM FOMENTO SIGNIFICATIVO PARA OS ATLETAS FLORIANENSES.</t>
   </si>
   <si>
     <t>15049</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15049/ind142_cabral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15049/ind142_cabral.pdf</t>
   </si>
   <si>
     <t>INDICO A REFORMA DA CASA DO MEL, LOCALIZADA EM BOA ESPERANÇA.</t>
   </si>
   <si>
     <t>15050</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15050/ind143_cabral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15050/ind143_cabral.pdf</t>
   </si>
   <si>
     <t>SOLICITO A INTERVENÇÃO JUNTO A SECRETARIA PERTINENTE PARA A REALIZAÇÃO DO RECAPEAMENTO, POR CIMA DOS PARALELEPÍPEDOS EXISTENTES, NA SUBIDA DA RUA SANTOS NO BAIRRO VILA NOVA.</t>
   </si>
   <si>
     <t>15051</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15051/ind144_cabral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15051/ind144_cabral.pdf</t>
   </si>
   <si>
     <t>INDICO A CONSTRUÇÃO DE UM POÇO ARTESIANO E UM RESERVATÓRIO, DE CAPACIDADE IGUAL OU SUPERIOR A 20.000 LITROS PARA A DISTRIBUIÇÃO AOS MORADORES DA VILA DO SERTÃO, BOA ESPERANÇA.</t>
   </si>
   <si>
     <t>15052</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15052/ind145_martim.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15052/ind145_martim.pdf</t>
   </si>
   <si>
     <t>INDICO AO PODER EXECUTIVO MUNICIPAL, JUNTAMENTE ÀS SECRETARIAS MUNICIPAIS DE SAÚDE E DE MEIO AMBIENTE E RECURSOS HÍDRICOS, A ADOÇÃO DAS MEDIDAS NECESSÁRIAS PARA A CRIAÇÃO DE UM PROGRAMA PERMANENTE DE COMBATE AO BORRACHUDO, COM INÍCIO NA SEDE DO MUNICÍPIO COMO PROJETO-PILOTO E, POSTERIORMENTE, AMPLIAÇÃO PARA OUTRAS LOCALIDADES URBANAS E RURAIS</t>
   </si>
   <si>
     <t>15053</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15053/ind146_chapolim.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15053/ind146_chapolim.pdf</t>
   </si>
   <si>
     <t>SOLICITO A INTERVENÇÃO JUNTO A SECRETARIA PERTINENTE PARA A INSTALAÇÃO DE POSTE COM ILUMINAÇÃO PÚBLICA NA RUA RAMIRO LEMKE, LOCALIZADA NO BAIRRO SANTA RITA.</t>
   </si>
   <si>
     <t>15054</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15054/ind147_chapolim.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15054/ind147_chapolim.pdf</t>
   </si>
   <si>
     <t>SOLICITA-SE A INSTALAÇÃO DE PLACAS NA ENTRADA DOS ESTÁDIOS JOSÉ HENRIQUE PEREIRA, “CAMPO DO AMÉRICA”, E EDMUNDO RUPF, “CAMPO DO APOLLO”, VISANDO FACILITAR A LOCALIZAÇÃO E O ACESSO AOS RESPECTIVOS LOCAIS.</t>
   </si>
   <si>
     <t>15055</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15055/ind148.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15055/ind148.pdf</t>
   </si>
   <si>
     <t>SOLICITO A INTERVENÇÃO JUNTO A SECRETARIA PERTINENTE, PARA A REALIZAÇÃO DA ROÇAGEM, LIMPEZA, PINTURA DOS MEIOS-FIOS E PAVIMENTAÇÃO DAS RUAS OSCAR ARAÚJO, JOÃO MERÍSIO E PRESIDENTE COSTA E SILVA.</t>
   </si>
   <si>
     <t>15056</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15056/ind149_juarez.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15056/ind149_juarez.pdf</t>
   </si>
   <si>
     <t>NDICA A EXTENSÃO DE REDE DE ILUMINAÇÃO PÚBLICA NO PERCURSO ENTRE A PONTE PRÓXIMA A RESIDÊNCIA DO SENHOR ZEQUINHA, SENHOR RAFAEL VENTURINI ATÉ O INÍCIO DO CALÇAMENTO NA COMUNIDADE DE BOM JESUS EM FRENTE A RESIDÊNCIA DA SENHORA ELY ESPINDULA.</t>
   </si>
   <si>
     <t>15057</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15057/ind150_juarez.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15057/ind150_juarez.pdf</t>
   </si>
   <si>
     <t>INDICA A EXTENSÃO DO PROJETO DE SANEAMENTO BÁSICO RURAL NA COMUNIDADE DE VILA SCHUNCK.</t>
   </si>
   <si>
     <t>15058</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15058/ind151_vaninho.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15058/ind151_vaninho.pdf</t>
   </si>
   <si>
     <t>SOLICITO A VOSSA EXCELÊNCIA, EM REGIME DE URGÊNCIA, A MANUTENÇÃO DA REDE DE ILUMINAÇÃO PÚBLICA EM TODA A EXTENSÃO DA RUA MARIA TRARBACH BOTELHO, E A INSTALAÇÃO DE UM NOVO PONTO DE ILUMINAÇÃO PÚBLICA EM FRENTE A IGREJA MARANATA. SOLICITO AINDA QUE, A MANUTENÇÃO, SEJA REALIZADA EM TODOS OS _x000D_
 BAIRROS DO MUNICÍPIO, INCLUSIVE O CENTRO.</t>
   </si>
   <si>
     <t>15096</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
     <t>Antônio Lidiney Gobbi</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15096/806.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15096/806.pdf</t>
   </si>
   <si>
     <t>REFERENTE A INDICAÇÃO Nº 100/2025, DE AUTORIA DO VEREADOR CEZAR TADEU RONCHI JUNIOR</t>
   </si>
   <si>
     <t>15107</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15107/ind153_adriano.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15107/ind153_adriano.pdf</t>
   </si>
   <si>
     <t>SOLICITO À ADMINISTRAÇÃO MUNICIPAL, POR MEIO DA SECRETARIA A QUE COMPETE, O ALARGAMENTO DA PONTE DE ALTO SANTA MARIA, LOCALIZADA NO PINHEIRINHO, QUE SE ENCONTRA EM PRECÁRIAS CONDIÇÕES DE CONSERVAÇÃO, PELA QUAL PASSAM CAMINHÕES E TRANSPORTE ESCOLAR, INCLUSIVE, COM O AGRAVANTE DE JÁ TER CAÍDO UM VEÍCULO PEQUENO.</t>
   </si>
   <si>
     <t>15108</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15108/ind154_angelo.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15108/ind154_angelo.pdf</t>
   </si>
   <si>
     <t>SOLICITO, CALÇAMENTO NA ZONA RURAL, NO TRECHO LOCALIZADO ENTRE A FAZENDA SÃO BENTO E A COMUNIDADE SÍTIO DAS PEDRAS, EM ARAGUAYA.</t>
   </si>
   <si>
     <t>15109</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15109/ind155_angelo.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15109/ind155_angelo.pdf</t>
   </si>
   <si>
     <t>SOLICITO, A IMPLEMENTAÇÃO DA COMISSÃO INTERSETORIAL DE SAÚDE DO TRABALHADOR E DA TRABALHADORA (CISTT), NO MUNICÍPIO DE MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>15110</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15110/ind156_angelo.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15110/ind156_angelo.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO PODER EXECUTIVO MUNICIPAL QUE SEJAM ADOTADAS AS PROVIDÊNCIAS NECESSÁRIAS PARA A IMPLEMENTAÇÃO DE UM SISTEMA DE ESCOAMENTO EFICIENTE NA COMUNIDADE DA VILA MIGUEL DE SOUZA, LOCALIZADA NO DISTRITO DE SANTA MARIA.</t>
   </si>
   <si>
     <t>15111</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15111/ind157_cezinha.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15111/ind157_cezinha.pdf</t>
   </si>
   <si>
     <t>INDICO A ESSE PODER EXECUTIVO MUNICIPAL, QUE SEJA REALIZADA A AQUISIÇÃO DE UMA ÁREA EM ARAGUAYA, PARA A CONSTRUÇÃO DE UMA NOVA ESCOLA.</t>
   </si>
   <si>
     <t>15112</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15112/ind_158_-_certo.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15112/ind_158_-_certo.pdf</t>
   </si>
   <si>
     <t>INDICO A ESSE PODER EXECUTIVO MUNICIPAL, QUE SEJA ABERTA UMA RUA ENTRE AS PROPRIEDADES DO SENHOR VANDERLEI ULIANA E FAMÍLIA SANTOS, OU PASSANDO PELA PROPRIEDADE DA FAMÍLIA BUSATO.</t>
   </si>
   <si>
     <t>15113</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15113/ind159_diogo.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15113/ind159_diogo.pdf</t>
   </si>
   <si>
     <t>SOLICITO A ESSE PODER EXECUTIVO, POR MEIO DA SECRETARIA DE OBRAS E SERVIÇOS URBANOS, QUE SEJAM PINTADAS AS FAIXAS DE ESTACIONAMENTO EM FRENTE A ESCOLA VOVÓ FERNANDINA, DE MODO A ORGANIZAR MELHOR OS ESPAÇOS DESTINADOS AOS VEÍCULOS.</t>
   </si>
   <si>
     <t>15114</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15114/ind160_diogo.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15114/ind160_diogo.pdf</t>
   </si>
   <si>
     <t>SOLICITO A V. EX.ª, JUNTAMENTE À SECRETARIA DE MEIO AMBIENTE, QUE SEJAM INSTALADAS PLACAS DE CONSCIENTIZAÇÃO EM TODOS OS DISTRITOS DO MUNICÍPIO, COM O OBJETIVO DE ALERTAR A POPULAÇÃO DE QUE O ABANDONO DE ANIMAIS É CRIME, CONFORME ESTABELECE A LEI FEDERAL Nº 9.605/1998 (LEI DE CRIMES AMBIENTAIS), ART. 32.</t>
   </si>
   <si>
     <t>15115</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15115/ind161_vaninho.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15115/ind161_vaninho.pdf</t>
   </si>
   <si>
     <t>SOLICITO À ADMINISTRAÇÃO MUNICIPAL QUE SEJA VIABILIZADA A REALIZAÇÃO DE ESTUDOS TÉCNICOS, VISANDO PROPORCIONAR A REGULARIZAÇÃO FUNDIÁRIA NO MUNICÍPIO DE MARECHAL FLORIANO,  EM ESPECIAL, NO QUE SE REFERE AOS LOTEAMENTOS DO BAIRRO SANTA RITA</t>
   </si>
   <si>
     <t>15116</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
     <t>Vaninho Stein, Martim Trarbach</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15116/ind162_vaninho_martim.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15116/ind162_vaninho_martim.pdf</t>
   </si>
   <si>
     <t>QUE SEJA PROVIDENCIADA A INSTALAÇÃO DE BICICLETÁRIOS ENTRE A RODOVIÁRIA E O DEPARTAMENTO DA POLÍCIA MILITAR, BEM COMO, NAS PROXIMIDADES DA ESTAÇÃO FERROVIÁRIA E DEMAIS PONTOS ESTRATÉGICOS DO CENTRO DA CIDADE.</t>
   </si>
   <si>
     <t>15117</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15117/ind163_hilario.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15117/ind163_hilario.pdf</t>
   </si>
   <si>
     <t>INDICO À ADMINISTRAÇÃO MUNICIPAL, QUE DENTRO DAS POSSIBILIDADES SEJA DISPONIBILIZADO UM MICRO-ÔNIBUS PARA A PESTALOZZI, VISANDO O TRANSPORTE DOS ALUNOS DO INTERIOR DO MUNICÍPIO E DEMAIS LOCALIDADES.</t>
   </si>
   <si>
     <t>15118</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15118/ind164_hilario.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15118/ind164_hilario.pdf</t>
   </si>
   <si>
     <t>SOLICITO, À GESTÃO MUNICIPAL, POR MEIO DA SECRETARIA DE ESPORTES, QUE SEJAM REALIZADAS BENFEITORIAS NO CAMPO BOM DE BOLA DE ARAGUAYA, COMPREENDENDO A CONSTRUÇÃO DE VESTIÁRIO E BANHEIRO, REFORMA DOS BANCOS DE RESERVA, BEM COMO, INSTALAÇÃO DE BEBEDOUROS.</t>
   </si>
   <si>
     <t>15119</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15119/ind_165_-_certa.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15119/ind_165_-_certa.pdf</t>
   </si>
   <si>
     <t>SOLICITO, QUE SEJA VIABILIZADO EM CARÁTER DE URGÊNCIA, SERVIÇOS DE MANUTENÇÃO, COMPREENDENDO LIMPEZA, PINTURA E DEMAIS REPAROS QUE SE FIZEREM NECESSÁRIOS, NA ESCADARIA SITUADA NA RUA LAURA LITTIG, POPULARMENTE CONHECIDA COMO ESCADARIA CHICO PENHA, QUE DÁ ACESSO À RUA JOSÉ LOVATTI, LOCALIZADA NO MORRO DA MACEFEL.</t>
   </si>
   <si>
     <t>15120</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15120/ind_166_-_certa.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15120/ind_166_-_certa.pdf</t>
   </si>
   <si>
     <t>SOLICITO A ESSE PODER EXECUTIVO, POR MEIO DA SECRETARIA DE OBRAS E SERVIÇOS URBANOS, MELHORIAS COMPREENDENDO SERVIÇO DE PAVIMENTAÇÃO COM PAV’S, COM INÍCIO NA RODOVIA CORIOLANO GUILHERME STEIN ATÉ CHEGAR Á VILA DO SERTÃO, LOCALIZADA EM BOA ESPERANÇA.</t>
   </si>
   <si>
     <t>15121</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15121/ind167_juarez.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15121/ind167_juarez.pdf</t>
   </si>
   <si>
     <t>INDICO, QUE SEJA VIABILIZADO O ALARGAMENTO DA PONTE LOCALIZADA PRÓXIMA AO CAMPO DO APOLLO, ACRESCENTANDO-LHE MAIS VIGAS, OBJETIVANDO A PASSAGEM DE DOIS VEÍCULOS POR VEZ.</t>
   </si>
   <si>
     <t>15122</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15122/ind168_juarez.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15122/ind168_juarez.pdf</t>
   </si>
   <si>
     <t>INDICO, À ADMINISTRAÇÃO MUNICIPAL, A AQUISIÇÃO DE ÁREA PÚBLICA EM BOM JESUS, VISANDO A CONSTRUÇÃO DE UMA PRAÇA PARA ATENDER A COMUNIDADE LOCAL, CONTENDO BRINQUEDOS PARA AS CRIANÇAS, E SE POSSÍVEL, ALGUM ATRATIVO PARA ADULTOS, PARA OS QUAIS SEGUEM COMO SUGESTÕES, MESAS PARA OS MESMOS JOGAREM XADREZ E DOMINÓ.</t>
   </si>
   <si>
     <t>15123</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15123/ind169_juarez.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15123/ind169_juarez.pdf</t>
   </si>
   <si>
     <t>SOLICITO À ESSA ADMINISTRAÇÃO MUNICIPAL, QUE INTERVENHA JUNTO AO DNIT/ES, OFICIANDO AO MESMO, AS OCORRÊNCIAS DE ACIDENTES NA BR 262, EM ESPECIAL, EM FRENTE AO “EMPÓRIO PEDRA BONITA”, LOCALIZADO NO KM _x000D_
 66, COMO O OCORRIDO NO DIA 07/05, SOBRETUDO, A FIM DE QUE SEJA VIABILIZADA EM CARÁTER DE URGÊNCIA, A IMPLEMENTAÇÃO DE MECANISMOS QUE VISEM REDUZIR A VELOCIDADE NO REFERIDO TRECHO, BEM COMO NAS PROXIMIDADES.</t>
   </si>
   <si>
     <t>15124</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15124/ind170_martim.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15124/ind170_martim.pdf</t>
   </si>
   <si>
     <t>QUE SEJA REALIZADA A ROÇADA E LIMPEZA GERAL DA ESCOLA E DA QUADRA DA COMUNIDADE DE VICTOR HUGO, INCLUINDO O ENTORNO DESSAS ÁREAS, BEM COMO OS ARREDORES DA IGREJA E DO PÁTIO COMUNITÁRIO.</t>
   </si>
   <si>
     <t>15125</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
     <t>Martim Trarbach, Cabral</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15125/ind171_martim_-_cabral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15125/ind171_martim_-_cabral.pdf</t>
   </si>
   <si>
     <t>SOLICITAMOS, O RETORNO DA FISCALIZAÇÃO MUNICIPAL NAS VIAS PÚBLICAS E PRAÇAS, ESPECIALMENTE AOS SÁBADOS E DOMINGOS PELA MANHÃ, COM O OBJETIVO DE ORGANIZAR O USO DO ESPAÇO PÚBLICO E COIBIR O CRESCIMENTO DESORDENADO DA ATIVIDADE DE AMBULANTES NO MUNICÍPIO.</t>
   </si>
   <si>
     <t>15126</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15126/indicacao_172-2025_-_reinaldo_valentim_frasson.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15126/indicacao_172-2025_-_reinaldo_valentim_frasson.pdf</t>
   </si>
   <si>
     <t>SOLICITO, QUE SEJA VIABILIZADA A CONSTRUÇÃO DE UMA CRECHE, EM SOÍDO DE BAIXO</t>
   </si>
   <si>
     <t>15127</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15127/ind173_chapolim.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15127/ind173_chapolim.pdf</t>
   </si>
   <si>
     <t>INDICO, NA FORMA REGIMENTAL, AO EXCELENTÍSSIMO SENHOR PREFEITO, QUE SEJAM REALIZADAS MELHORIAS NAS CALÇADAS DO MUNICÍPIO, COM O OBJETIVO DE PROMOVER A SEGURANÇA E O BEM-ESTAR DOS PEDESTRES, PRIORIZANDO A _x000D_
 PADRONIZAÇÃO DAS MESMAS, A AMPLIAÇÃO DAS CONDIÇÕES DE ACESSIBILIDADE PARA PESSOAS COM DEFICIÊNCIA OU MOBILIDADE REDUZIDA</t>
   </si>
   <si>
     <t>15163</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15163/ind174.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15163/ind174.pdf</t>
   </si>
   <si>
     <t>SOLICITO, QUE SEJA VIABILIZADA EM CARÁTER DE URGÊNCIA, A INSTALAÇÃO DE UM “GUARD RAIL” NO FINAL DO MURO DO MORRO DA MACEFEL, ENTRE AS RESIDÊNCIAS DOS SENHORES CAETANO DELPUPPO E ELIAS ALVES DO NASCIMENTO, VISANDO PROPORCIONAR MAIOR SEGURANÇA NO LOCAL, BEM COMO, NA RUA DEBAIXO, ONDE INCLUSIVE, ESTÁ PRESTES A INAUGURAR UM PONTO COMERCIAL.</t>
   </si>
   <si>
     <t>15164</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15164/ind175.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15164/ind175.pdf</t>
   </si>
   <si>
     <t>SOLICITO, QUE SEJAM CONSTRUÍDOS DOIS PONTOS ÔNIBUS ÀS MARGENS DA BR 262, KM 66, EM ALTO SANTA MARIA, SENDO UM DE CADA LADO, TENDO EM VISTA O GRANDE NÚMERO DE PESSOAS QUE AGUARDA ÔNIBUS NO LOCAL, BEM COMO, OS ESTUDANTES ESPERAM PELO TRANSPORTE ESCOLAR.</t>
   </si>
   <si>
     <t>15165</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
     <t>Pastor Adriano, Cezinha Ronchi</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15165/ind176.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15165/ind176.pdf</t>
   </si>
   <si>
     <t>INDICAMOS, À ADMINISTRAÇÃO MUNICIPAL QUE VIABILIZE A INSTALAÇÃO DA SALA DO EMPREENDEDOR EM OUTRO LOCAL, QUE OFEREÇA MELHOR ACESSIBILIDADE, TENDO EM VISTA QUE FOMOS PROCURADOS POR DIVERSOS MUNÍCIPES, RELATANDO A DIFICULDADE ENCONTRADA PARA TER ACESSO À SALA DO EMPREENDEDOR.</t>
   </si>
   <si>
     <t>15166</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15166/ind177.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15166/ind177.pdf</t>
   </si>
   <si>
     <t>VIABILIZAÇÃO DA IMPLEMENTAÇÃO DE UMA CABECEIRA DE MANILHA NA ESTRADA DE ACESSO AO VALE DAS BENÇÃOS, LOCALIZADO NA COMUNIDADE DE RIO FUNDO, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>15167</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15167/ind178.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15167/ind178.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTA SUBSCREVE, NO USO DE SUAS ATRIBUIÇÕES LEGAIS E REGIMENTAIS, INDICA AO CHEFE DO PODER EXECUTIVO MUNICIPAL QUE SEJAM ADOTADAS AS PROVIDÊNCIAS NECESSÁRIAS PARA A REALIZAÇÃO DO CALÇAMENTO DA RUA FLORIANO FELIPPE GUILHERME KLIPPEL, SITUADA NA LOCALIDADE DE BOA ESPERANÇA, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>15168</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15168/ind179.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15168/ind179.pdf</t>
   </si>
   <si>
     <t>QUE SEJA PROVIDENCIADA A IMPLEMENTAÇÃO DE UMA REDE WI-FI FUNCIONAL E ESTÁVEL NA UNIDADE BÁSICA DE SAÚDE (UBS) DE ALTO NOVA ALMEIDA, RECÉMINAUGURADA, COM O OBJETIVO DE MELHORAR A COMUNICAÇÃO INTERNA DA EQUIPE DE SAÚDE E AGILIZAR OS PROCESSOS ADMINISTRATIVOS E CLÍNICOS DA UNIDADE.</t>
   </si>
   <si>
     <t>15169</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15169/ind180.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15169/ind180.pdf</t>
   </si>
   <si>
     <t>INDICO, QUE SEJA COLOCADO EM TODAS AS RUAS DO DISTRITO DE ARAGUAYA, PLACAS COM O NOME DAS RUAS EM ITALIANO, POR SER UMA VILA ITALIANA, VISANDO FOMENTAR O TURISMO NO MUNICÍPIO.</t>
   </si>
   <si>
     <t>15170</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15170/ind181.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15170/ind181.pdf</t>
   </si>
   <si>
     <t>VISANDO ATENDER A REIVINDICAÇÃO DE MUNÍCIPES DO DISTRITO DE SANTA MARIA E ARAGUAYA,SOLICITO AO PODER EXECUTIVO MUNICIPAL QUE ALTERE E/OU COMPLETE A FRASE CONTIDA NO PORTALDE SANTA MARIA, LOCALIZADO PRÓXIMO AO POSTO DO CAFÉ, NO QUAL JÁ CONSTA A FRASE “SEJAMBEM-VINDOS", COM INCLUSÃO DOS NOMES DOS DISTRITOS DE SANTA MARIA E ARAGUAYA, FICANDO PORTANTO, A FRASE ASSIM CONSTITUÍDA: "SEJAM BEM-VINDOS À SANTA MARIA E ARAGUAYA – MARECHAL FLORIANO".</t>
   </si>
   <si>
     <t>15171</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15171/ind182.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15171/ind182.pdf</t>
   </si>
   <si>
     <t>SOLICITO A V. EX.ª, JUNTAMENTE À SECRETARIA DE EDUCAÇÃO, A NECESSIDADE DE_x000D_
 PROVIDÊNCIAS PARA INSTALAÇÃO DE BICICLETÁRIO, DE NO MÍNIMO 120 LUGARES, NA_x000D_
 “ESCOLA MUNICIPAL MAURO CHRISTO”.</t>
   </si>
   <si>
     <t>15172</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15172/ind183.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15172/ind183.pdf</t>
   </si>
   <si>
     <t>SOLICITO AO PREFEITO, JUNTAMENTE À SECRETARIA MUNICIPAL A QUE COMPETE, QUE SEJA VIABILIZADA A UTILIZAÇÃO DE MATERIAL REVSOL, PARA SER LANÇADO NAS ESTRADAS VICINAIS DE TODO O MUNICÍPIO.</t>
   </si>
   <si>
     <t>15173</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15173/ind184.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15173/ind184.pdf</t>
   </si>
   <si>
     <t>SOLICITO À ADMINISTRAÇÃO MUNICIPAL, PARA QUE DENTRO DAS POSSIBILIDADES, A SECRETARIA MUNICIPAL DE SAÚDE ANALISE A POSSIBILIDADE DE VOLTAR COM A DISTRIBUIÇÃO DE MEDICAMENTOS EM CADA UNIDADE BÁSICA DE SAÚDE.</t>
   </si>
   <si>
     <t>15174</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15174/ind185.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15174/ind185.pdf</t>
   </si>
   <si>
     <t>SOLICITO À GESTÃO MUNICIPAL, PARA QUE DENTRO DAS POSSIBILIDADES, A SECRETARIA MUNICIPAL DE SAÚDE POSSA DEIXAR A FARMÁCIA BÁSICA MUNICIPAL ABERTA TODOS OS DIAS, INCLUSIVE, NOS FERIADOS E FINAIS DE SEMANA, UTILIZANDO-SE DE REGIME DE ESCALA, VISANDO O ATENDIMENTO NA MESMA.</t>
   </si>
   <si>
     <t>15175</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15175/ind186.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15175/ind186.pdf</t>
   </si>
   <si>
     <t>SOLICITO AO EXECUTIVO MUNICIPAL, JUNTAMENTE À SECRETARIA MUNICIPAL A QUE COMPETE, QUE SEJAM VIABILIZADAS MELHORIAS NO PEQUENO CAMPO DE FUTEBOL, LOCALIZADO NAS PROXIMIDADES DA CABOCLA, CUJA ÁREA FOI DOADA PELO SR. NILSON LITTIG E FAMÍLIA.</t>
   </si>
   <si>
     <t>15176</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15176/ind187.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15176/ind187.pdf</t>
   </si>
   <si>
     <t>INDICO, NA FORMA REGIMENTAL, AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL, POR INTERMÉDIO DA SECRETARIA MUNICIPAL COMPETENTE, QUE SEJAM ADOTADAS, EM CARÁTER DE URGÊNCIA, AS MEDIDAS NECESSÁRIAS PARA SOLUCIONAR O PROBLEMA RECORRENTE DE TRANSBORDAMENTO DE ESGOTO NA RUA HELÉCIO DE PAULA.</t>
   </si>
   <si>
     <t>15177</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
     <t>Martim Trarbach, Vaninho Stein</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15177/ind188.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15177/ind188.pdf</t>
   </si>
   <si>
     <t>INDICAMOS QUE SEJA ANALISADA A POSSIBILIDADE DE CONCESSÃO DO BENEFÍCIO DO VALE FEIRA A TODOS OS SERVIDORES DO PODER EXECUTIVO MUNICIPAL, COMO FORMA DE COMPLEMENTAR O ATUAL VALE ALIMENTAÇÃO.</t>
   </si>
   <si>
     <t>15178</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15178/ind189.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15178/ind189.pdf</t>
   </si>
   <si>
     <t>INDICO AO PODER EXECUTIVO, A REALIZAÇÃO DE OBRAS DE RECUPERAÇÃO COMPLETA DA PAVIMENTAÇÃO DA RUA THIERES VELOSO, POPULARMENTE CONHECIDA COMO RUA DA “SOU FELIZ”, ATÉ SUA SAÍDA NA BR-262, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>15179</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15179/ind190.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15179/ind190.pdf</t>
   </si>
   <si>
     <t>SOLICITO QUE SEJAM TOMADAS AS PROVIDÊNCIAS NECESSÁRIAS PARA A EXECUÇÃO DE OBRAS DE DRENAGEM E PAVIMENTAÇÃO DA RUA EDUARDO HAESE E DA RUA DO CANTO, LOCALIZADAS NA VILA DAS ORQUÍDEAS, APÓS O CENTRO EDUCACIONAL INFANTIL BALÃO MÁGICO, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>15180</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
     <t>Chapolim Frasson, Angelo Traspadini</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15180/ind191.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15180/ind191.pdf</t>
   </si>
   <si>
     <t>INDICAMOS, NA FORMA REGIMENTAL, AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL, POR INTERMÉDIO DA SECRETARIA MUNICIPAL DE OBRAS E SERVIÇOS URBANOS QUE, DENTRO DAS POSSIBILIDADES ADMINISTRATIVAS E ORÇAMENTÁRIAS, SEJA PROVIDENCIADA A CRIAÇÃO DE UMA EQUIPE ESPECÍFICA PARA A REALIZAÇÃO DE PODA DE ÁRVORES EM NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>15181</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15181/ind192.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15181/ind192.pdf</t>
   </si>
   <si>
     <t>INDICO, NA FORMA REGIMENTAL, AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL, POR INTERMÉDIO DA SECRETARIA MUNICIPAL DE OBRAS E SERVIÇOS URBANOS, A PAVIMENTAÇÃO COM PAV’S NA ESTRADA DE COSTA PEREIRA, NO TRECHO QUE SEGUE EM DIREÇÃO AO RESTAURANTE ARCO DA VELHA E À PROPRIEDADE DO SENHOR JUCA RAACH.</t>
   </si>
   <si>
     <t>15182</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15182/ind193.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15182/ind193.pdf</t>
   </si>
   <si>
     <t>INDICO, AO EXCELENTÍSSIMO SENHOR PREFEITO DESTE MUNICÍPIO, POR MEIO DA _x000D_
 SECRETARIA DE SAÚDE, QUE PROMOVA AÇÕES PERMANENTES DE PREVENÇÃO AO _x000D_
 SUICÍDIO, DURANTE O ANO, COMO RODAS DE CONVERSA, PALESTRAS,  SEMINÁRIOS, DEBATES E DEMAIS ATIVIDADES DE SENSIBILIZAÇÃO NAS UNIDADES BÁSICAS DE SAÚDE, ALÉM DE GARANTIR MELHORES CONDIÇÕES DE TRABALHO E ESTRUTURA AOS PROFISSIONAIS DOS CENTROS DE ATENÇÃO DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>15183</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15183/ind194.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15183/ind194.pdf</t>
   </si>
   <si>
     <t>INDICO A VOSSA EXCELÊNCIA A ADOÇÃO DE MEDIDAS URGENTES PARA A SEGURANÇA DOS MORADORES RESIDENTES NO BAIRRO JARBINHAS. OBSERVAMOS COM GRANDE PREOCUPAÇÃO A SITUAÇÃO PRECÁRIA DO BARRANCO SITUADO NA RUA DOZINO MONTEIRO DE PAULA, O QUAL, DIANTE DAS INTENSAS CHUVAS E DO CONSTANTE RISCO DE DESLIZAMENTOS DE TERRA, REPRESENTA UM PERIGO IMINENTE PARA AS RESIDÊNCIAS_x000D_
 LOCALIZADAS NAS PROXIMIDADES.</t>
   </si>
   <si>
     <t>15184</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15184/ind195.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15184/ind195.pdf</t>
   </si>
   <si>
     <t>INDICO A CRIAÇÃO DE UMA COMISSÃO PARA A REVISÃO DOS CRITÉRIOS E VALORES APLICADOS NA COBRANÇA DO IMPOSTO PREDIAL E TERRITORIAL URBANO (IPTU) NO MUNICÍPIO DE MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>15195</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15195/1001.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15195/1001.pdf</t>
   </si>
   <si>
     <t>INDICO, À ADMINISTRAÇÃO MUNICIPAL QUE VIABILIZE O ENCAMINHAMENTO DE PROJETO DE LEI, DISPONDO SOBRE A PROIBIÇÃO DA CONTRATAÇÃO DE SHOWS, ARTISTAS E EVENTOS ABERTOS AO PÚBLICO INFANTO JUVENIL QUE ENVOLVAM, NO DECORRER DA APRESENTAÇÃO, EXPRESSÃO DE APOLOGIA AO CRIME ORGANIZADO OU AO USO DE DROGAS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>15196</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15196/ind197.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15196/ind197.pdf</t>
   </si>
   <si>
     <t>SOLICITO, QUE SEJA VIABILIZADO EM CARÁTER DE URGÊNCIA, SERVIÇOS DE ILUMINAÇÃO PÚBLICA EM TODA A RETA DOS KIEFER, LOCALIZADA NA ALTURA DO KM 52 DA BR-262, COMPREENDENDO UM PERCURSO DE 1.500 METROS, TENDO EM VISTA QUE O LOCAL É ESCURO, SENDO PORTANDO IMPRESCINDÍVEL QUE SEJA CONTEMPLADO COM O SERVIÇO SOLICITADO, JÁ QUE HÁ VÁRIAS EMPRESAS INSTALADAS DE AMBOS OS LADOS E RECENTEMENTE FOI INAUGURADO UM POSTO DE COMBUSTÍVEL.</t>
   </si>
   <si>
     <t>15197</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
     <t>Pastor Adriano, Vaninho Stein</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15197/ind198.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15197/ind198.pdf</t>
   </si>
   <si>
     <t>SOLICITAMOS, QUE SEJA VIABILIZADO UMA FISCALIZAÇÃO MAIS AMPLA, EFETIVA E RIGOROSA, POR PARTE DA SECRETARIA MUNICIPAL DE AGRICULTURA, NO QUE SE REFERE AOS PROPRIETÁRIOS DE VEÍCULOS QUE DEIXAM OS MESMOS ESTACIONADOS NO LOCAL DA “FEIRA DA ROÇA”, REALIZADA AOS SÁBADOS NAS PROXIMIDADES DA PREFEITURA, _x000D_
 DIFICULTANDO QUE OS BARRAQUEIROS ARMEM AS SUAS BARRACAS, SOBRETUDO, QUE SEJAM FISCALIZADOS AINDA, POR PARTE DA TRIBUTAÇÃO MUNICIPAL, OS CAMELÔS QUE VÊM DE FORA PARA VENDEREM OS SEUS PRODUTOS EM NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>15198</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15198/ind_199.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15198/ind_199.pdf</t>
   </si>
   <si>
     <t>SOLICITO, A IMPLEMENTAÇÃO DE UMA REDE DE ESGOTO SANITÁRIO NA COMUNIDADE CONHECIDA COMO "SÍTIO DIAS", LOCALIZADO ÀS MARGENS DA BR-262, KM 64.</t>
   </si>
   <si>
     <t>15199</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15199/ind_200.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15199/ind_200.pdf</t>
   </si>
   <si>
     <t>SOLICITA IMPLEMENTAÇÃO DO CALÇAMENTO DA VIA PRINCIPAL DO SÍTIO DIAS (ANTIGO LIXÃO DE MARECHAL FLORIANO), COM A DEVIDA INSTALAÇÃO DE BENFEITORIAS PARA O ESCOAMENTO PLUVIOMÉTRICO.</t>
   </si>
   <si>
     <t>15200</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15200/ind201.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15200/ind201.pdf</t>
   </si>
   <si>
     <t>SOLICITA A REALIZAÇÃO DE ESTUDOS TÉCNICOS, OBJETIVANDO A REGULARIZAÇÃO FUNDIÁRIA NA LOCALIDADE DENOMINADA DE "SÍTIO DIAS", ANTIGO LIXÃO DE MARECHAL FLORIANO, A FIM DE PROPORCIONAL AOS MORADORES DAQUELA LOCALIDADE, A OPORTUNIDADE DE OBTER DENTRO DAS NORMAS, O REGISTRO DE POSSE DE PROPRIEDADE.</t>
   </si>
   <si>
     <t>15201</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15201/ind202.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15201/ind202.pdf</t>
   </si>
   <si>
     <t>INDICO, AO EXCELENTÍSSIMO SENHOR PREFEITO, QUE VIABILIZE, EM CONJUNTO COM A PASTA PERTINENTE A CONSTRUÇÃO DE DOIS PÓRTICOS TURÍSTICOS, SENDO UM NA ENTRADA DE ARAGUAYA E OUTRO NA ENTRADA DA ESTRADA DE RIO FUNDO (BARRA DE RIO FUNDO), PRÓXIMO AO POSTO IPIRANGA.</t>
   </si>
   <si>
     <t>15202</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15202/ind203.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15202/ind203.pdf</t>
   </si>
   <si>
     <t>INDICO, AO EXCELENTÍSSIMO SENHOR PREFEITO, QUE VIABILIZE, EM CONJUNTO COM A PASTA PERTINENTE, A CONSTRUÇÃO DE UMA ÁREA DE LAZER NA COMUNIDADE JEQUITIBÁ EM SANTA MARIA DE MARECHAL, VISTO QUE O SENHOR TARCÍSIO KLEIN SE PROPÔS A DOAR UMA ÁREA PARA ESTA FINALIDADE.</t>
   </si>
   <si>
     <t>15203</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15203/ind204.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15203/ind204.pdf</t>
   </si>
   <si>
     <t>INDICO, À ADMINISTRAÇÃO MUNICIPAL, QUE A FACHADA DA UNIDADE DE SAÚDE DE RIO FUNDO SEJA EM ESTILO GERMÂNICO E A CONSTRUÇÃO DE AUDITÓRIO EMBAIXO DA UNIDADE DE SAÚDE, VISANDO PROPORCIONAR UM ESPAÇO DE INTERAÇÃO, BEM COMO, PARA A REALIZAÇÃO DE REUNIÕES DE MUNICÍPES E SEGMENTOS DA REFERIDA LOCALIDADE.</t>
   </si>
   <si>
     <t>15204</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15204/ind205.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15204/ind205.pdf</t>
   </si>
   <si>
     <t>INDICO, AO EXCELENTÍSSIMO SENHOR QUE, JUNTAMENTE A SECRETARIA MUNICIPAL DE SAÚDE, SEJA VIABILIZADA E REALIZADA A CONTRATAÇÃO DE UM COORDENADOR PARA A VIGILÂNCIA AMBIENTAL, O MAIS BREVE POSSÍVEL.</t>
   </si>
   <si>
     <t>15205</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15205/ind206.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15205/ind206.pdf</t>
   </si>
   <si>
     <t>INDICO AO EXMO. SENHOR, JUNTAMENTE A SECRETARIA MUNICIPAL DE SAÚDE, QUE SEJA FEITA A EMISSÃO DE CARTEIRINHAS DE VACINAÇÃO PARA OS ANIMAIS NO MOMENTO DA CAMPANHA DE VACINAÇÃO ANTIRRÁBICA, BEM COMO, A REALIZAÇÃO DE "MICROCHIPAGEM" DOS ANIMAIS DURANTE ESSA MESMA CAMPANHA.</t>
   </si>
   <si>
     <t>15206</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15206/ind207.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15206/ind207.pdf</t>
   </si>
   <si>
     <t>INDICO À ADMINISTRAÇÃO MUNICIPAL, QUE DENTRO DAS POSSIBILIDADES, VIABILIZE O MAIS BREVE POSSÍVEL A CONSTRUÇÃO DE UMA CRECHE NA SEDE DESTA MUNICIPALIDADE.</t>
   </si>
   <si>
     <t>15207</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15207/ind208.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15207/ind208.pdf</t>
   </si>
   <si>
     <t>INDICO, AO EXCELENTE SENHOR, QUE VIABILIZE, EM CONJUNTO COM A SECRETARIA MUNICIPAL DE MEIO AMBIENTE  E RECURSOS HÍDRICOS, O MAIS BREVE POSSÍVEL, A CRIAÇÃO DE PONTOS DE COLETA DE LIXO ELETRÔNICO DISTRIBUÍDOS, ESTRATEGICAMENTE, POR TODA MUNICIPALIDADE.</t>
   </si>
   <si>
     <t>15208</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15208/ind209.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15208/ind209.pdf</t>
   </si>
   <si>
     <t>INDICO, À GESTÃO MUNICIPAL, O TÉRMINO DO CALÇAMENTO NA VILA DOS IPÊS.</t>
   </si>
   <si>
     <t>15209</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15209/ind210.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15209/ind210.pdf</t>
   </si>
   <si>
     <t>INDICO AO EXECUTIVO MUNICIPAL, A INSTALAÇÃO DE CÂMERAS DE MONITORAMENTO, BEM COMO, MAIS ILUMINAÇÃO NA PRAÇA E QUADRA DA VILA DOS IPÊS.</t>
   </si>
   <si>
     <t>15210</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15210/ind211.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15210/ind211.pdf</t>
   </si>
   <si>
     <t>INDICO À ADMINISTRAÇÃO MUNICIPAL, RAMPA OU ESCADARIA VISANDO DAR ACESSO À PARTE DE CIMA DA VILA DOS IPÊS, EM FRENTE A UNIDADE BÁSICA DE SAÚDE DE SANTA MARIA.</t>
   </si>
   <si>
     <t>15211</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15211/ind212.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15211/ind212.pdf</t>
   </si>
   <si>
     <t>SOLICITO À ADMINISTRAÇÃO MUNICIPAL, JUNTAMENTE À SECRETARIA DE OBRAS E SERVIÇOS URBANOS, QUE SEJA REALIZADO SERVIÇO DE RECAPEAMENTO NA ESTRADA PEDRO SCHUNK , COM INÍCIO NAS PROXIMIDADES DO 4º BATALHÃO DE BOMBEIROS MILITAR, BEM COMO, SERVIÇO DE DRENAGEM, EM ESPECIAL, PRÓXIMO DA PEDRA, POR ONDE DESCE BASTANTE ÁGUA ATÉ AS RESIDÊNCIAS E EMPRESAS DO LEANDRINHO.</t>
   </si>
   <si>
     <t>15212</t>
   </si>
   <si>
     <t>213</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15212/ind213.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15212/ind213.pdf</t>
   </si>
   <si>
     <t>QUE SEJAM REALIZADOS SERVIÇOS DE ENGENHARIA E EXECUÇÃO DE 02 (DUAS) LAJES DE CONCRETO OU ESTRUTURA METÁLICA, COM APROXIMADAMENTE 6,00M X 1,50M DE CADA LADO, INCLUINDO A INSTALAÇÃO DE GUARDA-CORPO, COM O OBJETIVO DE VIABILIZAR A INTERLIGAÇÃO DE ACESSO NAS CALÇADAS ENTRE A RUA SANTA CLARA 2 E A RUA EDUARDO RUPF, NAS PROXIMIDADES DO RESTAURANTE DO VITAL.</t>
   </si>
   <si>
     <t>15213</t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15213/ind214.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15213/ind214.pdf</t>
   </si>
   <si>
     <t>SOLICITA-SE A REALIZAÇÃO DE FISCALIZAÇÃO EFICAZ, COM ÊNFASE NA  ORIENTAÇÃO QUANTO AO USO CORRETO DAS VAGAS DE ESTACIONAMENTO E À  ADEQUADA UTILIZAÇÃO DAS CALÇADAS DE PASSEIO NA SEDE DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>15214</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15214/ind215.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15214/ind215.pdf</t>
   </si>
   <si>
     <t>INDICO AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL, QUE DETERMINE AO SETOR COMPETENTE A REALIZAÇÃO DE REPAROS NA ESCADARIA LOCALIZADA NA RUA DELIMAR SCHUNK, NAS PROXIMIDADES DA ANTIGA MERCEARIA DO IZAQUE, BEM COMO, A INSTALAÇÃO DE UM CORRIMÃO NO LOCAL.</t>
   </si>
   <si>
     <t>15215</t>
   </si>
   <si>
     <t>216</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15215/ind216.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15215/ind216.pdf</t>
   </si>
   <si>
     <t>INDICO, AO PODER EXECUTIVO MUNICIPAL, NA FORMA REGIMENTAL, QUE SEJAM TOMADAS AS PROVIDÊNCIAS NECESSÁRIAS PARA A IMEDIATA SUBSTITUIÇÃO DA ILUMINAÇÃO DA CASA DO MEL, INCLUINDO A INSTALAÇÃO DE NOVAS LÂMPADAS, A REVISÃO DA PARTE ELÉTRICA E A REALIZAÇÃO DE EVENTUAIS REPAROS QUE SE FAÇAM NECESSÁRIOS.</t>
   </si>
   <si>
     <t>15222</t>
   </si>
   <si>
     <t>217</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15222/ind_217.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15222/ind_217.pdf</t>
   </si>
   <si>
     <t>SOLICITO, QUE SEJA REALIZADA A REABERTURA DO ESTACIONAMENTO LOCALIZADO EM VICTOR HUGO, AO LADO DA BR – 262, VISANDO AUMENTAR O NÚMERO DE VAGAS</t>
   </si>
   <si>
     <t>15223</t>
   </si>
   <si>
     <t>218</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15223/ind218.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15223/ind218.pdf</t>
   </si>
   <si>
     <t>SOLICITO, QUE SEJAM REALIZADAS EM CARÁTER DE URGÊNCIA, MELHORIAS NO ACESSO AO CEMITÉRIO DE VICTOR HUGO, VISANDO PASSAGEM DE VEÍCULOS, TENDO EM VISTA QUE, OS AGENTES FUNERÁRIOS TÊM ENCONTRADO MUITAS DIFICULDADES EM CHEGAR ATÉ O MESMO</t>
   </si>
   <si>
     <t>15224</t>
   </si>
   <si>
     <t>219</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15224/ind219.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15224/ind219.pdf</t>
   </si>
   <si>
     <t>INDICO A REALIZAÇÃO DE PATROLAMENTO E CASCALHAMENTO NAS LOCALIDADES DO CÓRREGO MEDEIROS, CÓRREGO POLLI, CÓRREGO DO OURO E CÓRREGO HOFFMANN.</t>
   </si>
   <si>
     <t>15225</t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15225/ind220.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15225/ind220.pdf</t>
   </si>
   <si>
     <t>INDICO, AO EXCELENTÍSSIMO SENHOR PREFEITO, QUE VIABILIZE, O MAIS BREVE POSSÍVEL, A IMPLEMENTAÇÃO DE ILUMINAÇÃO PÚBLICA NO CÓRREGO POLLI, SE POSSÍVEL DE LED.</t>
   </si>
   <si>
     <t>15226</t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15226/ind221.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15226/ind221.pdf</t>
   </si>
   <si>
     <t>QUE SEJAM ADOTADAS AS PROVIDÊNCIAS NECESSÁRIAS PARA A IMPLANTAÇÃO DE UMA CABECEIRA DE MANILHA, BEM COMO A LIMPEZA DE BUEIRO LOCALIZADO NA COMUNIDADE DE VILA MIGUEL DE SOUZA, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>15281</t>
   </si>
   <si>
     <t>250</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15281/ind250.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15281/ind250.pdf</t>
   </si>
   <si>
     <t>SOLICITO QUE SEJA REALIZADO UM ESTUDO TÉCNICO PARA A IMPLANTAÇÃO DE VAGAS DE ESTACIONAMENTO EM 45° (GRAUS) NA RUA MARCIONÍLIO DE VARGAS FORTE, ESPECIFICAMENTE NO TRECHO LATERAL À CÂMARA MUNICIPAL DE MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>15387</t>
   </si>
   <si>
     <t>278</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15387/ind_278.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15387/ind_278.pdf</t>
   </si>
   <si>
     <t>INDICO AO PODER EXECUTIVO MUNICIPAL, POR MEIO DO SETOR COMPETENTE DE TECNOLOGIA DA INFORMAÇÃO, PARA QUE SEJA IMPLEMENTADA A FUNCIONALIDADE DE RECUPERAÇÃO DE SENHA NA PLATAFORMA DE AUDIÊNCIA PÚBLICA ONLINE, DISPONÍVEL NO SITE OFICIAL DA PREFEITURA DE MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>15411</t>
   </si>
   <si>
     <t>285</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15411/ind_285.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15411/ind_285.pdf</t>
   </si>
   <si>
     <t>INDICO, QUE SEJA REALIZADO URGENTEMENTE SERVIÇO DE LIMPEZA NAS RUAS THEOBALDO RUPF E ANTÔNIO LEMOS, LOCALIZADAS NO BAIRRO SANTA RITA, LAVANDO-AS COM CAMINHÃO PIPA.</t>
   </si>
   <si>
     <t>15412</t>
   </si>
   <si>
     <t>286</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15412/ind_286.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15412/ind_286.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTA SUBSCREVE, NO USO DE SUAS ATRIBUIÇÕES LEGAIS E REGIMENTAIS, VEM, RESPEITOSAMENTE, INDICAR AO CHEFE DO PODER EXECUTIVO MUNICIPAL QUE ESTUDE A VIABILIDADE DE CONCEDER UMA GRATIFICAÇÃO NO VALOR DE R$ 600,00 (SEISCENTOS REAIS) A TODOS OS SERVIDORES PÚBLICOS MUNICIPAIS, NO MÊS DE DEZEMBRO DE 2025, COMO FORMA DE APOIO FINANCEIRO EXTRA.</t>
   </si>
   <si>
     <t>15413</t>
   </si>
   <si>
     <t>287</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15413/ind_287.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15413/ind_287.pdf</t>
   </si>
   <si>
     <t>SOLICITO AO CHEFE DO PODER EXECUTIVO MUNICIPAL, O ACRÉSCIMO PERMANENTE DE R$ 300,00 (TREZENTOS REAIS) NO VALOR DO TICKET DE ALIMENTAÇÃO DOS SERVIDORES PÚBLICOS MUNICIPAIS DO PODER EXECUTIVO, COM INÍCIO EM JANEIRO DE 2026. CONSIDERANDO O AUMENTO CONSTANTE NO CUSTO DE VIDA E A VALORIZAÇÃO DA FORÇA DE TRABALHO DESSES SERVIDORES PÚBLICOS MUNICIPAIS, QUE TANTO CARECEM E FAZEM JUS AO REIVINDICADO.</t>
   </si>
   <si>
     <t>15414</t>
   </si>
   <si>
     <t>288</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15414/ind_288.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15414/ind_288.pdf</t>
   </si>
   <si>
     <t>INDICO AO EXCELENTÍSSIMO SENHOR, QUE, EM CONJUNTO COM A SECRETARIA COMPETENTE E A EMPRESA FORTALEZA, REALIZE A REDISTRIBUIÇÃO DOS HORÁRIOS DE COLETA DE LIXO, DE FORMA A EVITAR O CENTRO, O BAIRRO SANTA RITA E DEMAIS LOCAIS DE GRANDE MOVIMENTO DURANTE OS HORÁRIOS DE PICO, VISANDO MELHORAR O FLUXO DE TRÂNSITO E A EFICIÊNCIA DO SERVIÇO.</t>
   </si>
   <si>
     <t>15415</t>
   </si>
   <si>
     <t>289</t>
   </si>
   <si>
     <t>Hilário Oliveira Neto, Cabral</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15415/ind_289.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15415/ind_289.pdf</t>
   </si>
   <si>
     <t>INDICAMOS, AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL, QUE, EM CONJUNTO COM A SECRETARIA COMPETENTE, VIABILIZE E EXECUTE A CONSTRUÇÃO DE UM POÇO ARTESIANO NA VILA DO SERTÃO, NA LOCALIDADE DE BOA ESPERANÇA.</t>
   </si>
   <si>
     <t>15416</t>
   </si>
   <si>
     <t>290</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15416/ind_290.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15416/ind_290.pdf</t>
   </si>
   <si>
     <t>INDICO AO EXCELENTÍSSIMO SENHOR PREFEITO, QUE, EM CONJUNTO COM A SECRETARIA COMPETENTE, SEJA EFETUADA A REFORMA DO CAMPO BOM DE BOLA JOSÉ HENRIQUE PEREIRA FILHO, LOCALIZADO NO BAIRRO SANTA RITA.</t>
   </si>
   <si>
     <t>15417</t>
   </si>
   <si>
     <t>291</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15417/ind_291.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15417/ind_291.pdf</t>
   </si>
   <si>
     <t>INDICO A URGENTE NECESSIDADE DE EXECUTAR A LIMPEZA E A REMOÇÃO DE MATERIAIS DIVERSOS NO LEITO E NAS MARGENS DO RIO JUCU, BRAÇO SUL. A AÇÃO DEVE COMPREENDER A RETIRADA DE SACOLAS DE LIXO, PLÁSTICOS, GARRAFAS PET, GARRAFAS DE VIDRO, MADEIRAS, GALHOS DE ÁRVORES, ENTULHOS E OUTROS RESÍDUOS SÓLIDOS, NO TRECHO QUE SE ESTENDE DA LOCALIDADE PONTO FRIO ATÉ O FINAL DA RUA DELIMAR SCHUNK.</t>
   </si>
   <si>
     <t>15418</t>
   </si>
   <si>
     <t>292</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15418/ind_292.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15418/ind_292.pdf</t>
   </si>
   <si>
     <t>INDICO AO PODER EXECUTIVO QUE ATRAVÉS DA SECRETARIA MUNICIPAL DE OBRAS E SERVIÇOS URBANOS EM CONJUNTO COM O DETRAN/ES, QUE SEJA ENCAMINHADA À EQUIPE TÉCNICA COMPETENTE VISANDO A REALIZAÇÃO DE VISITA TÉCNICA À COMUNIDADE DE BOM JESUS, COM O OBJETIVO DE ELABORAR LEVANTAMENTO E PROJETO.</t>
   </si>
   <si>
     <t>15419</t>
   </si>
   <si>
     <t>293</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15419/ind_293.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15419/ind_293.pdf</t>
   </si>
   <si>
     <t>INDICO, NOS TERMOS REGIMENTAIS, AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL, QUE, POR INTERMÉDIO DA SECRETARIA MUNICIPAL DE ESPORTES, SEJA EFETIVADA A IMPLANTAÇÃO E O FUNCIONAMENTO DO CONSELHO MUNICIPAL DE ESPORTES.</t>
   </si>
   <si>
     <t>15420</t>
   </si>
   <si>
     <t>294</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15420/ind_294.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15420/ind_294.pdf</t>
   </si>
   <si>
     <t>INDICO, AO EXCELENTÍSSIMO SENHOR PREFEITO QUE, POR INTERMÉDIO DA SECRETARIA MUNICIPAL DE CULTURA E TURISMO, QUE DENTRO DAS POSSIBILIDADES E DO PLANEJAMENTO ANUAL, SEJA INCLUÍDA A ORNAMENTAÇÃO E ILUMINAÇÃO ESPECIAL DE NATAL, NO BAIRRO SANTA RITA.</t>
   </si>
   <si>
     <t>15421</t>
   </si>
   <si>
     <t>295</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15421/ind_295.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15421/ind_295.pdf</t>
   </si>
   <si>
     <t>INDICO AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL QUE, EM CONJUNTO COM A SECRETARIA COMPETENTE, VIABILIZE E EXECUTE A ROÇAGEM DA VEGETAÇÃO NAS MARGENS DA BR-262, NO TRECHO ENTRE A ENTRADA PARA O CENTRO E O POSTO DE COMBUSTÍVEL “DOS VENTURINE”.</t>
   </si>
   <si>
     <t>15422</t>
   </si>
   <si>
     <t>296</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15422/ind_296.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15422/ind_296.pdf</t>
   </si>
   <si>
     <t>INDICO AO EXCELENTÍSSIMO SENHOR QUE, EM CONJUNTO COM AS SECRETARIAS COMPETENTES, REALIZE A LIMPEZA DA FIAÇÃO, PROMOVA MELHORIAS NA ILUMINAÇÃO PÚBLICA, EXECUTE O CASCALHAMENTO, O PATROLAMENTO E A CONSTRUÇÃO DE UM BUEIRO NO CÓRREGO POLLI.</t>
   </si>
   <si>
     <t>15423</t>
   </si>
   <si>
     <t>297</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15423/ind_297.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15423/ind_297.pdf</t>
   </si>
   <si>
     <t>INDICO AO PREFEITO MUNICIPAL A INTERVENÇÃO JUNTO AO DNIT PARA A CONSTRUÇÃO DE UMA CALÇADA PARALELA À BR-262, ANTES DA ENTRADA DA RUA ALVINO WASEM, NAS PROXIMIDADES DO SEMÁFORO.</t>
   </si>
   <si>
     <t>15424</t>
   </si>
   <si>
     <t>298</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15424/ind_298.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15424/ind_298.pdf</t>
   </si>
   <si>
     <t>INDICA A SUBSTITUIÇÃO DO CALÇAMENTO DAS RUAS IVAHY MENDES E DA RUA QUINTINO EDUARDO RUPF, POR CALÇAMENTO PAV´S, HAJA VISTA QUE OS PARALELEPÍPEDOS EXISTENTES ESTÃO DESNIVELADOS CAUSANDO TRANSTORNOS AOS PEDESTRES.</t>
   </si>
   <si>
     <t>15425</t>
   </si>
   <si>
     <t>299</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15425/ind_299.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15425/ind_299.pdf</t>
   </si>
   <si>
     <t>INDICO À ADMINISTRAÇÃO MUNICIPAL QUE, ALÉM DE REALIZAR EM CARÁTER DE URGÊNCIA A LIMPEZA DO CÓRREGO BATATAL, DESDE SUA NASCENTE ATÉ A GALERIA COBERTA ENTRE AS RUAS EDUARDO RUPF E WALDEMAR MEES, PROMOVA TAMBÉM CAMPANHAS EDUCATIVAS VOLTADAS À CONSCIENTIZAÇÃO DA POPULAÇÃO SOBRE A IMPORTÂNCIA DA PRESERVAÇÃO DO CÓRREGO E DO DESCARTE CORRETO DE RESÍDUOS.</t>
   </si>
   <si>
     <t>15426</t>
   </si>
   <si>
     <t>300</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15426/ind_300.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15426/ind_300.pdf</t>
   </si>
   <si>
     <t>INDICO À ADMINISTRAÇÃO MUNICIPAL, QUE SEJA CRIADA UMA GERÊNCIA DE FISCALIZAÇÃO DE OBRAS E POSTURAS, BEM COMO CONTRATAÇÃO DE FISCAIS, POR MEIO DE PROCESSO SELETIVO E POSTERIORMENTE CONCURSO PÚBLICO.</t>
   </si>
   <si>
     <t>15427</t>
   </si>
   <si>
     <t>301</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15427/ind_301.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15427/ind_301.pdf</t>
   </si>
   <si>
     <t>INDICO AO PODER EXECUTIVO QUE ATRAVÉS DA SECRETARIA COMPETENTE REALIZE A REABERTURA DE TODA A ESTRADA QUE OFERECE ACESSO A COMUNIDADE DE BOM JESUS, POSSIBILITANDO A PASSAGEM DE DOIS VEÍCULOS SIMULTANEAMENTE.</t>
   </si>
   <si>
     <t>15442</t>
   </si>
   <si>
     <t>302</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15442/ind_302.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15442/ind_302.pdf</t>
   </si>
   <si>
     <t>INDICO AO CHEFE DO PODER EXECUTIVO MUNICIPAL QUE, EM CONJUNTO COM A SECRETARIA RESPONSÁVEL, SEJA REALIZADA, EM ALTO RIO FUNDO, A REABERTURA DA ESTRADA MUNICIPAL PASTOR GERMANO KIEFER, BEM COMO A CONSTRUÇÃO DE BUEIROS E O CASCALHAMENTO DA VIA ATÉ A PROPRIEDADE DA “FAMÍLIA LITTIG”.</t>
   </si>
   <si>
     <t>15443</t>
   </si>
   <si>
     <t>303</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15443/ind_303.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15443/ind_303.pdf</t>
   </si>
   <si>
     <t>INDICO AO CHEFE DO PODER EXECUTIVO MUNICIPAL QUE, EM CONJUNTO COM A SECRETARIA COMPETENTE, SEJA REALIZADA A SUBSTITUIÇÃO DAS LÂMPADAS INCANDESCENTES ATUALMENTE INSTALADAS NOS PONTOS DE ILUMINAÇÃO PÚBLICA DO CÓRREGO POLLI POR LÂMPADAS DE LED</t>
   </si>
   <si>
     <t>15444</t>
   </si>
   <si>
     <t>304</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15444/ind_304.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15444/ind_304.pdf</t>
   </si>
   <si>
     <t>INDICO AO CHEFE DO PODER EXECUTIVO MUNICIPAL QUE EM CONJUNTO COM A SECRETARIA RESPONSÁVEL REALIZE DIVERSAS MELHORIAS NA EMEIPEF RIO FUNDO, VISANDO ATENDER ÀS NECESSIDADES ESTRUTURAIS E FUNCIONAIS DA UNIDADE ESCOLAR.</t>
   </si>
   <si>
     <t>15445</t>
   </si>
   <si>
     <t>305</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15445/ind_305.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15445/ind_305.pdf</t>
   </si>
   <si>
     <t>INDICO AO CHEFE DO PODER EXECUTIVO MUNICIPAL QUE, EM CONJUNTO À SECRETARIA RESPONSÁVEL, SEJA REALIZADA A CONSTRUÇÃO DE DOIS MUROS COM GEOMANTA NO BAIRRO DO CAMPO, EM ARAGUAYA, LOCALIZADOS ATRÁS DO VESTIÁRIO DO ESPORTE CLUBE ARAGUAYA.</t>
   </si>
   <si>
     <t>15446</t>
   </si>
   <si>
     <t>306</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15446/ind_306.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15446/ind_306.pdf</t>
   </si>
   <si>
     <t>INDICO AO CHEFE DO PODER EXECUTIVO MUNICIPAL QUE, EM CONJUNTO COM A SECRETARIA COMPETENTE, SEJA REALIZADA A INSTALAÇÃO DE CERCAS DE PROTEÇÃO NO PARQUINHO DE ARAGUAYA, SEGUINDO O PADRÃO QUE JÁ ADOTADO NA SEDE DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>15447</t>
   </si>
   <si>
     <t>307</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15447/ind_307.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15447/ind_307.pdf</t>
   </si>
   <si>
     <t>INDICO AO CHEFE DO PODER EXECUTIVO MUNICIPAL QUE, EM CONJUNTO COM A SECRETARIA COMPETENTE, SEJA REALIZADA A INSTALAÇÃO DE UMA COBERTURA E A CONTRATAÇÃO DE UM PROFISSIONAL DE EDUCAÇÃO FÍSICA PARA A ACADEMIA POPULAR DE ARAGUAYA.</t>
   </si>
   <si>
     <t>15448</t>
   </si>
   <si>
     <t>308</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15448/ind_308.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15448/ind_308.pdf</t>
   </si>
   <si>
     <t>15449</t>
   </si>
   <si>
     <t>309</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15449/ind_309.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15449/ind_309.pdf</t>
   </si>
   <si>
     <t>INDICO AO CHEFE DO PODER EXECUTIVO MUNICIPAL QUE, JUNTAMENTE À SECRETARIA RESPONSÁVEL, SEJA REALIZADA A INSTALAÇÃO DE PLACAS DE DENOMINAÇÃO NAS ENTRADAS DA VILA ARAUCÁRIA.</t>
   </si>
   <si>
     <t>15450</t>
   </si>
   <si>
     <t>310</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15450/ind_310.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15450/ind_310.pdf</t>
   </si>
   <si>
     <t>INDICO AO CHEFE DO PODER EXECUTIVO MUNICIPAL, JUNTAMENTE À SECRETARIA COMPETENTE, QUE O CENTRO DE DIAGNÓSTICO RADIOLÓGICO (RAIO-X) DE MARECHAL FLORIANO-ES, TENHA FUNCIONAMENTO 24H.</t>
   </si>
   <si>
     <t>15470</t>
   </si>
   <si>
     <t>311</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15470/ind__311.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15470/ind__311.pdf</t>
   </si>
   <si>
     <t>INDICO AO PODER EXECUTIVO MUNICIPAL, QUE SEJA REALIZADA EM CARÁTER DE URGÊNCIA, MANUTENÇÃO DOS BANHEIROS DA QUADRA DE ESPORTES, DA EMEIEF JOSÉ ALOÍSIO SIMON, NO TREVO DE PARAJÚ.</t>
   </si>
   <si>
     <t>15471</t>
   </si>
   <si>
     <t>312</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15471/ind__312.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15471/ind__312.pdf</t>
   </si>
   <si>
     <t>INDICO AO CHEFE DO PODER EXECUTIVO MUNICIPAL, QUE POR MEIO DA SECRETARIA COMPETENTE, APOIE A FESTA DAS CRIANÇAS EM SANTA MARIA, ARAGUAYA, RIO FUNDO E NA SEDE DESTA MUNICIPALIDADE, DISPONIBILIZANDO BRINQUEDOS E OUTROS EQUIPAMENTOS NECESSÁRIOS.</t>
   </si>
   <si>
     <t>15472</t>
   </si>
   <si>
     <t>313</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15472/ind__313.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15472/ind__313.pdf</t>
   </si>
   <si>
     <t>INDICO AO CHEFE DESTA RELEVANTE PASTA MUNICIPAL, QUE DISPONIBILIZE PLACAS CONTENDO NOMES, CONTATOS E HORÁRIOS DE EXPEDIENTE DE TODOS OS TAXISTAS CADASTRADOS NESTA MUNICIPALIDADE NA RODOVIÁRIA, PRAÇA JOSÉ HENRIQUE PEREIRA, CENTRO DE SAÚDE ARY RIBEIRO DA SILVA, NO CENTRO DE ARAGUAYA E EM PONTOS ESTRATÉGICOS POR TODO INTERIOR DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>15473</t>
   </si>
   <si>
     <t>314</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15473/ind__314.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15473/ind__314.pdf</t>
   </si>
   <si>
     <t>INDICO, AO EXCELENTÍSSIMO SENHOR PREFEITO PARA QUE, POR MEIO DA SECRETARIA MUNICIPAL DE OBRAS E SERVIÇOS URBANOS, SEJA REALIZADA A REFORMA NECESSÁRIA DA PONTE LOCALIZADA NO BECO QUE TEM INÍCIO AO LADO DA “FARMÁCIA TRARBACH”, QUE DÁ ACESSO À RUA LAURA LITTIG KUSTER.</t>
   </si>
   <si>
     <t>15474</t>
   </si>
   <si>
     <t>315</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15474/ind__315.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15474/ind__315.pdf</t>
   </si>
   <si>
     <t>INDICO AO CHEFE DO PODER EXECUTIVO MUNICIPAL, QUE POR MEIO DA SECRETARIA COMPETENTE, DISPONIBILIZE LIXEIRAS ELEVADAS E DE MAIOR PORTE POR TODO O MUNICÍPIO.</t>
   </si>
   <si>
     <t>15475</t>
   </si>
   <si>
     <t>316</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15475/ind__316.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15475/ind__316.pdf</t>
   </si>
   <si>
     <t>INDICO AO CHEFE DO PODER EXECUTIVO MUNICIPAL QUE, EM CASO DE AUMENTO DO VALOR DO TICKET ALIMENTAÇÃO CONCEDIDO AOS SERVIDORES MUNICIPAIS, SEJA REALIZADO O CREDENCIAMENTO DE ESTABELECIMENTOS LOCAIS APTOS A RECEBER ESTE TIPO DE PAGAMENTO, DE MODO QUE O BENEFÍCIO SEJA UTILIZADO EXCLUSIVAMENTE NO COMÉRCIO DE MARECHAL FLORIANO, FORTALECENDO A ECONOMIA MUNICIPAL E ESTIMULANDO O GIRO DO CAPITAL DENTRO DO PRÓPRIO MUNICÍPIO.</t>
   </si>
   <si>
     <t>15476</t>
   </si>
   <si>
     <t>317</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15476/ind__317.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15476/ind__317.pdf</t>
   </si>
   <si>
     <t>INDICO AO CHEFE DO PODER EXECUTIVO MUNICIPAL QUE, POR INTERMÉDIO DA SECRETARIA COMPETENTE, PROMOVA A SUBSTITUIÇÃO DE TODAS AS LÂMPADAS INCANDESCENTES EXISTENTES NA RUA DELIMAR SCHUNK, NO CENTRO, E NA RUA GUSTAVO HERTEL, ATÉ O CAMPO DO APOLLO, POR LÂMPADAS DE TECNOLOGIA LED.</t>
   </si>
   <si>
     <t>15477</t>
   </si>
   <si>
     <t>318</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15477/ind__318.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15477/ind__318.pdf</t>
   </si>
   <si>
     <t>INDICO AO CHEFE DO PODER EXECUTIVO MUNICIPAL QUE, POR MEIO DA SECRETARIA COMPETENTE, SEJA REALIZADA A REFORMA DA PRAÇA JOSÉ HENRIQUE PEREIRA, INCLUINDO PINTURA, REPAROS ESTRUTURAIS NECESSÁRIOS, BEM COMO O REPLANTIO E A MANUTENÇÃO DAS ESPÉCIES VEGETAIS DOS CANTEIROS, VISANDO À PRESERVAÇÃO E VALORIZAÇÃO DO ESPAÇO PÚBLICO.</t>
   </si>
   <si>
     <t>15478</t>
   </si>
   <si>
     <t>319</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15478/ind__319.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15478/ind__319.pdf</t>
   </si>
   <si>
     <t>INDICA EXECUÇÃO DE RAMPAS DE ACESSO E APLICAÇÃO DE PISO PODO TÁTIL EM FAIXAS DE PEDESTRES.</t>
   </si>
   <si>
     <t>15479</t>
   </si>
   <si>
     <t>320</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15479/ind__320.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15479/ind__320.pdf</t>
   </si>
   <si>
     <t>MANUTENÇÃO, MELHORIA E AMPLIAÇÃO DO SISTEMA DE RECEPÇÃO E TRANSMISSÃO DO REPETIDOR DE TV LOCALIZADO NO MORRO DA MACEFEL (SEDE).</t>
   </si>
   <si>
     <t>15480</t>
   </si>
   <si>
     <t>321</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15480/ind__321.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15480/ind__321.pdf</t>
   </si>
   <si>
     <t>INDICO AO CHEFE DO PODER EXECUTIVO MUNICIPAL, QUE ADOTE PROVIDÊNCIAS PARA ASSEGURAR A PERMANÊNCIA DE TODOS OS VIGIAS E GUARDAS MUNICIPAIS EM SEUS RESPECTIVOS LOCAIS DE TRABALHO, CUMPRINDO INTEGRALMENTE AS CARGAS HORÁRIAS ESTABELECIDAS EM LEI.</t>
   </si>
   <si>
     <t>15481</t>
   </si>
   <si>
     <t>322</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15481/ind__322.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15481/ind__322.pdf</t>
   </si>
   <si>
     <t>INDICO, AO EXCELENTÍSSIMO SENHOR PREFEITO QUE, POR INTERMÉDIO DA SECRETARIA MUNICIPAL DE OBRAS E SERVIÇOS URBANOS, A REVISÃO E MANUTENÇÃO DA ILUMINAÇÃO PÚBLICA DA RUA ALCIMIR KIEFER.</t>
   </si>
   <si>
     <t>15482</t>
   </si>
   <si>
     <t>323</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15482/ind__323.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15482/ind__323.pdf</t>
   </si>
   <si>
     <t>INDICO, AO EXCELENTÍSSIMO SENHOR PREFEITO QUE, POR INTERMÉDIO DA SECRETARIA MUNICIPAL DE EDUCAÇÃO, QUE DENTRO DAS POSSIBILIDADES TAMBÉM SEJA OFERTADO “TRANSPORTE ESCOLAR”, AOS ALUNOS QUE RESIDEM A PARTIR DE 1,5 KM DA ESCOLA.</t>
   </si>
   <si>
     <t>15483</t>
   </si>
   <si>
     <t>324</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15483/ind__324.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15483/ind__324.pdf</t>
   </si>
   <si>
     <t>INDICO QUE SEJA ENCAMINHADO A ESTA CASA DE LEIS UM PROJETO DE LEI QUE AUTORIZE O PODER EXECUTIVO MUNICIPAL A PROCEDER COM A DOAÇÃO DE KITS DE FOSSAS SÉPTICAS BIODIGESTORAS AOS MUNÍCIPES QUE RESIDAM NA ZONA RURAL DO MUNICÍPIO DE MARECHAL FLORIANO/ES, NA FORMA QUE ESPECIFICA, POR MEIO DA SECRETARIA MUNICIPAL DE ASSISTÊNCIA SOCIAL E DIREITOS HUMANOS.</t>
   </si>
   <si>
     <t>15484</t>
   </si>
   <si>
     <t>325</t>
   </si>
   <si>
     <t>Pastor Adriano, Coquinho</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15484/ind__325.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15484/ind__325.pdf</t>
   </si>
   <si>
     <t>QUE SEJA REALIZADA A CONTRATAÇÃO DE UM PORTEIRO, PARA ATUAR NA ESCOLA NICOLAU KROHLING, LOCALIZADA NO DISTRITO DE VICTOR HUGO, COM A FINALIDADE DE ORGANIZAR E CONTROLAR O ACESSO AO AMBIENTE ESCOLAR, RECEPCIONAR VISITANTES E REFORÇAR OS PROTOCOLOS DE SEGURANÇA DA UNIDADE.</t>
   </si>
   <si>
     <t>15516</t>
   </si>
   <si>
     <t>326</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15516/ind__326.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15516/ind__326.pdf</t>
   </si>
   <si>
     <t>INDICO, À SECRETARIA MUNICIPAL DE OBRAS E SERVIÇOS URBANOS, QUE SEJA PROVIDENCIADA, COM A MÁXIMA BREVIDADE POSSÍVEL, A DESTINAÇÃO DE UM GARI PARA REALIZAR SERVIÇOS DE LIMPEZA, MANUTENÇÃO E LAVAGEM NA RUA ALCEMIR KIEFER, LOCALIZADA NO PERÍMETRO CORRESPONDENTE AO BAIRRO JARBINHAS, BEM COMO A INSTALAÇÃO DE UM POSTE DE ENERGIA ELÉTRICA NO FINAL DA REFERIDA VIA.</t>
   </si>
   <si>
     <t>15517</t>
   </si>
   <si>
     <t>327</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15517/ind__327.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15517/ind__327.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR, EM CARÁTER DE URGÊNCIA, SERVIÇO DE RECAPEAMENTO NO “MORRO DOS MARQUES”, LOCALIZADO EM ALTO SANTA MARIA, PRÓXIMO A BR 262, VISANDO TAMPAR OS BURACOS EXISTENTES.</t>
   </si>
   <si>
     <t>15518</t>
   </si>
   <si>
     <t>328</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15518/ind__328.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15518/ind__328.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR, EM CARÁTER DE URGÊNCIA, MELHORIAS EM 3 (TRÊS) PONTES, LOCALIZADAS NAS SEGUINTES LOCALIDADES: MORRO DOS MARQUES, ALTO SANTA MARIA E VICTOR HUGO</t>
   </si>
   <si>
     <t>15519</t>
   </si>
   <si>
     <t>329</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15519/ind__329.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15519/ind__329.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO PODER EXECUTIVO MUNICIPAL, QUE DETERMINE AO SETOR COMPETENTE A INCLUSÃO DA VIA MUNICIPAL LOCALIZADA NO KM 63,5, COM EXTENSÃO APROXIMADA DE 1,5 KM, NO ITINERÁRIO DO TRANSPORTE ESCOLAR.</t>
   </si>
   <si>
     <t>15520</t>
   </si>
   <si>
     <t>330</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15520/ind__330.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15520/ind__330.pdf</t>
   </si>
   <si>
     <t>INDICO A COLOCAÇÃO DOS NOMES “ARAGUAYA” E “SANTA MARIA DE MARECHAL” NO PORTAL DE ENTRADA DO POSTO DO CAFÉ, BEM COMO A INSTALAÇÃO DE DUAS PLACAS: UMA NA ENTRADA DE ALFREDO CHAVES, NA BR-101, E OUTRA NO POSTO DO CAFÉ, NA BR-262, CONTENDO OS DIZERES “ARAGUAYA – VILA ITALIANA” E A RESPECTIVA DISTÂNCIA ATÉ A VILA.</t>
   </si>
   <si>
     <t>15521</t>
   </si>
   <si>
     <t>331</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15521/ind__331.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15521/ind__331.pdf</t>
   </si>
   <si>
     <t>INDICO A EXECUÇÃO DE MELHORIAS NAS ÁREAS DE LAZER DA COMUNIDADE DE ARAGUAYA, INCLUINDO A AMPLIAÇÃO DA ILUMINAÇÃO DO GINÁSIO DE ESPORTES E DO CAMPO DE FUTEBOL SOCIETY, A CONSTRUÇÃO DE VESTIÁRIOS, ARQUIBANCADA _x000D_
 E BANHEIROS NO CAMPO SOCIETY, ASSIM COMO A REFORMA DOS VESTIÁRIOS E DO CAMPO DE BOCHA COMUNITÁRIO SITUADO AO LADO DO CAMPO DE FUTEBOL.</t>
   </si>
   <si>
     <t>15522</t>
   </si>
   <si>
     <t>332</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15522/ind__332.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15522/ind__332.pdf</t>
   </si>
   <si>
     <t>INDICO AO CHEFE DO PODER EXECUTIVO MUNICIPAL QUE, POR MEIO DA SECRETARIA DE INTERIOR E TRANSPORTES, SEJA VIABILIZADA E EXECUTADA, EM CARÁTER DE URGÊNCIA, A ROÇAGEM DA ESTRADA PRINCIPAL DE RIO FUNDO, NO TRECHO COMPREENDIDO ENTRE O CAMPO DE FUTEBOL DE RIO FUNDO E SANTO ANTÔNIO DE ARAGUAYA E ATÉ A VILA MIGUEL SOUZA EM SANTA MARIA DE MARECHAL, BEM COMO A RETIRADA DAS BANQUETAS DE TERRA SOLTA EXISTENTES, DE MODO A POSSIBILITAR O ALARGAMENTO E MELHORIAS NA SEGURANÇA DA VIA.</t>
   </si>
   <si>
     <t>15523</t>
   </si>
   <si>
     <t>333</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15523/ind__333.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15523/ind__333.pdf</t>
   </si>
   <si>
     <t>INDICO, À GESTÃO MUNICIPAL QUE, POR MEIO DA SECRETARIA RESPONSÁVEL, SEJA REALIZADA A SUBSTITUIÇÃO DAS LÂMPADAS INCANDESCENTES INSTALADAS NOS PONTOS DE ILUMINAÇÃO PÚBLICA DA RUAS DELIMAR SCHUNK E DO BAIRRO JARBINHAS, POR LÂMPADAS DE LED.</t>
   </si>
   <si>
     <t>15524</t>
   </si>
   <si>
     <t>334</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15524/ind__334.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15524/ind__334.pdf</t>
   </si>
   <si>
     <t>INDICO AO CHEFE DO PODER EXECUTIVO MUNICIPAL QUE, POR MEIO DA SECRETARIA COMPETENTE, SEJA PROVIDENCIADA A INSTALAÇÃO DE UMA PLACA INDICATIVA NA ENTRADA DO “CEMITÉRIO MUNICIPAL RECANTO DA PAZ”, PREFERENCIALMENTE DO TIPO REFLEXIVA, TENDO EM VISTA A NECESSIDADE DE GARANTIR MELHOR ORIENTAÇÃO AOS VISITANTES, FACILITAR O TRABALHO DE FUNERÁRIAS DE OUTRAS MUNICIPALIDADES E PROPORCIONAR MAIOR CONFORTO ÀS FAMÍLIAS EM MOMENTOS DE FRAGILIDADE.</t>
   </si>
   <si>
     <t>15525</t>
   </si>
   <si>
     <t>335</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15525/ind__335.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15525/ind__335.pdf</t>
   </si>
   <si>
     <t>INDICO AO EXECUTIVO MUNICIPAL, POR MEIO DA SECRETARIA DE AGRICULTURA E DA SECRETARIA DE MEIO AMBIENTE E RECURSOS HÍDRICOS, A IMPLANTAÇÃO DE UM PROGRAMA DE PRODUÇÃO E DISTRIBUIÇÃO DE MUDAS DIVERSAS, INCLUINDO _x000D_
 FRUTÍFERAS, PALMÁCEAS, PAISAGÍSTICAS E OUTRAS VARIEDADES.</t>
   </si>
   <si>
     <t>15526</t>
   </si>
   <si>
     <t>336</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15526/ind__336.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15526/ind__336.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL A NECESSIDADE DE REALIZAR MELHORIAS NO BAIRRO VILA NOVA (ANTIGO LOTEAMENTO DO JERÔNIMO), COM DESTAQUE PARA OBRAS DERECUPERAÇÃO NA RUA SANTOS, MANUTENÇÃO EM ESTRUTURA DE FOSSA FILTRO E SERVIÇOS DE LIMPEZA URBANA</t>
   </si>
   <si>
     <t>15527</t>
   </si>
   <si>
     <t>337</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15527/ind___337.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15527/ind___337.pdf</t>
   </si>
   <si>
     <t>INDICO AO CHEFE DO PODER EXECUTIVO MUNICIPAL QUE, POR MEIO DA SECRETARIA COMPETENTE, REALIZE A INSTALAÇÃO DE ILUMINAÇÃO PÚBLICA, NA ENTRADA, E NO PÁTIO, DA IGREJA CONGREGAÇÃO EVANGÉLICA LUTERANA CRISTO É O SENHOR DE SOÍDO DE BAIXO.</t>
   </si>
   <si>
     <t>15528</t>
   </si>
   <si>
     <t>338</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15528/ind__338.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15528/ind__338.pdf</t>
   </si>
   <si>
     <t>INDICO À ADMINISTRAÇÃO MUNICIPAL, QUE POR MEIO DA SECRETARIA A QUE COMPETE, SEJA REALIZADA URGENTEMENTE A INSTALAÇÃO DE ILUMINAÇÃO PÚBLICA E SEJA PROIBIDO O ESTACIONAMENTO DE VEÍCULOS DURANTE A NOITE, NO _x000D_
 BECO QUE DÁ ACESSO À ESCADARIA LOCALIZADA EM ANEXO A LINHA FÉRREA, PRÓXIMO A PADARIA PÃO DOURADO, LOCALIZADA NA RUA EMÍLIO HULLE.</t>
   </si>
   <si>
     <t>15570</t>
   </si>
   <si>
     <t>339</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15570/ind__339.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15570/ind__339.pdf</t>
   </si>
   <si>
     <t>INDICO A NECESSIDADE DE ESTENDER O ALAMBRADO EXISTENTE NO MORRO DA MACEFEL, LOCALIZADO NA RUA CECÍLIA PITANGA, PROLONGANDO-O ATÉ A RESIDÊNCIA DO SR. ELIAS DA PONTE, BEM COMO A INSTALAÇÃO DE GUARD RAIL NO LOCAL.</t>
   </si>
   <si>
     <t>15571</t>
   </si>
   <si>
     <t>340</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15571/ind__340.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15571/ind__340.pdf</t>
   </si>
   <si>
     <t>INDICO À SECRETARIA MUNICIPAL DE OBRAS E SERVIÇOS URBANOS A REALIZAÇÃO DE ESTUDO TÉCNICO NAS RUAS PRESIDENTE COSTA E SILVA, GETÚLIO VARGAS E DEODORO DA FONSECA, LOCALIZADAS NO LOTEAMENTO PARQUE PRESIDENTE, COM ESPECIAL URGÊNCIA NA RUA PRESIDENTE COSTA E SILVA, VISANDO SOLUCIONAR O ACÚMULO DE ÁGUAS PLUVIAIS.</t>
   </si>
   <si>
     <t>15572</t>
   </si>
   <si>
     <t>341</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15572/ind__341.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15572/ind__341.pdf</t>
   </si>
   <si>
     <t>INDICO QUE SEJA VERIFICADA A POSSIBILIDADE DE REALIZAR A LIMPEZA DA ESTÁTUA DO CRISTO LOCALIZADA NA PARÓQUIA DE SANT’ANA, TENDO EM VISTA QUE A MESMA ENCONTRA-SE EM GRANDE ALTURA, SUGERINDO-SE, INCLUSIVE, UMA PARCERIA COM O CORPO DE BOMBEIROS, A FIM DE VIABILIZAR O SERVIÇO COM SEGURANÇA E EFICIÊNCIA.</t>
   </si>
   <si>
     <t>15573</t>
   </si>
   <si>
     <t>342</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15573/ind__342.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15573/ind__342.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR EM CARÁTER DE URGÊNCIA A CONSTRUÇÃO/INSTALAÇÃO DE UMA LIXEIRA DE ALVENARIA NA ENTRADA DA COMUNIDADE DE ALTO NOVA ALMEIDA, PRÓXIMO À PONTE, ZONA RURAL DESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>15574</t>
   </si>
   <si>
     <t>343</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15574/ind__343.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15574/ind__343.pdf</t>
   </si>
   <si>
     <t>INDICO AO EXECUTIVO, POR MEIO DA SECRETARIA MUNICIPAL DE OBRAS E SERVIÇOS URBANOS, QUE SEJA PROVIDENCIADA, COM A MÁXIMA BREVIDADE POSSÍVEL, A LIMPEZA COMPLETA DA QUADRA POLIESPORTIVA DA EMEIEF JOSÉ ALOÍSIO SIMON, SITUADA NO TREVO DE PARAJÚ.</t>
   </si>
   <si>
     <t>15575</t>
   </si>
   <si>
     <t>344</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15575/ind__344.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15575/ind__344.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO PODER EXECUTIVO MUNICIPAL QUE, POR MEIO DA SECRETARIA COMPETENTE, REALIZE COM URGÊNCIA A IMPLEMENTAÇÃO DE MANILHAS NA LOCALIDADE DE RIO DAS PEDRAS, NA ESTRADA RURAL QUE DÁ ACESSO AO SÍTIO JOÃO BATISTA, TENDO COMO REFERÊNCIA O “HORTO BRAVIM”, VISANDO PROPORCIONAR MELHOR ACESSIBILIDADE AOS AGRICULTORES, BEM COMO, FACILITAR O ESCOAMENTO DE SEUS PRODUTOS.</t>
   </si>
   <si>
     <t>15576</t>
   </si>
   <si>
     <t>345</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15576/ind__345.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15576/ind__345.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTA SUBSCREVE, NO USO DE SUAS ATRIBUIÇÕES LEGAIS E REGIMENTAIS, VEM RESPEITOSAMENTE INDICAR AO CHEFE DO PODER EXECUTIVO MUNICIPAL QUE, POR MEIO DA SECRETARIA COMPETENTE, REALIZE COM URGÊNCIA A IMPLEMENTAÇÃO DE UMA ACADEMIA POPULAR E A CONSTRUÇÃO DE GALERIAS PLUVIAIS NA COMUNIDADE DE ALTO NOVA ALMEIDA, ZONA RURAL DESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>15577</t>
   </si>
   <si>
     <t>346</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15577/ind__346.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15577/ind__346.pdf</t>
   </si>
   <si>
     <t>QUE SEJA REFORMADA A ANTIGA ESCOLA DA FAZENDA FISCHER, LOCALIZADA NA COMUNIDADE DO AURÉLIO PUPPIM, E DISPONIBILIZADO UM PONTO DE ATENDIMENTO PARA A EQUIPE DE SAÚDE E ESPAÇO PARA A TERCEIRA IDADE, SALA DE REUNIÕES, ENTRE OUTRAS BENFEITORIAS PARA A CITADA COMUNIDADE.</t>
   </si>
   <si>
     <t>15578</t>
   </si>
   <si>
     <t>347</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15578/ind__347.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15578/ind__347.pdf</t>
   </si>
   <si>
     <t>INDICO À ADMINISTRAÇÃO MUNICIPAL, QUE POR MEIO DA SECRETARIA MUNICIPAL DE SAÚDE E DA SECRETARIA DE ASSISTÊNCIA SOCIAL E DIREITOS HUMANOS, SEJA DISPONIBILIZADO UM SISTEMA DE EMPRÉSTIMO PARA AS FAMÍLIAS FLORIANENSES, DE DISPOSITIVOS QUE AUXILIAM INDIVÍDUOS COM LESÕES NOS MEMBROS INFERIORES OU OUTRO TIPO DE COMPROMETIMENTO, TAIS COMO MULETAS, ANDADORES, CADEIRAS DE RODAS E CAMAS HOSPITALARES, NAS UNIDADES DE SAÚDE DE NOSSA MUNICIPALIDADE, POR MEIO DE PARCERIA ENTRE AMBAS AS SECRETARIAS MUNICIPAIS.</t>
   </si>
   <si>
     <t>15579</t>
   </si>
   <si>
     <t>348</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15579/ind__348.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15579/ind__348.pdf</t>
   </si>
   <si>
     <t>INDICO AO CHEFE DO PODER EXECUTIVO MUNICIPAL, QUE ADOTE POR INTERMÉDIO DA SECRETARIA A QUE COMPETE, A INSTALAÇÃO DE UMA PRAÇA SAUDÁVEL NA VILA SCHUNK.</t>
   </si>
   <si>
     <t>15580</t>
   </si>
   <si>
     <t>349</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15580/ind__349.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15580/ind__349.pdf</t>
   </si>
   <si>
     <t>INDICO À ADMINISTRAÇÃO MUNICIPAL, QUE VIABILIZE POR INTERMÉDIO DA SECRETARIA A QUE COMPETE, A FISCALIZAÇÃO DA PASSARELA DENOMINADA DE "VEREADOR LOLI SCHUNK", QUE INTERLIGA AS RUAS DELIMAR SCHUNK E MATHILDE ADÉLIA ENDRINGER STUM, LOCALIZADAS NA SEDE DO MUNICÍPIO; INDICO AINDA, A REALIZAÇÃO DE SERVIÇO DE TAPA-BURACO EM TODA A EXTENSÃO DA RUA DELIMAR SCHUNK.</t>
   </si>
   <si>
     <t>15581</t>
   </si>
   <si>
     <t>350</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15581/ind__350.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15581/ind__350.pdf</t>
   </si>
   <si>
     <t>INDICO AO CHEFE DO PODER EXECUTIVO MUNICIPAL, QUE POR MEIO DA SECRETARIA COMPETENTE, VIABILIZE E DISPONIBILIZE CURSOS DE CAPACITAÇÃO EM DIVERSAS ÁREAS, DESTINADOS AO PÚBLICO JOVEM DE NOSSA MUNICIPALIDADE.</t>
   </si>
   <si>
     <t>15582</t>
   </si>
   <si>
     <t>351</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15582/ind__351.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15582/ind__351.pdf</t>
   </si>
   <si>
     <t>INDICO AO CHEFE DO PODER EXECUTIVO MUNICIPAL, QUE POR MEIO DA SECRETARIA COMPETENTE, VIABILIZE E REALIZE A INSTALAÇÃO DE MAIS UMA VIGA DE SUSTENTAÇÃO NA PONTE LOCALIZADA PRÓXIMA À ASSOCIAÇÃO DE PRODUTORES DE RIO DAS PEDRAS, ARAGUAYA.</t>
   </si>
   <si>
     <t>15583</t>
   </si>
   <si>
     <t>352</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15583/ind__352.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15583/ind__352.pdf</t>
   </si>
   <si>
     <t>INDICO AO CHEFE DO PODER EXECUTIVO MUNICIPAL, QUE POR MEIO DA SECRETARIA COMPETENTE, VIABILIZE E EXECUTE A AMPLIAÇÃO DA “EMEF PROFESSOR NICOLAU KROHLING”, A FIM DE GARANTIR MELHOR ATENDIMENTO À DEMANDA DE ALUNOS E MELHORES CONDIÇÕES PARA O DESENVOLVIMENTO EDUCACIONAL.</t>
   </si>
   <si>
     <t>15584</t>
   </si>
   <si>
     <t>353</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15584/ind__353.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15584/ind__353.pdf</t>
   </si>
   <si>
     <t>INDICO AO CHEFE DO PODER EXECUTIVO MUNICIPAL, QUE VIABILIZE E REALIZE A CONTRATAÇÃO DE EMPRESA ESPECIALIZADA EM PODA E CORTE DE ÁRVORES, INCLUINDO AS DE GRANDE PORTE.</t>
   </si>
   <si>
     <t>15585</t>
   </si>
   <si>
     <t>354</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15585/ind__354.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15585/ind__354.pdf</t>
   </si>
   <si>
     <t>INDICO AO CHEFE DO PODER EXECUTIVO MUNICIPAL QUE, POR MEIO DA SECRETARIA COMPETENTE, SEJA REALIZADA A SUBSTITUIÇÃO DO TELHADO DA CRECHE “FLOMIRO ENDLICH CANAL NETO” POR TELHAS METÁLICAS.</t>
   </si>
   <si>
     <t>15586</t>
   </si>
   <si>
     <t>355</t>
   </si>
   <si>
     <t>Juarez Xavier, Pastor Adriano</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15586/ind__355.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15586/ind__355.pdf</t>
   </si>
   <si>
     <t>INDICAMOS AO PODER EXECUTIVO MUNICIPAL A REALIZAÇÃO DE MELHORIAS COM PAVIMENTAÇÃO ASFÁLTICA NO TRECHO COMPREENDIDO ENTRE A PROPRIEDADE DO SR. MERINHO KIEFER ATÉ A PONTE NA DIVISA COM DOMINGOS MARTINS, EM COSTA PEREIRA, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>15587</t>
   </si>
   <si>
     <t>356</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15587/ind__356.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15587/ind__356.pdf</t>
   </si>
   <si>
     <t>INDICO AO CHEFE DO PODER EXECUTIVO MUNICIPAL, A REALIZAÇÃO DE OBRAS DE DRENAGEM E PAVIMENTAÇÃO NA AVENIDA ALTEVIR ANTÔNIO WASSEM, NO MUNICÍPIO, VISANDO MELHORAR A INFRAESTRUTURA LOCAL E A QUALIDADE DE VIDA DA POPULAÇÃO.</t>
   </si>
   <si>
     <t>15588</t>
   </si>
   <si>
     <t>357</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15588/ind__357.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15588/ind__357.pdf</t>
   </si>
   <si>
     <t>INDICO AO CHEFE DO PODER EXECUTIVO MUNICIPAL, A IMPLANTAÇÃO DE PONTOS DE COLETA PARA PILHAS, BATERIAS E TONERS USADOS, EM LOCAIS ESTRATÉGICOS COMO ESCOLAS, REPARTIÇÕES PÚBLICAS, ASSOCIAÇÕES DE BAIRRO E _x000D_
 ESTABELECIMENTOS COMERCIAIS PARCEIROS. O OBJETIVO É OFERECER À POPULAÇÃO MEIOS SEGUROS, ACESSÍVEIS E ADEQUADOS PARA O DESCARTE DESSES MATERIAIS.</t>
   </si>
   <si>
     <t>15589</t>
   </si>
   <si>
     <t>358</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15589/ind__358.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15589/ind__358.pdf</t>
   </si>
   <si>
     <t>INDICO, AO EXCELENTÍSSIMO SENHOR PREFEITO, QUE DETERMINE À SECRETARIA COMPETENTE QUE SEJA REALIZADA COM URGÊNCIA, A MANUTENÇÃO E DESOBSTRUÇÃO DOS BUEIROS E SISTEMAS DE DRENAGEM, EM DIVERSOS PONTOS DO MUNICÍPIO DE MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>15590</t>
   </si>
   <si>
     <t>359</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15590/ind__359.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15590/ind__359.pdf</t>
   </si>
   <si>
     <t>INDICO AO CHEFE DO PODER EXECUTIVO MUNICIPAL QUE, POR MEIO DA SECRETARIA COMPETENTE, VIABILIZE A COLETA DE EXAMES DE SANGUE, URINA E FEZES NAS LOCALIDADES DO INTERIOR DE NOSSA MUNICIPALIDADE, COMO COSTA PEREIRA, ALTO NOVA ALMEIDA, BOA ESPERANÇA, ENTRE OUTRAS.</t>
   </si>
   <si>
     <t>15618</t>
   </si>
   <si>
     <t>360</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15618/ind__360.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15618/ind__360.pdf</t>
   </si>
   <si>
     <t>INDICO AO CHEFE DO PODER EXECUTIVO MUNICIPAL, QUE JUNTAMENTE À PASTA RESPONSÁVEL, VIABILIZE E EXECUTE O RETORNO DAS PLACAS DE “PROIBIDO ESTACIONAR AOS SÁBADOS”, NO LOCAL DA FEIRA DA ROÇA.</t>
   </si>
   <si>
     <t>15619</t>
   </si>
   <si>
     <t>361</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15619/ind__361.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15619/ind__361.pdf</t>
   </si>
   <si>
     <t>INDICO AO CHEFE DO PODER EXECUTIVO MUNICIPAL, JUNTAMENTE À PASTA RESPONSÁVEL, PROMOVA MELHORIAS NA RUA EMÍLIO ENDLICH, A QUAL APRESENTA SOLTURA DE BLOQUETES EM ALGUNS TRECHOS, AFUNDAMENTOS EM OUTROS E IRREGULARIDADES AO LONGO DE SUA EXTENSÃO, RESSALTANDO A NECESSIDADE DA EXECUÇÃO DE UM RECAPEAMENTO NA VIA.</t>
   </si>
   <si>
     <t>15620</t>
   </si>
   <si>
     <t>362</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15620/ind__362.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15620/ind__362.pdf</t>
   </si>
   <si>
     <t>INDICO A INSTALAÇÃO DE ILUMINAÇÃO PÚBLICA E CALÇAMENTO OU MANUTENÇÃO, EM CARÁTER DE URGÊNCIA, NA ESTRADA QUE LIGA A RUA DELIMAR SCHUNK À COSTA PEREIRA.</t>
   </si>
   <si>
     <t>15621</t>
   </si>
   <si>
     <t>363</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15621/ind__363.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15621/ind__363.pdf</t>
   </si>
   <si>
     <t>INDICO AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL QUE, EM CONJUNTO COM A SECRETARIA COMPETENTE, VIABILIZE E EXECUTE A ROÇAGEM DA VEGETAÇÃO NO TREVO DE VICTOR HUGO E EM VOLTA DA ESCOLA EMEIEF VICTOR HUGO.</t>
   </si>
   <si>
     <t>15622</t>
   </si>
   <si>
     <t>364</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15622/ind__364.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15622/ind__364.pdf</t>
   </si>
   <si>
     <t>SOLICITO, REALIZAÇÃO DE PATROLAMENTO E CASCALHAMENTO DAS VIAS DE VICTOR HUGO, ESTRADA JOÃO MONGOL, CÓRREGO POLI, CÓRREGO MEDEIROS, CÓRREGO DO OURO, CÓRREGO HOFFMANN, REGIÃO PRÓXIMO A ARARA AZUL, PINHEIRINHO, ALTO SANTA MARIA, ALTO NOVA ALMEIDA E SÍTIO DIAS (ANTIGO LIXÃO).</t>
   </si>
   <si>
     <t>15623</t>
   </si>
   <si>
     <t>365</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15623/ind__365.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15623/ind__365.pdf</t>
   </si>
   <si>
     <t>INDICO AO CHEFE DO PODER EXECUTIVO MUNICIPAL QUE, POR MEIO DA SECRETARIA COMPETENTE, REALIZE, COM URGÊNCIA, A IMPLEMENTAÇÃO DE QUEBRA-MOLAS NA RUA PREST, EM ARAGUAYA.</t>
   </si>
   <si>
     <t>15624</t>
   </si>
   <si>
     <t>366</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15624/ind__366.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15624/ind__366.pdf</t>
   </si>
   <si>
     <t>INDICO À ADMINISTRAÇÃO MUNICIPAL, POR MEIO DA SECRETARIA MUNICIPAL DE SAÚDE, QUE SEJAM PROVIDENCIADAS A INSTALAÇÃO DE PLACAS CONTENDO O NÚMERO DE TELEFONE DO SETOR DE AGENDAMENTO DO TRANSPORTE DA SAÚDE, VISANDO A REALIZAÇÃO DE CONSULTAS E/OU EXAMES EM OUTROS MUNICÍPIOS, VISTO QUE, ESTA MUNICIPALIDADE NÃO DISPÕE DE TAIS PLACAS.</t>
   </si>
   <si>
     <t>15625</t>
   </si>
   <si>
     <t>367</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15625/ind__367.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15625/ind__367.pdf</t>
   </si>
   <si>
     <t>INDICO À GESTÃO MUNICIPAL, POR MEIO DA SECRETARIA A QUE COMPETE, QUE O MUNICÍPIO OFEREÇA AULAS DE DANÇA À COMUNIDADE, TENDO EM VISTA, QUE OS MÉDICOS VÊM RECOMENDANDO-A, DEVIDO OS BENEFÍCIOS FÍSICOS E MENTAIS QUE A MESMA PROPORCIONA.</t>
   </si>
   <si>
     <t>15626</t>
   </si>
   <si>
     <t>368</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15626/ind__368.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15626/ind__368.pdf</t>
   </si>
   <si>
     <t>INDICO, A REALIZAÇÃO DA IMPLEMENTAÇÃO DE CALÇAMENTO E EXTENSÃO DE ILUMINAÇÃO PÚBLICA, POR APROXIMADAMENTE 150M (CENTO E CINQUENTA METROS) NA RUA IDA RUPF, LOCALIZADA NO BAIRRO SANTA RITA.</t>
   </si>
   <si>
     <t>15627</t>
   </si>
   <si>
     <t>369</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15627/ind___369.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15627/ind___369.pdf</t>
   </si>
   <si>
     <t>INDICO AO PODER EXECUTIVO, QUE POR MEIO DA SECRETARIA DE SAÚDE, SEJA IMPLEMENTADO NO MUNICÍPIO O “PROGRAMA BRASIL SORRIDENTE”, VISANDO O OFERECIMENTO DE SERVIÇOS ODONTOLÓGICOS GRATUITOS, POR MEIO DO SISTEMA ÚNICO DE SAÚDE (SUS), PROPORCIONANDO ASSIM, MAIOR ACESSIBILIDADE À SAÚDE BUCAL, À POPULAÇÃO FLORIANENSE.</t>
   </si>
   <si>
     <t>15628</t>
   </si>
   <si>
     <t>370</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15628/ind__370.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15628/ind__370.pdf</t>
   </si>
   <si>
     <t>INDICO À GESTÃO MUNICIPAL, QUE SEJAM DISPONIBILIZADOS AGENTES PÚBLICOS DEVIDAMENTE IDENTIFICADOS COM USO DE COLETE, PARA AUXILIAREM NO TRÂNSITO EM FRENTE À MACEFEL, NOS HORÁRIOS DE PICO (MANHÃ, MEIO DIA E À TARDE), QUANDO HÁ MAIOR FLUXO DE VEÍCULOS, BEM COMO DE PESSOAS TRANSITANDO NAS RUAS, PRINCIPALMENTE EM HORÁRIOS DE ENTRADA E SAÍDA DOS ALUNOS NA “ESCOLA ELISIÁRIO FERREIRA FILHO”, LOCALIZADA NA RUA THIERS _x000D_
 VELOSO.</t>
   </si>
   <si>
     <t>15629</t>
   </si>
   <si>
     <t>371</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15629/ind__371.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15629/ind__371.pdf</t>
   </si>
   <si>
     <t>INDICO, AO EXCELENTÍSSIMO SENHOR PREFEITO QUE, POR INTERMÉDIO DA SECRETARIA MUNICIPAL COMPETENTE, VIABILIZE A REFORMA GERAL DA UNIDADE DE SAÚDE BÁSICA DR. CÉSAR VELLO PUPPIM.</t>
   </si>
   <si>
     <t>15630</t>
   </si>
   <si>
     <t>372</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15630/ind__372.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15630/ind__372.pdf</t>
   </si>
   <si>
     <t>INDICO A URGENTE REALIZAÇÃO DE SERVIÇOS DE REPAROS E SUBSTITUIÇÃO DOS PRANCHÕES DE MADEIRA, BEM COMO O REFORÇO ESTRUTURAL DAS CABECEIRAS DE CONCRETO NA PONTE LOCALIZADA EM SOÍDO DE BAIXO, NA VIA DE ACESSO ÀS FAMÍLIAS KLEIN E OUTROS RESIDENTES DA REGIÃO.</t>
   </si>
   <si>
     <t>15631</t>
   </si>
   <si>
     <t>373</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15631/ind__373.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15631/ind__373.pdf</t>
   </si>
   <si>
     <t>INDICO QUE SEJA REALIZADA A IMEDIATA REALIZAÇÃO DE SERVIÇOS DE MANUTENÇÃO E MELHORIA DE INFRAESTRUTURA NA ESTRADA QUE LIGA RIO FUNDO À RODOVIA ES-146, NO DISTRITO DE SANTA MARIA.</t>
   </si>
   <si>
     <t>15632</t>
   </si>
   <si>
     <t>374</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15632/ind__374.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15632/ind__374.pdf</t>
   </si>
   <si>
     <t>INDICO, AO EXCELENTÍSSIMO SENHOR PREFEITO QUE, POR INTERMÉDIO DA SECRETARIA COMPETENTE, VIABILIZE A LIMPEZA DOS POSTES DE NOSSA MUNICIPALIDADE.</t>
   </si>
   <si>
     <t>15633</t>
   </si>
   <si>
     <t>375</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15633/ind__375.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15633/ind__375.pdf</t>
   </si>
   <si>
     <t>INDICO, AO EXCELENTÍSSIMO SENHOR PREFEITO QUE SOLICITE À SECRETARIA DE CULTURA E TURISMO, JUNTAMENTE COM A SECRETARIA DE INTERIOR E TRANSPORTES, QUE SEJA REALIZADA UMA AÇÃO CONJUNTA PARA PROMOVER MELHORIAS NAS ESTRADAS QUE NÃO SÃO PAVIMENTADAS E QUE LIGAM O CENTRO DO MUNICÍPIO ÀS POUSADAS E HOTÉIS.</t>
   </si>
   <si>
     <t>15639</t>
   </si>
   <si>
     <t>376</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15639/ind_376.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15639/ind_376.pdf</t>
   </si>
   <si>
     <t>INDICA A REALIZAÇÃO IMEDIATA DOS SEGUINTES SERVIÇOS NA ESTRADA VELHA QUE LIGA A SEDE DE MARECHAL FLORIANO À LOCALIDADE DE SOÍDO DE BAIXO: PATROLAMENTO (NIVELAMENTE MECANIZADO); CASCALHAMENTO COM MATERIAL APROPRIADO; REABERTURA DE CAIXAS-SECA E OUTROS DISPOSITIVOS DE DRENAGEM</t>
   </si>
   <si>
     <t>15646</t>
   </si>
   <si>
     <t>378</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15646/ind__378.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15646/ind__378.pdf</t>
   </si>
   <si>
     <t>INDICO AO PODER EXECUTIVO MUNICIPAL, QUE SEJA REALIZADA EM CARÁTER DE URGÊNCIA, REPAROS OU SUBSTITUIÇÃO DAS CALHAS NA EMEIEF VICTOR HUGO</t>
   </si>
   <si>
     <t>15647</t>
   </si>
   <si>
     <t>379</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15647/ind__379.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15647/ind__379.pdf</t>
   </si>
   <si>
     <t>INDICO AO PODER EXECUTIVO MUNICIPAL, POR MEIO DA SECRETARIA DE SAÚDE, QUE SEJA PROVIDENCIADA A SUBSTITUIÇÃO DA CADEIRA ODONTOLÓGICA DA UNIDADE BÁSICA DE SAÚDE JANETA ROSA SIMON STOCKL</t>
   </si>
   <si>
     <t>15648</t>
   </si>
   <si>
     <t>380</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15648/ind__380.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15648/ind__380.pdf</t>
   </si>
   <si>
     <t>INDICO AO PODER EXECUTIVO MUNICIPAL, POR MEIO DA SECRETARIA COMPETENTE, A REALIZAÇÃO DE MELHORIAS NO INÍCIO DA ESTRADA DE BOA ESPERANÇA, BEM COMO AO LONGO DE TODA A SUA EXTENSÃO, QUE APRESENTA INÚMEROS BURACOS E VALETAS DECORRENTES DAS CHUVAS.</t>
   </si>
   <si>
     <t>15649</t>
   </si>
   <si>
     <t>381</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15649/ind__381.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15649/ind__381.pdf</t>
   </si>
   <si>
     <t>INDICO AO PODER EXECUTIVO MUNICIPAL, POR MEIO DA SECRETARIA COMPETENTE, QUE SEJAM REALIZADOS OS SERVIÇOS DE DRENAGEM E RECUPERAÇÃO DA RUA ARMANDO ANTÔNIO WALSH, ESPECIALMENTE NAS PROXIMIDADES DO 4º BATALHÃO DO CORPO DE BOMBEIROS.</t>
   </si>
   <si>
     <t>15650</t>
   </si>
   <si>
     <t>382</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15650/ind__382.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15650/ind__382.pdf</t>
   </si>
   <si>
     <t>INDICO AO CHEFE DO PODER EXECUTIVO MUNICIPAL QUE, POR MEIO DA SECRETARIA COMPETENTE, VIABILIZE A CONSTRUÇÃO DE UMA FOSSA FILTRO COM SUMIDOURO, CAPAZ DE ATENDER, NO MÍNIMO, 80 FAMÍLIAS RESIDENTES NO BAIRRO NOSSA SENHORA DA PENHA, ASSIM COMO FOI REALIZADO NO BAIRRO VILA NOVA, NO ANTIGO LOTEAMENTO DO JERÔNIMO.</t>
   </si>
   <si>
     <t>15651</t>
   </si>
   <si>
     <t>383</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15651/ind__383.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15651/ind__383.pdf</t>
   </si>
   <si>
     <t>INDICO AO CHEFE DO PODER EXECUTIVO MUNICIPAL QUE, POR MEIO DA SECRETARIA COMPETENTE, REALIZE DUAS OPERAÇÕES TAPA-BURACOS: UMA NA ESTRADA DE COSTA PEREIRA, QUE DÁ ACESSO A DIVERSOS MORADORES, E OUTRA NA LOCALIDADE DE ALTO MARECHAL, ONDE AGRICULTORES NECESSITAM DE CONDIÇÕES ADEQUADAS NA VIA PARA O ESCOAMENTO DE SUA PRODUÇÃO AGRÍCOLA.</t>
   </si>
   <si>
     <t>15652</t>
   </si>
   <si>
     <t>384</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15652/ind__384.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15652/ind__384.pdf</t>
   </si>
   <si>
     <t>INDICO AO CHEFE DO PODER EXECUTIVO MUNICIPAL QUE, POR MEIO DA SECRETARIA COMPETENTE, VIABILIZE A CONSTRUÇÃO DE FAIXAS ELEVADAS COM SINALIZAÇÃO DE PARADA PARA PEDESTRES NAS SEGUINTES LOCALIDADES: NA RUA EMÍLIO GUSTAVO HULLE, EM FRENTE À ROSY COSMÉTICOS, À CASA ANDREIA E AO BAR AMÉRIC; NA RUA SANTANA, EM FRENTE À LOTERIA MINA DE OURO E AO BAR DO JADIR; NA RUA EMÍLIO HULLE, EM FRENTE À PADARIA PÃO DOURADO; E NA RUA JOSEFINA RODRIGUES, EM FRENTE À SORVERIA PONTO CERTO.</t>
   </si>
   <si>
     <t>15653</t>
   </si>
   <si>
     <t>385</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15653/ind__385.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15653/ind__385.pdf</t>
   </si>
   <si>
     <t>INDICO A REALIZAÇÃO, COM URGÊNCIA, DE SERVIÇOS DE TAPA-BURACOS COM _x000D_
 MASSA ASFÁLTICA EM TODAS AS RUAS E AVENIDAS DA SEDE E TAMBÉM NA VILA _x000D_
 MIGUEL SOUZA, EM SANTA MARIA, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>15654</t>
   </si>
   <si>
     <t>386</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15654/ind__386.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15654/ind__386.pdf</t>
   </si>
   <si>
     <t>INDICO A REALIZAÇÃO DE ESTUDO TÉCNICO E DE IMPACTO FINANCEIRO COM O _x000D_
 OBJETIVO DE ASSEGURAR AOS SERVIDORES DA EDUCAÇÃO O PAGAMENTO DO _x000D_
 PISO SALARIAL NACIONAL DO MAGISTÉRIO REFERENTE AO ANO DE 2026, COM AS _x000D_
 DEVIDAS REPARAÇÕES DOS ÍNDICES DE REAJUSTE E DEMAIS BENEFÍCIOS, OU A _x000D_
 ADOÇÃO DE CRITÉRIOS QUE POSSIBILITEM O PAGAMENTO INTEGRAL EM _x000D_
 CONFORMIDADE COM A LEGISLAÇÃO VIGENTE.</t>
   </si>
   <si>
     <t>15655</t>
   </si>
   <si>
     <t>387</t>
   </si>
   <si>
     <t>Martim Trarbach, Pastor Adriano</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15655/ind__387.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15655/ind__387.pdf</t>
   </si>
   <si>
     <t>SOLICITAMOS A REALIZAÇÃO DE SERVIÇOS URGENTES DE RECUPERAÇÃO DA PONTE DE MADEIRA LOCALIZADA NA VIA DE ACESSO À PROPRIEDADE DO SENHOR PEDRO KROLING E DEMAIS RESIDÊNCIAS PRÓXIMAS À CASA DA BICA E ÁGUA MINERAL PEDRA AZUL, NA LOCALIDADE DE VICTOR HUGO, NESTE MUNICÍPIO, INCLUINDO REFORÇO ESTRUTURAL DAS CABECEIRAS, VIGAS DE MADEIRA E PRANCHÕES, GARANTINDO SEGURANÇA E MELHOR TRAFEGABILIDADE NO REFERIDO LOCAL.</t>
   </si>
   <si>
     <t>15656</t>
   </si>
   <si>
     <t>388</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15656/ind__388.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15656/ind__388.pdf</t>
   </si>
   <si>
     <t>INDICO, AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL, QUE DENTRO DAS _x000D_
 POSSIBILIDADES SOLICITE A SECRETARIA COMPETENTE A INSTALAÇÃO DE GUARDA-CORPO NAS PONTES LOCALIZADAS NAS RUAS MARIA BOTELHO DE ALMEIDA TRARBACH, THEOBALDO RUPF E ADOLFO GERHARDT FILHO.</t>
   </si>
   <si>
     <t>15657</t>
   </si>
   <si>
     <t>389</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15657/ind__389.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15657/ind__389.pdf</t>
   </si>
   <si>
     <t>INDICO, AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL, QUE DENTRO DAS POSSIBILIDADES SOLICITE AO SETOR COMPETENTE A CONSTRUÇÃO DE DOIS DEPÓSITOS DESTINADOS AO DESCARTE DE LIXO RESIDENCIAL, SENDO UM NAS PROXIMIDADES DA CABOCLA, NO BAIRRO SOÍDO DE BAIXO, E O OUTRO PRÓXIMO À SAIDA DO BAIRRO NOSSA SENHORA DA PENHA.</t>
   </si>
   <si>
     <t>15658</t>
   </si>
   <si>
     <t>390</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15658/ind__390.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15658/ind__390.pdf</t>
   </si>
   <si>
     <t>INDICA QUE DETERMINE, COM A MÁXIMA URGÊNCIA, À SECRETARIA MUNICIPAL DE INTERIOR E TRANSPORTE A EXECUÇÃO DE SERVIÇOS DE PATROLAMENTO, CASCALHAMENTO, COMPACTAÇÃO E RESTAURAÇÃO DA BASE NAS ESTRADAS PRINCIPAIS E VICINAIS DE TODOS OS DISTRITOS DO MMUNICÍPIO; A LIMPEZA E DESOBSTRUÇÃO DE VALETAS, BUEIROS E DISPOSITIVOS DE DRENAGEM PLUVIAL.</t>
   </si>
   <si>
     <t>15666</t>
   </si>
   <si>
     <t>391</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15666/ind__391.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15666/ind__391.pdf</t>
   </si>
   <si>
     <t>QUE SEJA VIABILIZADA A CONCESSÃO DE AJUDA DE CUSTO PARA O TRANSPORTE/DESLOCAMENTO DOS PROFESSORES QUE LECIONAM NAS ESCOLAS DO INTERIOR DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>15667</t>
   </si>
   <si>
     <t>392</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15667/ind__392.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15667/ind__392.pdf</t>
   </si>
   <si>
     <t>INDICO QUE SEJA INCLUÍDA A COMUNIDADE DE SOÍDO DE BAIXO, NO PROJETO “VILA CRIANÇA FELIZ” PROMOVIDO PELA PREFEITURA MUNICIPAL DE MARECHAL FLORIANO-ES, EM PARCERIA COM EMPRESAS LOCAIS.</t>
   </si>
   <si>
     <t>15689</t>
   </si>
   <si>
     <t>393</t>
   </si>
   <si>
     <t>Pastor Adriano, Diogo da AMAR, Vaninho Stein</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15689/ind__393.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15689/ind__393.pdf</t>
   </si>
   <si>
     <t>SOLICITAMOS EM CARÁTER DE URGÊNCIA QUE SEJAM VIABILIZADAS PROVIDÊNCIAS, VISANDO MELHORIAS NA ESTRUTURA FÍSICA DO "CMEI VOVÓ FERNANDINA"</t>
   </si>
   <si>
     <t>15668</t>
   </si>
   <si>
     <t>394</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15668/ind__394.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15668/ind__394.pdf</t>
   </si>
   <si>
     <t>SOLICITO A V. EX.ª, POR MEIO DA SECRETARIA MUNICIPAL DE OBRAS E SERVIÇOS URBANOS, QUE SEJA REALIZADA A LIMPEZA E O REASSENTAMENTO DOS BLOQUETES NA RUA HERMÍNIO JOSÉ ENTRINGER, LOCALIZADA NA VILA DAS ORQUÍDEAS, BEM COMO, SEJAM SUBSTITUÍDAS AS LÂMPADAS QUEIMADAS DOS POSTES.</t>
   </si>
   <si>
     <t>15669</t>
   </si>
   <si>
     <t>395</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15669/ind__395.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15669/ind__395.pdf</t>
   </si>
   <si>
     <t>SOLICITO A V. EX.ª, POR MEIO DA SECRETARIA MUNICIPAL DE OBRAS E SERVIÇOS _x000D_
 URBANOS, QUE SEJA REALIZADA A APLICAÇÃO DE MANTA ASFÁLTICA NA RUA _x000D_
 ARMANDO ANTÔNIO WALSCH – VALE DAS PALMAS, ESPECIALMENTE NO TRECHO _x000D_
 LOCALIZADO EM FRENTE AO EDIFÍCIO ELITE, ONDE HÁ FALHAS EVIDENTES NA _x000D_
 PAVIMENTAÇÃO.</t>
   </si>
   <si>
     <t>15670</t>
   </si>
   <si>
     <t>396</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15670/ind__396.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15670/ind__396.pdf</t>
   </si>
   <si>
     <t>SOLICITO AO PODER EXECUTIVO MUNICIPAL QUE, POR MEIO DA SECRETARIA _x000D_
 COMPETENTE, REALIZE A INSTALAÇÃO DE LIXEIRAS ADEQUADAS, BEM COMO A AMPLIAÇÃO DOS PONTOS DE COLETA DE LIXO NA RUA CECÍLIA PITANGA PINTO, NO MORRO DA MACEFEL, NAS PROXIMIDADES DA SEGUNDA TORRE. RESSALTO, AINDA, A NECESSIDADE DE AUMENTO DA FREQUÊNCIA DA COLETA, BEM COMO A REALIZAÇÃO DE CAMPANHAS DE CONSCIENTIZAÇÃO E ORIENTAÇÃO À POPULAÇÃO QUANTO AO DESCARTE CORRETO DE MÓVEIS E RESÍDUOS VOLUMOSOS, EVITANDO QUE TAIS _x000D_
 MATERIAIS SEJAM DEPOSITADOS FORA DOS HORÁRIOS E LOCAIS APROPRIADOS.</t>
   </si>
   <si>
     <t>15671</t>
   </si>
   <si>
     <t>397</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15671/ind__397.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15671/ind__397.pdf</t>
   </si>
   <si>
     <t>INDICO AO PODER EXECUTIVO MUNICIPAL, POR MEIO DA SECRETARIA COMPETENTE, QUE SEJA VIABILIZADO E IMPLEMENTADO O ATENDIMENTO DOMICILIAR DA EQUIPE DE FISIOTERAPIA PARA PESSOAS ACAMADAS E/OU COM MOBILIDADE REDUZIDA.</t>
   </si>
   <si>
     <t>15672</t>
   </si>
   <si>
     <t>398</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15672/ind__398.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15672/ind__398.pdf</t>
   </si>
   <si>
     <t>INDICO AO PODER EXECUTIVO MUNICIPAL, POR MEIO DA SECRETARIA COMPETENTE, QUE SEJA DISPONIBILIZADO AOS SERVIDORES QUE TRABALHAM EXPOSTOS AO TEMPO UM KIT DE PROTEÇÃO PARA O VERÃO, CONTENDO, NO MÍNIMO: _x000D_
 1. PROTETOR SOLAR COM 50FPS OU MAIS, RESISTENTE A ÁGUA E AO SUOR; _x000D_
 2. CHAPÉU COM ABAS E TECIDO COM PROTEÇÃO UV; _x000D_
 3. ÓCULOS DE PROTEÇÃO COM FILTRO UV; _x000D_
 4. GARRAFA DE ÁGUA.</t>
   </si>
   <si>
     <t>15673</t>
   </si>
   <si>
     <t>399</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15673/ind__399.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15673/ind__399.pdf</t>
   </si>
   <si>
     <t>INDICO QUE A SECRETARIA DE OBRAS E SERVIÇOS URBANOS, FAÇA UM CRONOGRAMA DAS RUAS QUE SERÃO LAVADAS E QUE SEJAM INFORMADAS AOS MORADORES E LOJISTAS DAS RESPECTIVAS VIAS DE ACESSO, POR MEIO DE COMUNICADOS VIA INTERNET, WHATSAPP, OU AINDA POR MEIO DA ACIASMAF, MAS QUE NÃO DEIXEM DE COMUNICÁ-LOS, PARA QUE OS MESMOS POSSAM SE PREPARAR, TIRANDO OS VEÍCULOS DAS RUAS.</t>
   </si>
   <si>
     <t>15674</t>
   </si>
   <si>
     <t>400</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15674/ind__400.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15674/ind__400.pdf</t>
   </si>
   <si>
     <t>INDICO AO EXECUTIVO MUNICIPAL, POR MEIO DA SECRETARIA A QUE COMPETE A REALIZAÇÃO DE CONSERTO DE UM BUEIRO EM FRENTE A RESIDÊNCIA DO SR. VANDERLEI CALVI, LOCALIZADA NA RUA PREST, EM ARAGUAYA.</t>
   </si>
   <si>
     <t>15675</t>
   </si>
   <si>
     <t>401</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15675/ind__401.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15675/ind__401.pdf</t>
   </si>
   <si>
     <t>INDICO AO CHEFE DO PODER EXECUTIVO MUNICIPAL QUE, POR MEIO DA SECRETARIA COMPETENTE, SEJA COLOCADA EM PLENO FUNCIONAMENTO A ELEVATÓRIA DE ÁGUA LOCALIZADA NA RUA PREST, NO DISTRITO DE ARAGUAYA. ESTA AÇÃO É FUNDAMENTAL PARA ATENDER DIVERSAS FAMÍLIAS DA LOCALIDADE, ASSEGURANDO O FORNECIMENTO CONTÍNUO E ADEQUADO DE ÁGUA AO LONGO DE TODO O ANO.</t>
   </si>
   <si>
     <t>15676</t>
   </si>
   <si>
     <t>402</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15676/ind__402.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15676/ind__402.pdf</t>
   </si>
   <si>
     <t>INDICO AO CHEFE DO PODER EXECUTIVO MUNICIPAL QUE, POR MEIO DA SECRETARIA COMPETENTE, REALIZE A SUBSTITUIÇÃO DAS ATUAIS LÂMPADAS DE TODAS AS RUAS DO DISTRITO DE SANTA MARIA DE MARECHAL POR LUMINÁRIAS DE LED, DESTACANDO, ESPECIALMENTE, AS RUAS DA BAIXADA, AS PARALELAS À ESTAÇÃO DE ÁGUA E AS PROXIMIDADES DA RODOVIA QUE ATRAVESSA O DISTRITO, DE FORMA A GARANTIR MAIOR ILUMINAÇÃO NOS LOCAIS DE MAIOR CIRCULAÇÃO DA COMUNIDADE.</t>
   </si>
   <si>
     <t>15677</t>
   </si>
   <si>
     <t>403</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15677/ind__403.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15677/ind__403.pdf</t>
   </si>
   <si>
     <t>INDICO AO CHEFE DO PODER EXECUTIVO MUNICIPAL QUE, POR MEIO DA PROCURADORIA, SEJA REALIZADO ESTUDO PARA ALTERAR OU SUPRIMIR A SEÇÃO III DO TÍTULO III DA LEI MUNICIPAL Nº 488. A ATUAL COBRANÇA DE TAXAS SOBRE AMBULANTES TEM TORNADO INSUSTENTÁVEL A ATIVIDADE COMERCIAL DE DIVERSOS MUNÍCIPES, QUE ENFRENTAM CONCORRÊNCIA DESLEAL DE VENDEDORES PROVENIENTES DE OUTROS MUNICÍPIOS, OS QUAIS ATUAM SEM A DEVIDA REGULAMENTAÇÃO.</t>
   </si>
   <si>
     <t>15678</t>
   </si>
   <si>
     <t>404</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15678/ind__404.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15678/ind__404.pdf</t>
   </si>
   <si>
     <t>INDICO AO EXECUTIVO MUNICIPAL, POR MEIO DA SECRETARIA COMPETENTE A INSTALAÇÃO DE BUEIROS NA VILA MIGUEL SOUZA, TENDO EM VISTA, QUE A MESMA CONTA COM POUQUÍSSIMOS BUEIROS.</t>
   </si>
   <si>
     <t>15679</t>
   </si>
   <si>
     <t>405</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15679/ind__405.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15679/ind__405.pdf</t>
   </si>
   <si>
     <t>INDICO AO EXECUTIVO MUNICIPAL QUE, POR MEIO DA SECRETARIA COMPETENTE, REALIZE UM LEVANTAMENTO DOS PROJETOS DE PRÉDIOS RESIDENCIAIS E COMERCIAIS, IDENTIFICANDO A QUANTIDADE DE GARAGENS E UNIDADES FAMILIARES EXISTENTES, COM O OBJETIVO DE GARANTIR A UTILIZAÇÃO CORRETA DAS VAGAS DE GARAGEM, _x000D_
 CONFORME DETERMINA O CÓDIGO DE OBRAS E DE POSTURA DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>15680</t>
   </si>
   <si>
     <t>406</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15680/ind__406.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15680/ind__406.pdf</t>
   </si>
   <si>
     <t>INDICO AO EXECUTIVO MUNICIPAL QUE, POR MEIO DA SECRETARIA DE OBRAS E DA SECRETARIA DE MEIO AMBIENTE, ELABORE UM PROGRAMA DE CONSCIENTIZAÇÃO E FISCALIZAÇÃO VOLTADO À COLETA DE LIXO NO MUNICÍPIO DE MARECHAL FLORIANO, COM O OBJETIVO DE ASSEGURAR O DESCARTE E O TRANSBORDO ADEQUADOS DOS MATERIAIS RECOLHIDOS NAS LIXEIRAS PÚBLICAS E NOS PONTOS DE DEPOSIÇÃO DE LIXO DOMICILIAR E COMERCIAL.</t>
   </si>
   <si>
     <t>15681</t>
   </si>
   <si>
     <t>407</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15681/ind__407.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15681/ind__407.pdf</t>
   </si>
   <si>
     <t>INDICO QUE SEJA REALIZADA A CONSTRUÇÃO DE BUEIROS E/OU MANILHAMENTO NA LOCALIDADE SITUADA APÓS O CAMPO DO APOLLO, SENTIDO AO SÍTIO SUZIANE, PRÓXIMO À PROPRIEDADE DO SR. GELSON TRARBACH</t>
   </si>
   <si>
     <t>15720</t>
   </si>
   <si>
     <t>408</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15720/ind__408.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15720/ind__408.pdf</t>
   </si>
   <si>
     <t>INDICO AO EXECUTIVO MUNICIPAL QUE ESTUDE A POSSIBILIDADE DE AUMENTAR O VALOR DA AJUDA DE CUSTO DE TRANSPORTE ESCOLAR PARA, NO MÍNIMO, R$ 300,00, DESTINADA AOS ESTUDANTES DE MARECHAL FLORIANO QUE INGRESSAM NO ENSINO SUPERIOR E/OU EM CURSOS TÉCNICOS NA GRANDE VITÓRIA.</t>
   </si>
   <si>
     <t>15721</t>
   </si>
   <si>
     <t>409</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15721/ind__409.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15721/ind__409.pdf</t>
   </si>
   <si>
     <t>INDICO AO PODER EXECUTIVO MUNICIPAL, POR MEIO DA SECRETARIA COMPETENTE, QUE SEJA REALIZADO ESTUDO TÉCNICO PARA A VIABILIZAÇÃO DA AQUISIÇÃO DE UM TRATOR EQUIPADO COM APLICADORA DE CIMENTO E CAL, BEM COMO DE UMA RECICLADORA DE SOLO DESTINADA À PRODUÇÃO DE SOLO-CIMENTO, A FIM DE PROPORCIONAR MELHORIAS NA RECUPERAÇÃO E MANUTENÇÃO DAS ESTRADAS RURAIS DE TERRA BATIDA.</t>
   </si>
   <si>
     <t>15722</t>
   </si>
   <si>
     <t>410</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15722/ind__410.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15722/ind__410.pdf</t>
   </si>
   <si>
     <t>INDICO AO PODER EXECUTIVO MUNICIPAL, POR MEIO DA SECRETARIA COMPETENTE, QUE SEJAM REALIZADAS MELHORIAS EM TODA A EXTENSÃO DA ESTRADA, QUE TEM INÍCIO NA VILA SCHUNK E DÁ ACESSO À "CURVA DA MORTE", NA LOCALIDADE DE SOÍDO DE BAIXO.</t>
   </si>
   <si>
     <t>15723</t>
   </si>
   <si>
     <t>411</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15723/ind__411.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15723/ind__411.pdf</t>
   </si>
   <si>
     <t>INDICO AO PODER EXECUTIVO MUNICIPAL, POR INTERMÉDIO DAS SECRETARIAS MUNICIPAIS DE EDUCAÇÃO E SAÚDE, QUE VIABILIZE UMA PARCERIA PARA QUE AS DECLARAÇÕES DE SITUAÇÃO VACINAL DOS ALUNOS, DOCUMENTO NECESSÁRIO PARA REMATRÍCULA, SEJAM ENVIADAS DIRETAMENTE ÀS ESCOLAS POR MEIO DE SISTEMA INTEGRADO OU OUTRO MEIO OFICIAL DISPONÍVEL, DISPENSANDO OS PAIS OU RESPONSÁVEIS DE SE DESLOCAREM ATÉ AS UNIDADES DE SAÚDE PARA SOLICITAR TAL DOCUMENTO.</t>
   </si>
   <si>
     <t>15724</t>
   </si>
   <si>
     <t>412</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15724/ind__412.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15724/ind__412.pdf</t>
   </si>
   <si>
     <t>INDICO AO PODER EXECUTIVO MUNICIPAL, POR MEIO DA SECRETARIA COMPETENTE, QUE VIABILIZE A CONSTRUÇÃO DE DUAS GRELHAS DE CONTENÇÃO DE ÁGUA: UMA LOCALIZADA NO PÉ DO MORRO DA MAÇONARIA, NA RUA GETÚLIO VARGAS, E OUTRA NA RUA PRESIDENTE COSTA E SILVA. CONSIDERANDO QUE A RUA GETÚLIO VARGAS NÃO POSSUI UM SISTEMA EFETIVO DE CAPTAÇÃO PLUVIAL, TODA A ÁGUA DESCENDE O _x000D_
 MORRO E, EM GRANDE VOLUME, ALCANÇA A RUA PRESIDENTE COSTA E SILVA, CHEGANDO A INUNDAR RESIDÊNCIAS.</t>
   </si>
   <si>
     <t>15710</t>
   </si>
   <si>
     <t>413</t>
   </si>
   <si>
     <t>Pastor Adriano, Cabral, Vaninho Stein</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15710/413.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15710/413.pdf</t>
   </si>
   <si>
     <t>INDICO AO PODER EXECUTIVO MUNICIPAL, POR MEIO DA SECRETARIA COMPETENTE, QUE SEJA REALIZADA, COM URGÊNCIA, A MANUTENÇÃO GERAL DE TODOS OS CONSULTÓRIOS ODONTOLÓGICOS DESTA MUNICIPALIDADE, CONTEMPLANDO A REVISÃO E O REPARO DAS CADEIRAS ODONTOLÓGICAS, COMPRESSORES, ESTRUTURA FÍSICA DOS CONSULTÓRIOS, INSTALAÇÃO E MANUTENÇÃO DE APARELHOS DE AR_x000D_
 CONDICIONADO, ALÉM DA MANUTENÇÃO DE ARMÁRIOS, MESAS E DA ADEQUADA DISPONIBILIZAÇÃO DE MATERIAIS DE ESCRITÓRIO.</t>
   </si>
   <si>
     <t>15725</t>
   </si>
   <si>
     <t>414</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15725/ind__414.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15725/ind__414.pdf</t>
   </si>
   <si>
     <t>INDICO AO PODER EXECUTIVO MUNICIPAL, POR MEIO DA SECRETARIA COMPETENTE, QUE SEJAM REALIZADAS MELHORIAS EM TODA EXTENÇÃO DA ESTRADA, PRÓXIMA A ''CURVA DA MORTE'', QUE DA ACESSO A VILA EM SOÍDO DE BAIXO.</t>
   </si>
   <si>
     <t>14690</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14690/159.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14690/159.pdf</t>
   </si>
   <si>
     <t>A CÂMARA MUNICIPAL DE MARECHAL FLORIANO, EM NOME DE TODOS OS SEUS MEMBROS E DA COMUNIDADE QUE REPRESENTA, MANIFESTA SEU PROFUNDO PESAR PELO FALECIMENTO DA SRA. FRANCISCA PACHECO XAVIER, OCORRIDO NA PRESENTE DATA</t>
   </si>
   <si>
     <t>14799</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14799/mocao_02.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14799/mocao_02.pdf</t>
   </si>
   <si>
     <t>VOTO DE APLAUSOS E RECONHECIMENTO, TENDO COMO DISTINÇÃO O ILUSTRÍSSIMO SENHOR JARBAS ROCHA</t>
   </si>
   <si>
     <t>14962</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14962/mocao_04_chapolim.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14962/mocao_04_chapolim.pdf</t>
   </si>
   <si>
     <t>PELA PRESENTE, SOLICITO À MESA DIRETORA, QUE, APÓS OUVIR O PLENÁRIO DESTA CASA LEGISLATIVA, E, DISPENSADAS AS DEMAIS FORMALIDADES REGIMENTAIS, SEJA INSERIDA NA ATA DOS TRABALHOS, UM VOTO DE APLAUSOS E RECONHECIMENTO, TENDO COMO DISTINÇÃO, À COOPERMONTANHAS – COOPERATIVA DE TRANSPORTE DAS MONTANHAS, POR MEIO DE TODOS OS SEUS COOPERADOS.</t>
   </si>
   <si>
     <t>15079</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15079/770.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15079/770.pdf</t>
   </si>
   <si>
     <t>PELA PRESENTE, SOLICITAMOS A MESA DIRETORA, QUE, APÓS OUVIR O PLENÁRIO DESTA CASA LEGISLATIVA, E, DISPENSADAS AS DEMAIS FORMALIDADES REGIMENTAIS, SEJA ENCAMINHADO A MAIS PROFUNDA "MOÇÃO DE PESAR" AOS FAMILIARES DO SENHOR IVO CANAL, EM FACE AO SEU FALECIMENTO, OCORRIDO NO DIA 26 DE ABRIL DO CORRENTE ANO, FALTANDO UM MÊS PARA COMPLETAR 83 ANOS.</t>
   </si>
   <si>
     <t>15128</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15128/mocao_06_-_certa.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15128/mocao_06_-_certa.pdf</t>
   </si>
   <si>
     <t>PELA PRESENTE, SOLICITO À MESA DIRETORA, QUE, APÓS OUVIR O PLENÁRIO DESTA CASA LEGISLATIVA, E, DISPENSADAS AS DEMAIS FORMALIDADES REGIMENTAIS, SEJA INSERIDA NA ATA DOS TRABALHOS, UM VOTO DE APLAUSOS E RECONHECIMENTO, TENDO COMO DISTINÇÃO, O EXCELENTÍSSIMO SENHOR TENENTE CORONEL EDINEI BALBINO DE SOUZA, EM FACE À SUA NOTÓRIA DEDICAÇÃO, EMPENHO E ÊXITO NA CARREIRA MILITAR, SOBRETUDO, PELOS RELEVANTES SERVIÇOS PRESTADOS EM NOSSO MUNICÍPIO, EM FACE À SUA EXCELENTE ATUAÇÃO COMO COMANDANTE DA 6ª COMPANHIA INDEPENDENTE DA POLÍCIA MILITAR/ES.</t>
   </si>
   <si>
     <t>15185</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15185/mo07.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15185/mo07.pdf</t>
   </si>
   <si>
     <t>PELA PRESENTE, PROPONHO A ESTA CASA LEGISLATIVA, QUE SEJA INSERIDO NA PAUTA DOS NOSSOS TRABALHOS, UM VOTO DE PESAR AOS FAMILIARES DA SENHORA IRENE KIEFER, EM FACE DE SEU FALECIMENTO, OCORRIDO EM 22 DE MAIO DO CORRENTE ANO, AOS 87 ANOS.</t>
   </si>
   <si>
     <t>15186</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15186/m_8.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15186/m_8.pdf</t>
   </si>
   <si>
     <t>PELA PRESENTE, PROPONHO A ESTA CASA LEGISLATIVA, QUE SEJA INSERIDO NA PAUTA DOS NOSSOS TRABALHOS, UM VOTO DE PROFUNDO PESAR AOS FAMILIARES DA SENHORA ROSA PASETTO, EM FACE DE SEU FALECIMENTO, OCORRIDO EM 29 DE MAIO DO CORRENTE ANO, AOS 86 ANOS.</t>
   </si>
   <si>
     <t>15242</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15242/mocao_09.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15242/mocao_09.pdf</t>
   </si>
   <si>
     <t>A CÂMARA MUNICIPAL DE MARECHAL FLORIANO, POR MEIO DE SEU PRESIDENTE, VEREADOR JUAREZ JOSÉ XAVIER, APRESENTA A PRESENTE MOÇÃO DE APLAUSOS E RECONHECIMENTO À SENHORA GISELE MARA NALESSO MEES, PELOS RELEVANTES SERVIÇOS PRESTADOS AO MUNICÍPIO DE MARECHAL FLORIANO AO LONGO DE SUA EXEMPLAR CARREIRA COMO SERVIDORA PÚBLICA.</t>
   </si>
   <si>
     <t>15289</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15289/mocao_10.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15289/mocao_10.pdf</t>
   </si>
   <si>
     <t>A CÂMARA MUNICIPAL DE MARECHAL FLORIANO, NO USO DE SUAS ATRIBUIÇÕES LEGAIS E REGIMENTAIS, APRESENTA A PRESENTE MOÇÃO DE APLAUSOS E RECONHECIMENTO AO SENHOR PERICLES ALVES NORONHA, CIRURGIÃO-DENTISTA E SANITARISTA, PELOS RELEVANTES SERVIÇOS PRESTADOS À SAÚDE PÚBLICA E À CIDADANIA, TANTO NO ESTADO DO ESPÍRITO SANTO, QUANTO NO MUNICÍPIO DE MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>15290</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15290/mocao11.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15290/mocao11.pdf</t>
   </si>
   <si>
     <t>PELA PRESENTE , PROPONHO A ESTA CASA LEGISLATIVA, QUE SEJA INSERIDO NA PAUTA DOS TRABALHOS, UM VOTO DE PROFUNDO PESAR AOS FAMILIARES DO PR. GEDELTI VICTALINO TEIXEIRA GUEIROS, EM FACE DO SEU FALECIMENTO, OCORRIDO NO DIA 05 DO CORRENTE MÊS E ANO, EM VILA VELHA, AOS 93 ANOS, ENCERRANDO UM LONGO PERÍODO DE LIDERANÇA À FRENTE DA IGREJA CRISTÃ MARANATA.</t>
   </si>
   <si>
     <t>15342</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15342/moc_012.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15342/moc_012.pdf</t>
   </si>
   <si>
     <t>A CÂMARA MUNICIPAL DE MARECHAL FLORIANO, NO USO DE SUAS ATRIBUIÇÕES LEGAIS E REGIMENTAIS, APRESENTA A PRESENTE MOÇÃO DE APLAUSOS E RECONHECIMENTO À "QUEIJARIA HOLLUNDER", SITUADA EM BOA ESPERANÇA, NESTE MUNICÍPIO, NA PESSOA DO SEU PROPRIETÁRIO, SENHOR ANDERSON HOLLUNDER.</t>
   </si>
   <si>
     <t>15405</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15405/mocao_013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15405/mocao_013.pdf</t>
   </si>
   <si>
     <t>PELA PRESENTE, SOLICITO À MESA DIRETORA QUE, APÓS OUVIR O PLENÁRIO DESTA CASA LEGISLATIVA E DISPENSADAS AS DEMAIS FORMALIDADES REGIMENTAIS, SEJA INSERIDO NA ATA DOS TRABALHOS UM VOTO DE APLAUSOS E RECONHECIMENTO À EQUIPE R2 TEAM MARECHAL FLORIANO – LIDERADA PELO MESTRE AGNALDO GÓES – PELA DEDICAÇÃO, DISCIPLINA E EXCELÊNCIA DEMONSTRADAS POR SEUS ATLETAS, QUE VÊM CONQUISTANDO EXPRESSIVOS RESULTADOS EM DIVERSOS TORNEIOS, COM DESTAQUE PARA O “VITÓRIA INTERNACIONAL OPEN 2025”.</t>
   </si>
   <si>
     <t>15428</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15428/moc_14.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15428/moc_14.pdf</t>
   </si>
   <si>
     <t>PELA PRESENTE, PROPONHO QUE SEJA INSERIDO, NA PAUTA DE NOSSOS TRABALHOS, UM VOTO DE APLAUSOS E RECONHECIMENTO, TENDO COMO DISTINÇÃO O SR. SANDRO SCHNEIDER VITÓRIA, EM FACE AO EXCELENTE TRABALHO QUE VEM REALIZANDO EM NOSSA MUNICIPALIDADE, COMO PROPRIETÁRIO DA EMPRESA "SSV TRANSPORTES DE PASSAGEIROS EIRELE - ME", NA QUAL VEM ATUANDO HÁ 08 ANOS, COMO MOTORISTA, CONDUZINDO OS PACIENTES COM ZELO, PRESTEZA, DEDICAÇÃO, AGILIDADE E RESPONSABILIDADE, PARA REALIZAREM AS SUAS CONSULTAS DE ESPECIALIDADES E EXAMES AGENDADOS NA GRANDE VITÓRIA, DESTACANDO-SE COMO PROFISSIONAL EXEMPLAR.</t>
   </si>
   <si>
     <t>15485</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15485/moc_15.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15485/moc_15.pdf</t>
   </si>
   <si>
     <t>PELA PRESENTE, PROPONHO QUE SEJA INSERIDO, NA PAUTA DE NOSSOS TRABALHOS, UM VOTO DE APLAUSOS E RECONHECIMENTO, À INSTITUIÇÃO DE ENSINO EEEFM EMÍLIO OSCAR HULLE, DA QUAL, CINCO ALUNOS TIVERAM SEUS POEMAS SELECIONADOS EM CONCURSOS REALIZADOS DENTRO E FORA DO ESTADO, SENDO QUATRO DELES: PAOLA SCHNEIDER MARTINS, 1ªM04; SARAH LUCINDO DE SÁ, 1ªV01; ARTHUR GOMES AMÂNCIO, 2ªV01; E LOTHAR GOMES FIORIN, 3ªV01. OS QUAIS, TERÃO SEUS POEMAS SELECIONADOS E PUBLICADOS NO 1º CONCURSO LITERÁRIO INTERESCOLAR DO ESPÍRITO SANTO, PROMOVIDO PELO FUNCULTURA – SECULT/ES, COM O RELEVANTE APOIO DA ACADEMIA CARIACIQUENSE DE LETRAS.</t>
   </si>
   <si>
     <t>15529</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15529/1689.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15529/1689.pdf</t>
   </si>
   <si>
     <t>A CÂMARA MUNICIPAL DE MARECHAL FLORIANO, POR INICIATIVA DO VEREADOR DIOGO ENDLICH DE OLIVEIRA, MANIFESTA, POR MEIO DESTA MOÇÃO, APLAUSOS E RECONHECIMENTO À JOVEM ESCRITORA STHEFANY TRABACK DA SILVA, DE 20 ANOS, MORADORA DESTE MUNICÍPIO, PELA CONQUISTA DO 3º LUGAR NA CATEGORIA POESIA – ADULTO, NO 3º CONCURSO LITERÁRIO SÉRGIO DE LAFORET PADILHA, PROMOVIDO PELO CENTRO DE ESCRITORES LOURENCIANOS (CEL), NO RIO GRANDE DO SUL.</t>
   </si>
   <si>
     <t>14800</t>
   </si>
   <si>
     <t>PAR</t>
   </si>
   <si>
     <t>Parecer das Comissões</t>
   </si>
   <si>
     <t>CLJRF - COMISSÃO DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO FINAL</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14800/parecer_02.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14800/parecer_02.pdf</t>
   </si>
   <si>
     <t>VETO INTEGRAL AO AUTÓGRAFO DE LEI Nº 088/2024, RESULTANTE DO PROJETO DE LEI Nº 105/2024, QUE "DECLARA COMO UTILIDADE PÚBLICA MUNICIPAL O CLUBE RECREATIVO ARAGUAIENSE, E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>14801</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14801/parece_03.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14801/parece_03.pdf</t>
   </si>
   <si>
     <t>VETO INTEGRAL AO AUTÓGRAFO DE LEI Nº 097/2024, RESULTANTE DO PROJETO DE LEI Nº 119/2024, QUE “DECLARA COMO ‘PATRONO DA EDUCAÇÃO DO MUNICÍPIO DE MARECHAL FLORIANO/ES’, O PROFESSOR ULRICH KUSTER”.</t>
   </si>
   <si>
     <t>14802</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14802/parece_04.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14802/parece_04.pdf</t>
   </si>
   <si>
     <t>VETO INTEGRAL AO AUTÓGRAFO DE LEI Nº 089/2024, RESULTANTE DO PROJETO DE LEI Nº 106/2024, QUE “DISPÕE SOBRE O USO ADEQUADO DAS PRAÇAS E VIAS PÚBLICAS DE MARECHAL FLORIANO/ES E GARANTE SEGURANÇA NESSES LOCAIS”.</t>
   </si>
   <si>
     <t>14803</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14803/parece_05.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14803/parece_05.pdf</t>
   </si>
   <si>
     <t>VETO INTEGRAL AO AUTÓGRAFO DE LEI Nº 082/2024, RESULTANTE DO PROJETO DE LEI Nº 097/2024, QUE “DENOMINA DE ‘RUA ODETE BRAVIM BUSATO’, LOCALIZADA NA VILA SANTO ANTÔNIO, NO DISTRITO DE ARAGUAYA”.</t>
   </si>
   <si>
     <t>14804</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14804/parece_06.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14804/parece_06.pdf</t>
   </si>
   <si>
     <t>VETO INTEGRAL AO AUTÓGRAFO DE LEI Nº 079/2024, RESULTANTE DO PROJETO DE LEI Nº 093/2024, QUE “DENOMINA DE ‘RUA MANOEL RODRIGUES FALCÃO’, NA SEDE DESTA MUNICIPALIDADE”.</t>
   </si>
   <si>
     <t>14805</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14805/parece_07.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14805/parece_07.pdf</t>
   </si>
   <si>
     <t>VETO INTEGRAL AO AUTÓGRAFO DE LEI Nº 075/2024, RESULTANTE DO PROJETO DE LEI Nº 075/2024, QUE “DENOMINA DE ‘VILA FISCHER’, EM RIO FUNDO, NESTE MUNICÍPIO”.</t>
   </si>
   <si>
     <t>14806</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14806/parece_08.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14806/parece_08.pdf</t>
   </si>
   <si>
     <t>VETO INTEGRAL AO AUTÓGRAFO DE LEI Nº 074/2024, RESULTANTE DO PROJETO DE LEI Nº 074/2024, QUE “ALTERA DISPOSITIVO DA LEI MUNICIPAL Nº 2.715, DE 10 DE ABRIL DE 2024”.</t>
   </si>
   <si>
     <t>14807</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14807/parece_09.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14807/parece_09.pdf</t>
   </si>
   <si>
     <t>VETO INTEGRAL AO AUTÓGRAFO DE LEI Nº 090/2024, RESULTANTE DO PROJETO DE LEI Nº 107/2024, QUE DISPÕE SOBRE A PADRONIZAÇÃO DOS PONTOS DE PARADA DE ÔNIBUS DO SISTEMA DE TRANSPORTE COLETIVO DE PASSAGEIROS NO ÂMBITO DO MUNICÍPIO DE MARECHAL FLORIANO/ES E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>14808</t>
   </si>
   <si>
     <t>CLJRF - COMISSÃO DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO FINAL, CECT - Comissão de Esporte, Cultura e Turismo, CFO - COMISSÃO DE FINANÇAS E ORÇAMENTO</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14808/parecer_10.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14808/parecer_10.pdf</t>
   </si>
   <si>
     <t>PARECER EM CONJUNTO, CONTRÁRIO AO PROJETO DE LEI Nº 008/2025, QUE “DESMEMBRA E MODIFICA A NOMENCLATURA DE SECRETARIAS MUNICIPAIS E DÁ OUTRAS PROVIDÊNCIAS.”</t>
   </si>
   <si>
     <t>14809</t>
   </si>
   <si>
     <t>CLJRF - COMISSÃO DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO FINAL, CFO - COMISSÃO DE FINANÇAS E ORÇAMENTO</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14809/parece_11.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14809/parece_11.pdf</t>
   </si>
   <si>
     <t>PARECER FAVORÁVEL REFERENTE AO PROJETO DE LEI N° 005/2025 DE AUTORIA DO PODER EXECUTIVO, QUE "DISPÕE SOBRE ABERTURA DE CRÉDITOS ADICIONAIS SUPLEMENTARES E DÁ OUTRAS PROVIDÊNCIAS"</t>
   </si>
   <si>
     <t>14882</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14882/parecer_12.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14882/parecer_12.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DE CARGOS DE PROVIMENTO EM COMISSÃO A SEREM INSERIDOS NA ESTRUTURA ADMINISTRATIVA DO MUNICÍPIO DE MARECHAL FLORIANO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>14883</t>
   </si>
   <si>
     <t>CFO - COMISSÃO DE FINANÇAS E ORÇAMENTO</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14883/parecer_13.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14883/parecer_13.pdf</t>
   </si>
   <si>
     <t>14884</t>
   </si>
   <si>
     <t>CESA - Comissão de Educação, Saúde, Assistência e Direitos Humanos</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14884/parecer_14.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14884/parecer_14.pdf</t>
   </si>
   <si>
     <t>14885</t>
   </si>
   <si>
     <t>COSU - COMISSÃO DE OBRAS E SERVIÇOS URBANOS</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14885/parecer_15.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14885/parecer_15.pdf</t>
   </si>
   <si>
     <t>14886</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14886/parecer_16.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14886/parecer_16.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A CONTRATAR OPERAÇÃO DE CRÉDITO COM INSTITUIÇÃO FINANCEIRA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>14963</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14963/parecer_017.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14963/parecer_017.pdf</t>
   </si>
   <si>
     <t>ANÁLISE DA CONSTITUCIONALIDADE, LEGALIDADE E ADEQUAÇÃO À TÉCNICA LEGISLATIVA DO PROJETO DE LEI Nº 010/2025, QUE DECLARA PATRIMÔNIO PAISAGÍSTICO DO MUNICÍPIO DE MARECHAL FLORIANO/ES O PÉ DE JACA PLANTADO PELA FAMÍLIA ENTRINGER, NO VALE DAS PALMAS.</t>
   </si>
   <si>
     <t>14964</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14964/parecer_018.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14964/parecer_018.pdf</t>
   </si>
   <si>
     <t>ANÁLISE DA CONSTITUCIONALIDADE, LEGALIDADE E ADEQUAÇÃO À TÉCNICA LEGISLATIVA DO PROJETO DE LEI Nº 17/2025, QUE DECLARA A VITICULTURA COMO PATRIMÔNIO CULTURAL IMATERIAL DO MUNICÍPIO DE MARECHAL FLORIANO/ES.</t>
   </si>
   <si>
     <t>14965</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14965/parecer_019.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14965/parecer_019.pdf</t>
   </si>
   <si>
     <t>PARECER CONJUNTO FAVORÁVEL A RESPEITO DO PROJETO DE LEI Nº 011/2025 QUE DISPÕE SOBRE A OBRIGATORIEDADE DA APLICAÇÃO DO QUESTIONÁRIO “SNAP IV” PARA O RASTREAMENTO DE SINAIS PRECOCES DO TRANSTORNO DO DÉFICIT DE ATENÇÃO COM HIPERATIVIDADE (TDAH) PELAS UNIDADES DE SAÚDE DA REDE PÚBLICA E PRIVADA DESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>14966</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14966/parecer_020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14966/parecer_020.pdf</t>
   </si>
   <si>
     <t>A COMISSÃO DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO FINAL DA CÂMARA MUNICIPAL DE MARECHAL FLORIANO-ES, DEVIDAMENTE CONSTITUÍDA E INSTALADA, APÓS ANÁLISE DO PROJETO DE LEI Nº 18/2025, QUE DECLARA COMO PATRIMÔNIO CULTURAL E MATERIAL DO MUNICÍPIO DE MARECHAL FLORIANO-ES, A “ESTRADA DE FERRO”, COMPREENDENDO O PERÍMETRO QUE CORTA ESTA MUNICIPALIDADE.</t>
   </si>
   <si>
     <t>14967</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14967/parecer_021.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14967/parecer_021.pdf</t>
   </si>
   <si>
     <t>A COMISSÃO DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO FINAL DA CÂMARA MUNICIPAL DE MARECHAL FLORIANO-ES, APÓS ANALISAR O PROJETO DE LEI Nº 21/2025, QUE "INSTITUI A “FEIRA EXPO COFFEE MARECHAL FLORIANO”, E DÁ OUTRAS PROVIDÊNCIAS", MANIFESTA-SE DA SEGUINTE FORMA: _x000D_
 OPINA FAVORAVELMENTE À APROVAÇÃO DO PROJETO DE LEI Nº 21/2025. É O PARECER, SALVO MELHOR JUÍZO.</t>
   </si>
   <si>
     <t>14968</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14968/parecer_022.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14968/parecer_022.pdf</t>
   </si>
   <si>
     <t>A COMISSÃO DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO FINAL DA CÂMARA MUNICIPAL DE MARECHAL FLORIANO-ES, APÓS ANALISAR O PROJETO DE LEI Nº 022/2025, QUE "DENOMINA DE 'VILA ARAUCÁRIA' A VILA LOCALIZADA NO DISTRITO DE SANTA MARIA, NESTE MUNICÍPIO", MANIFESTA-SE DA SEGUINTE FORMA: _x000D_
 OPINA FAVORAVELMENTE À APROVAÇÃO DO PROJETO DE LEI Nº 022/2025, CONSIDERANDO SUA CONSTITUCIONALIDADE, LEGALIDADE, JURIDICIDADE E O MÉRITO DA PROPOSTA. É O PARECER, SALVO MELHOR JUÍZO.</t>
   </si>
   <si>
     <t>15059</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15059/parecer_25.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15059/parecer_25.pdf</t>
   </si>
   <si>
     <t>ANÁLISE DO PROJETO DE LEI Nº 018/2025, DE AUTORIA DO VEREADOR CEZAR TADEU RONCHI JUNIOR, QUE "DECLARA COMO PATRIMÔNIO CULTURAL E MATERIAL DO MUNICÍPIO DE MARECHAL FLORIANO ES, A ESTRADA DE FERRO, COMPREENDENDO O PERÍMETRO QUE CORTA ESTA MUNICIPALIDADE".</t>
   </si>
   <si>
     <t>15060</t>
   </si>
   <si>
     <t>CLJRF - COMISSÃO DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO FINAL, CESA - Comissão de Educação, Saúde, Assistência e Direitos Humanos, CFO - COMISSÃO DE FINANÇAS E ORÇAMENTO</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15060/parecer_26.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15060/parecer_26.pdf</t>
   </si>
   <si>
     <t>ANÁLISE DO PROJETO DE LEI Nº 020/2025, DE AUTORIA DO VEREADOR DORIVANIO STEIN, QUE "AUTORIZA A CRIAÇÃO DO PROGRAMA MUNICIPAL DE MÚSICA NO MUNICÍPIO DE MARECHAL FLORIANO, DENOMINADO 'MUSICALIDADE FLORIANENSE' E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>15061</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15061/parecer_27.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15061/parecer_27.pdf</t>
   </si>
   <si>
     <t>ANÁLISE DO PROJETO DE LEI Nº 037/2025, DE AUTORIA DO VEREADOR DORIVANIO STEIN, QUE "DISPÕE SOBRE A OBRIGATORIEDADE DAS ORGANIZAÇÕES SOCIAIS QUE PRESTAM SERVIÇOS NO MUNICÍPIO DE MARECHAL FLORIANO DE PRESTAREM CONTAS AOS CONSELHOS MUNICIPAIS E À CÂMARA MUNICIPAL DE MARECHAL FLORIANO E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>15062</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15062/parecer_28.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15062/parecer_28.pdf</t>
   </si>
   <si>
     <t>ANÁLISE DO PROJETO DE LEI Nº 031/2025, DE AUTORIA DO VEREADOR PASTOR ADRIANO, QUE "DENOMINA DE “LOURDES MENDES FOCA DA SILVA” AS FUTURAS INSTALAÇÕES DA CRECHE MUNICIPAL DE VICTOR HUGO, NO MUNICÍPIO DE MARECHAL FLORIANO – ES, E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>15063</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15063/parecer29.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15063/parecer29.pdf</t>
   </si>
   <si>
     <t>ANÁLISE DO PROJETO DE LEI Nº 035/2025, DE AUTORIA DO VEREADOR CEZAR TADEU RONCHI JUNIOR, QUE “DENOMINA DE ‘JACONDO ZAMBON’ A ESTRADA MUNICIPAL LOCALIZADA NO DISTRITO DE ARAGUAYA, MUNICÍPIO DE MARECHAL FLORIANO – ES, E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>15064</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15064/parecer_30.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15064/parecer_30.pdf</t>
   </si>
   <si>
     <t>ANÁLISE DO PROJETO DE LEI Nº 036/2025, DE AUTORIA DO VEREADOR DIOGO ENDLICH DE OLIVEIRA, QUE “INSTITUI O DIA MUNICIPAL DO GENGIBRE NO MUNICÍPIO DE MARECHAL FLORIANO/ES”.</t>
   </si>
   <si>
     <t>15065</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15065/parecer_31.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15065/parecer_31.pdf</t>
   </si>
   <si>
     <t>ANÁLISE DO PROJETO DE LEI Nº 038/2025, DE AUTORIA DOS VEREADORES DORIVANIO STEIN E JUAREZ JOSÉ XAVIER, QUE “INSTITUI A POLÍTICA MUNICIPAL INTERSETORIAL DE ASSISTÊNCIA AOS DIREITOS DAS PESSOAS COM ALTAS HABILIDADES E SUPERDOTAÇÃO E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>15066</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15066/parecer_32.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15066/parecer_32.pdf</t>
   </si>
   <si>
     <t>ANÁLISE DO PROJETO DE LEI Nº 041/2025, DE AUTORIA DO PODER EXECUTIVO, QUE “AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL PARA O ORÇAMENTO DE EXERCÍCIO DE 2025 DO MUNICÍPIO DE MARECHAL FLORIANO- ES.”</t>
   </si>
   <si>
     <t>15067</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15067/parecer_33.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15067/parecer_33.pdf</t>
   </si>
   <si>
     <t>ANÁLISE DO PROJETO DE LEI Nº 042/2025, DE AUTORIA DO PODER EXECUTIVO, QUE “INSTITUI, NO ÂMBITO DA ADMINISTRAÇÃO PÚBLICA MUNICIPAL, O ESTÁGIO OBRIGATÓRIO NÃO REMUNERADO E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>15068</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15068/parecer_34.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15068/parecer_34.pdf</t>
   </si>
   <si>
     <t>ANÁLISE DO PROJETO DE LEI Nº 027/2025, DE AUTORIA DO VEREADOR ANGELO FERNANDES TRASPADINI, QUE “DISPÕE SOBRE A DENOMINAÇÃO DE VILA LOCALIZADA EM SOÍDO DE BAIXO, NO MUNICÍPIO DE MARECHAL FLORIANO-ES, E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>15258</t>
   </si>
   <si>
     <t>CLJRF - COMISSÃO DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO FINAL, CECT - Comissão de Esporte, Cultura e Turismo, CFO - Comissão de Finanças e Orçamentos</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15258/parecer_38.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15258/parecer_38.pdf</t>
   </si>
   <si>
     <t>VERSA O PRESENTE EXPEDIENTE SOBRE O PROJETO DE LEI Nº 040/2025, DE AUTORIA DO PODER EXECUTIVO MUNICIPAL, QUE VISA ALTERAR O ARTIGO 2º DA LEI MUNICIPAL Nº 2.518, DE 27 DE SETEMBRO DE 2022, QUE DISPÕE SOBRE O CONSELHO MUNICIPAL DE TURISMO DE MARECHAL FLORIANO (COMTURIMF)</t>
   </si>
   <si>
     <t>15259</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15259/parecer_39.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15259/parecer_39.pdf</t>
   </si>
   <si>
     <t>ANÁLISE DO PROJETO DE LEI Nº 043/2025, “DISPÕE SOBRE AS DIRETRIZES PARA ELABORAÇÃO DA LEI ORÇAMENTÁRIA PARA O EXERCÍCIO FINANCEIRO DE 2026 E DÁ OUTRAS PROVIDÊNCIAS.”</t>
   </si>
   <si>
     <t>15260</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15260/parecer40.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15260/parecer40.pdf</t>
   </si>
   <si>
     <t>REFERENTE AO PROJETO DE LEI Nº 28/2025, QUE VISA INSERIR NO CALENDÁRIO DE EVENTOS DO MUNICÍPIO DE MARECHAL FLORIANO-ES, O “TORNEIO DE FAMÍLIAS”, REALIZADO ANUALMENTE NA COMUNIDADE DE ARAGUAYA.</t>
   </si>
   <si>
     <t>15261</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15261/parecer41.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15261/parecer41.pdf</t>
   </si>
   <si>
     <t>ANÁLISE DO PROJETO DE LEI Nº 29/2025, QUE VISA DECLARAR A “MISSA EM RITO SERTANEJO” COMO PATRIMÔNIO CULTURAL E IMATERIAL DO MUNICÍPIO DE MARECHAL FLORIANO-ES, REALIZADA ANUALMENTE NA COMUNIDADE DE RIO FUNDO.</t>
   </si>
   <si>
     <t>15262</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15262/parecer42.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15262/parecer42.pdf</t>
   </si>
   <si>
     <t>ANÁLISE DO PROJETO DE LEI Nº 30/2025, QUE VISA DECLARAR A “ENCENAÇÃO DA PAIXÃO, MORTE E RESSURREIÇÃO DE JESUS CRISTO” COMO PATRIMÔNIO CULTURAL E IMATERIAL DO MUNICÍPIO DE MARECHAL FLORIANO-ES, REALIZADA ANUALMENTE NA SEXTA-FEIRA DA PAIXÃO POR MEMBROS DA PARÓ QUIA DE SANT’ANA, LOCALIZADA NA SEDE DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>15263</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15263/parecer43.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15263/parecer43.pdf</t>
   </si>
   <si>
     <t>REFERENTE AO VETO DO PODER EXECUTIVO AO PROJETO DE LEI Nº 010/2025, QUE DECLARA PATRIMÔNIO PAISAGÍSTICO DO MUNICÍPIO DE MARECHAL FLORIANO/ES, O PÉ DE JACA PLANTADO PELA FAMÍLIA ENTRINGER, NO VALE DAS PALMAS.</t>
   </si>
   <si>
     <t>15264</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15264/parecer44.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15264/parecer44.pdf</t>
   </si>
   <si>
     <t>REFERENTE AO VETO DO PODER EXECUTIVO AO PROJETO DE LEI Nº 011/2025, QUE DISPÕE SOBRE A OBRIGATORIEDADE DA APLICAÇÃO DO QUESTIONÁRIO “SNAP IV” PARA RASTREAMENTO DE SINAIS PRECOCES DO TRANSTORNO DO DÉFICIT DE ATENÇÃO COM HIPERATIVIDADE (TDAH).</t>
   </si>
   <si>
     <t>15265</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15265/parecer45.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15265/parecer45.pdf</t>
   </si>
   <si>
     <t>REFERENTE AO VETO PARCIAL DO PODER EXECUTIVO AO PROJETO DE LEI Nº 046/2025, QUE INSTITUI O "MÊS EM COMEMORAÇÃO AOS PROFISSIONAIS DAS ESTRADAS".</t>
   </si>
   <si>
     <t>15343</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15343/par046.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15343/par046.pdf</t>
   </si>
   <si>
     <t>REFERENTE A OBRIGATORIEDADE DE REALIZAÇÃO DE COLETA E ANÁLISE DE AMOSTRAS DE ÁGUA DOS RESERVATÓRIOS DAS UNIDADES DE SAÚDE E ENSINO PÚBLICO DO MUNICÍPIO DE MARECHAL FLORIANO - ES.</t>
   </si>
   <si>
     <t>15344</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15344/par047.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15344/par047.pdf</t>
   </si>
   <si>
     <t>REFERENTE A DECLARAÇÃO DO “JOGO DE BOCHA” COMO PATRIMÔNIO CULTURAL E IMATERIAL DO MUNICÍPIO DE MARECHAL FLORIANO - ES.</t>
   </si>
   <si>
     <t>15345</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15345/par048.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15345/par048.pdf</t>
   </si>
   <si>
     <t>REFERENTE A DECLARAÇÃO DO RIO JUCU – BRAÇO SUL COMO PATRIMÔNIO CULTURAL E IMATERIAL DO MUNICÍPIO DE MARECHAL FLORIANO - ES.</t>
   </si>
   <si>
     <t>15346</t>
   </si>
   <si>
     <t>CLJRF - COMISSÃO DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO FINAL, CFO - COMISSÃO DE FINANÇAS E ORÇAMENTO, COSU - COMISSÃO DE OBRAS E SERVIÇOS URBANOS</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15346/par049.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15346/par049.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REMOÇÃO, GUARDA E LIBERAÇÃO DE VEÍCULOS EM ESTADO DE ABANDONO NAS VIAS PÚBLICAS E LOGRADOUROS DO MUNICÍPIO DE MARECHAL FLORIANO - ES.</t>
   </si>
   <si>
     <t>15347</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15347/par050.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15347/par050.pdf</t>
   </si>
   <si>
     <t>DECLARAÇÃO DA “GRUTA DE NOSSA SENHORA DE LOURDES” COMO PATRIMÔNIO HISTÓRICO DO_x000D_
 MUNICÍPIO DE MARECHAL FLORIANO/ES.</t>
   </si>
   <si>
     <t>15348</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15348/par051.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15348/par051.pdf</t>
   </si>
   <si>
     <t>DECLARAÇÃO DO LIVRO “SANTA MARIA - MEMÓRIAS DE UM POVO UNIDO PELA FÉ” COMO PATRIMÔNIO CULTURAL MATERIAL DO MUNICÍPIO DE MARECHAL FLORIANO – ES.</t>
   </si>
   <si>
     <t>15429</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15429/parecer_052.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15429/parecer_052.pdf</t>
   </si>
   <si>
     <t>CONTAS ANUAIS DO PODER EXECUTIVO MUNICIPAL – EXERCÍCIO DE 2023. PARECER PRÉVIO TC-052/2025 DO TCEES PELA APROVAÇÃO COM RESSALVAS. PARECER FAVORÁVEL COM RESSALVAS, COM RECOMENDAÇÕES AO EXECUTIVO.</t>
   </si>
   <si>
     <t>15430</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15430/parecer_053.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15430/parecer_053.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 0712025 – ALTERA DISPOSITIVO DA LEI MUNICIPAL Nº 2.495, DE 19 DE AGOSTO DE 2022, PARA AJUSTAR A ESTRUTURA DO CARGO EM COMISSÃO DE COORDENADOR DO CENTRO DE CONVIVÊNCIA DO IDOSO E AUTORIZA ADEQUAÇÕES ORÇAMENTÁRIAS CORRELATAS. PARECER CONJUNTO FAVORÁVEL.</t>
   </si>
   <si>
     <t>15451</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15451/parecer__54.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15451/parecer__54.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 068/2025 - "ALTERA OS ARTIGOS 2º E 4º DA LEI MUNICIPAL Nº 2.635/2023 QUE DISPÕE SOBRE A CRIAÇÃO DA ESCOLA MUNICIPAL DE ENSINO FUNDAMENTAL MAURO CHRISTO DO MUNICÍPIO DE MARECHAL FLORIANO, E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>15452</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15452/parecer_056.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15452/parecer_056.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 080/2025 - "INSTITUI NAS ESCOLAS MUNICIPAIS DO MUNICÍPIO DE MARECHAL FLORIANO/ES, OS CONHECIMENTOS DE DIREITO E CIDADANIA POR MEIO DO PROGRAMA "DIREITO NA ESCOLA" E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>15486</t>
   </si>
   <si>
     <t>CLJRF - COMISSÃO DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO FINAL, CFO - Comissão de Finanças e Orçamentos</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15486/par_57.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15486/par_57.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI Nº 069/2025, QUE DISPÕE SOBRE A CRIAÇÃO DE CARGO DE PROVIMENTO EM COMISSÃO NO ÂMBITO DO PODER EXECUTIVO MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS, ESTA COMISSÃO MANIFESTA PARECER FAVORÁVEL</t>
   </si>
   <si>
     <t>15487</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15487/par_58.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15487/par_58.pdf</t>
   </si>
   <si>
     <t>APÓS ANÁLISE DETALHADA DO PROJETO DE LEI Nº 072/2025, QUE ALTERA A REDAÇÃO DA LEI MUNICIPAL Nº 1.694, DE 04 DE FEVEREIRO DE 2016, E DÁ OUTRAS PROVIDÊNCIAS, ESTA COMISSÃO MANIFESTA PARECER FAVORÁVEL, PELOS FUNDAMENTOS EXPOSTOS.</t>
   </si>
   <si>
     <t>15540</t>
   </si>
   <si>
     <t>CLJRF - COMISSÃO DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO FINAL, CESA - COMISSÃO DE EDUCAÇÃO, SAÚDE E ASSISTÊNCIA, CFO - Comissão de Finanças e Orçamentos</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15540/pc_59-2025.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15540/pc_59-2025.pdf</t>
   </si>
   <si>
     <t>REFERENTE AO O PROJETO DE LEI Nº 72/2025, DE AUTORIA DOS VEREADORES DIOGO ENDLICH DE OLIVEIRA E REINALDO VALENTIM FRASSON, QUE VISA INSTITUIR NO ÂMBITO DO MUNICÍPIO DE MARECHAL FLORIANO A "COLÔNIA DE FÉRIAS MUNICIPAL", DESTINADA A CRIANÇAS EM IDADE ESCOLAR DURANTE O RECESSO DO MÊS DE JULHO.</t>
   </si>
   <si>
     <t>15541</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15541/pc_60-2025.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15541/pc_60-2025.pdf</t>
   </si>
   <si>
     <t>REFERENTE AO PROJETO DE LEI Nº 73/2025, DE AUTORIA DO VEREADOR HILÁRIO OLIVEIRA NETO, QUE ESTABELECE NORMAS PARA IDENTIFICAÇÃO OBRIGATÓRIA DE VEÍCULOS OFICIAIS OU LOCADOS A SERVIÇO DA ADMINISTRAÇÃO PÚBLICA MUNICIPAL DE MARECHAL FLORIANO</t>
   </si>
   <si>
     <t>15542</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15542/pc_61-2025.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15542/pc_61-2025.pdf</t>
   </si>
   <si>
     <t>REFERENTE AO PROJETO DE LEI Nº 75/2025, DE AUTORIA DO VEREADOR CEZAR TADEU RONCHI JUNIOR, QUE TEM POR OBJETIVO DECLARAR O "FESTIVAL DO SANFONEIRO" COMO PATRIMÔNIO CULTURAL E IMATERIAL DO MUNICÍPIO DE MARECHAL FLORIANO</t>
   </si>
   <si>
     <t>15543</t>
   </si>
   <si>
     <t>CLJRF - COMISSÃO DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO FINAL, CESA - COMISSÃO DE EDUCAÇÃO, SAÚDE E ASSISTÊNCIA, CFO - COMISSÃO DE FINANÇAS E ORÇAMENTO</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15543/pc_62-2025.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15543/pc_62-2025.pdf</t>
   </si>
   <si>
     <t>REFERENTE AO PROJETO DE LEI Nº 76/2025, DE AUTORIA DOS VEREADORES CEZAR TADEU RONCHI JUNIOR E REINALDO VALENTIM FRASSON, QUE CRIA O “PROGRAMA MUNICIPAL DE PREVENÇÃO AO SUICÍDIO”, COM AÇÕES CONTÍNUAS, INTERSETORIAIS E ARTICULADAS VOLTADAS À VALORIZAÇÃO DA VIDA, À PREVENÇÃO DO SUICÍDIO E À PROMOÇÃO DA SAÚDE MENTAL EM TODO O TERRITÓRIO MUNICIPAL.</t>
   </si>
   <si>
     <t>15544</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15544/pc_63-2025.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15544/pc_63-2025.pdf</t>
   </si>
   <si>
     <t>REFERENTE AO PROJETO DE LEI Nº 83/2025, DE AUTORIA DO VEREADOR ANGELO FERNANDES TRASPADINI, QUE TEM POR FINALIDADE INSERIR NO CALENDÁRIO OFICIAL DE DATAS E EVENTOS DO MUNICÍPIO A "CAMINHADA OUTUBRO ROSA", EVENTO A SER REALIZADO ANUALMENTE NO DIA 04 DE OUTUBRO</t>
   </si>
   <si>
     <t>15694</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15694/par__065.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15694/par__065.pdf</t>
   </si>
   <si>
     <t>REFERENTE AO PROJETO DE LEI Nº 085/2025 QUE "DISPÕE SOBRE O PLANO PLURIANUAL PARA O QUADRIÊNIO DE 2026 A 2029"</t>
   </si>
   <si>
     <t>15695</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15695/par__066.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15695/par__066.pdf</t>
   </si>
   <si>
     <t>REFERENTE AO PROJETO DE LEI Nº 121/2025 QUE "DENOMINA A ESTRADA LOCALIZADA EM SOÍDO DE BAIXO DE: ESTRADA GLADSTONE CESAR KILL - TONINHO KILL"</t>
   </si>
   <si>
     <t>15696</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15696/par__069.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15696/par__069.pdf</t>
   </si>
   <si>
     <t>REFERENTE AO PROJETO DE LEI Nº 054/2025 QUE DECLARA COMO PATRIMÔNIO CULTURAL E IMATERIAL DO MUNICÍPIO DE MARECHAL FLORIANO – ES, O TOMBO DA POLENTA DE ARAGUAYA E O SEU CORTE REALIZADO COM LINHA.</t>
   </si>
   <si>
     <t>15697</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15697/par__070.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15697/par__070.pdf</t>
   </si>
   <si>
     <t>REFERENTE AO PROJETO DE LEI Nº 057/2025 QUE INSTITUI E INSERE NO CALENDÁRIO OFICIAL DE DATAS E EVENTOS DO MUNICÍPIO DE MARECHAL FLORIANO-ES, A “FESTA EM COMEMORAÇÃO À CRIAÇÃO DO DISTRITO DE VICTOR HUGO”.</t>
   </si>
   <si>
     <t>15698</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15698/par__072.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15698/par__072.pdf</t>
   </si>
   <si>
     <t>REFERENTE AO PROJETO DE LEI Nº 89/2025 QUE INSTITUI, NO ÂMBITO DO MUNICÍPIO DE MARECHAL FLORIANO – ES, O PROGRAMA "CIDADE AMIGA DO IDOSO".</t>
   </si>
   <si>
     <t>15699</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15699/par__073.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15699/par__073.pdf</t>
   </si>
   <si>
     <t>REFERENTE AO PROJETO DE LEI Nº 094/2025 QUE CRIA A "LEI ALICE" QUE DISPÕE SOBRE A OBRIGATORIEDADE DE FIXAÇÃO DE MOBILIÁRIO E EQUIPAMENTOS EM INSTITUIÇÕES DE ENSINO PÚBLICAS E PRIVADAS NO ÂMBITO DO MUNICÍPIO DE MARECHAL FLORIANO/ES, VISANDO À PREVENÇÃO DE ACIDENTES E À PROMOÇÃO DA SEGURANÇA NO AMBIENTE ESCOLAR, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>15700</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15700/par__074.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15700/par__074.pdf</t>
   </si>
   <si>
     <t>REFERENTE AO PROJETO DE LEI Nº 95/2025 QUE INSTITUI O PROJETO FUTURO EM AÇÃO – INSERÇÃO DE ADOLESCENTES NO MERCADO DE TRABALHO, NO ÂMBITO DO MUNICÍPIO DE MARECHAL FLORIANO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>15701</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15701/par__075.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15701/par__075.pdf</t>
   </si>
   <si>
     <t>REFERENTE AO PROJETO DE LEI Nº 103/2025 QUE INSTITUI O PROGRAMA MUNICIPAL DE APOIO À MULHER, À CRIANÇA, AO IDOSO E ÀS PESSOAS COM NECESSIDADES ESPECIAIS, NO ÂMBITO DO MUNICÍPIO DE MARECHAL FLORIANO-ES, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>15702</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15702/par__076.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15702/par__076.pdf</t>
   </si>
   <si>
     <t>REFERENTE AO PROJETO DE LEI Nº 109/2025 QUE INSTITUI O ACOLHE – PONTO DE ACOLHIMENTO E ORIENTAÇÃO ÀS VÍTIMAS DE VIOLÊNCIA DOMÉSTICA E FAMILIAR NO ÂMBITO DO MUNICÍPIO DE MARECHAL FLORIANO/ES, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>15726</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15726/parecer__078.25.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15726/parecer__078.25.pdf</t>
   </si>
   <si>
     <t>ANÁLISE CONJUNTA DAS COMISSÕES ACERCA DO PROJETO DE LEI Nº 107/2025, QUE "ESTIMA RECEITA E FIXA A DESPESA DO MUNICÍPIO DE MARECHAL FLORIANO PARA O EXERCÍCIO FINANCEIRO DE 2026".</t>
   </si>
   <si>
     <t>15727</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15727/parecer__080.25.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15727/parecer__080.25.pdf</t>
   </si>
   <si>
     <t>A COMISSÃO DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO FINAL, NO USO DE SUAS ATRIBUIÇÕES REGIMENTAIS, PROCEDE À ANÁLISE DO PROJETO DE LEI Nº 019/2025, QUE "INSTITUI, NO ÂMBITO DE MARECHAL FLORIANO/ES, O DIA MUNICIPAL DO PROFISSIONAL DE SAÚDE, A SER COMEMORADO ANUALMENTE NO DIA 16 DE SETEMBRO".</t>
   </si>
   <si>
     <t>15757</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15757/par__081.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15757/par__081.pdf</t>
   </si>
   <si>
     <t>AS COMISSÕES DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO FINAL E DE FINANÇAS E ORÇAMENTO, NO USO DE SUAS ATRIBUIÇÕES REGIMENTAIS, ANALISAM O PROJETO DE LEI Nº 039/2025 (“INSTITUI MECANISMOS PARA FACILITAR A PROVA DE VIDA PARA BENEFICIÁRIOS DA LEI MUNICIPAL Nº 1.572/2015 E DÁ OUTRAS PROVIDÊNCIAS”), CONFORME CONTEÚDO INTEGRAL CONSTANTE NO ARQUIVO APRESENTADO.</t>
   </si>
   <si>
     <t>15758</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15758/par__082.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15758/par__082.pdf</t>
   </si>
   <si>
     <t>AS COMISSÕES DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO FINAL; FINANÇAS E ORÇAMENTO; E EDUCAÇÃO, SAÚDE, ASSISTÊNCIA E DIREITOS HUMANOS, NO USO DE SUAS ATRIBUIÇÕES REGIMENTAIS, PROCEDEM À ANÁLISE DO PROJETO DE LEI Nº 76/2025, QUE “DISPÕE SOBRE O PROGRAMA MUNICIPAL DE PREVENÇÃO AO SUICÍDIO E DÁ OUTRAS PROVIDÊNCIAS”. O PROJETO, CONFORME TEOR APRESENTADO NO DOCUMENTO ANEXO, TEM POR FINALIDADE INSTITUIR POLÍTICAS PÚBLICAS PERMANENTES VOLTADAS À PREVENÇÃO DO SUICÍDIO E À PROMOÇÃO DA SAÚDE MENTAL DA POPULAÇÃO DE MARECHAL FLORIANO/ES, CONFORME SE OBSERVA NO TEXTO LEGAL.</t>
   </si>
   <si>
     <t>15759</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15759/par__083.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15759/par__083.pdf</t>
   </si>
   <si>
     <t>AS COMISSÕES DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO FINAL; FINANÇAS E ORÇAMENTO; E EDUCAÇÃO, SAÚDE, ASSISTÊNCIA E DIREITOS HUMANOS, NO USO DE SUAS ATRIBUIÇÕES REGIMENTAIS, PROCEDEM À ANÁLISE DO PROJETO DE LEI Nº 81/2025, QUE “DISPÕE SOBRE A SINALIZAÇÃO DA ÁREA ESPECIAL DA FEIRA DA ROÇA, LOCALIZADA NA RUA DAVID CANAL, NA SEDE DO MUNICÍPIO DE MARECHAL FLORIANO/ES”. O TEXTO DO PROJETO ENCONTRA-SE INTEGRALMENTE CONTIDO NO DOCUMENTO OFICIAL APRESENTADO.</t>
   </si>
   <si>
     <t>15760</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15760/par__084.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15760/par__084.pdf</t>
   </si>
   <si>
     <t>AS COMISSÕES DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO FINAL; FINANÇAS E ORÇAMENTO; NO USO DE SUAS ATRIBUIÇÕES REGIMENTAIS, ANALISAM O PROJETO DE LEI Nº 93/2025, QUE “DISPÕE SOBRE A CRIAÇÃO, NO ÂMBITO DO MUNICÍPIO DE MARECHAL FLORIANO, DA CASA DO CIDADÃO FLORIANENSE, DESTINADA À CENTRALIZAÇÃO E UNIFICAÇÃO DA PRESTAÇÃO DE SERVIÇOS AO CIDADÃO”. O CONTEÚDO DO PROJETO ENCONTRA-SE INTEGRALMENTE APRESENTADO NO DOCUMENTO OFICIAL ANEXADO.</t>
   </si>
   <si>
     <t>15761</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15761/par__086.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15761/par__086.pdf</t>
   </si>
   <si>
     <t>AS COMISSÕES DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO FINAL E DE FINANÇAS E ORÇAMENTO, NO USO DE SUAS ATRIBUIÇÕES REGIMENTAIS, ANALISAM O PROJETO DE LEI Nº 104/2025, QUE “DISPÕE SOBRE A OBRIGATORIEDADE DE ATRIBUIÇÃO DE NÚMERO DE PROTOCOLO A TODAS AS SOLICITAÇÕES INSERIDAS NO SISTEMA DE REGULAÇÃO MUNICIPAL DE SAÚDE, ESPECIALMENTE RELATIVAS A PROCEDIMENTOS CIRÚRGICOS ELETIVOS, E DÁ OUTRAS PROVIDÊNCIAS”. O CONTEÚDO INTEGRAL ENCONTRA-SE NO DOCUMENTO OFICIAL.</t>
   </si>
   <si>
     <t>15762</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15762/par__087.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15762/par__087.pdf</t>
   </si>
   <si>
     <t>TRATA-SE DE ANÁLISE CONJUNTA DAS COMISSÕES DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO FINAL; FINANÇAS E ORÇAMENTO; E EDUCAÇÃO, SAÚDE, ASSISTÊNCIA E DIREITOS HUMANOS, ACERCA DO PROJETO DE LEI Nº 107/2025, QUE “ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE MARECHAL FLORIANO PARA O EXERCÍCIO FINANCEIRO DE 2026”. O TEXTO LEGAL FOI EXAMINADO SOB OS ASPECTOS CONSTITUCIONAIS, LEGAIS, FINANCEIROS, ORÇAMENTÁRIOS E REGIMENTAIS.</t>
   </si>
   <si>
     <t>15763</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15763/par__088.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15763/par__088.pdf</t>
   </si>
   <si>
     <t>AS COMISSÕES DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO FINAL E DE FINANÇAS E ORÇAMENTO, NO USO DE SUAS ATRIBUIÇÕES REGIMENTAIS, ANALISAM O PROJETO DE LEI Nº 110/2025, QUE “DISPÕE SOBRE A OBRIGATORIEDADE DE PRESTADORES INDIVIDUAIS E EMPRESAS DE TRANSPORTES DE PASSAGEIROS ACEITAREM O PAGAMENTO DOS SERVIÇOS MEDIANTE DINHEIRO EM ESPÉCIE, CARTÕES DE CRÉDITO/DÉBITO E PIX, E DÁ OUTRAS PROVIDÊNCIAS”. O CONTEÚDO INTEGRAL DO PROJETO ENCONTRA-SE APRESENTADO NO DOCUMENTO OFICIAL, CONFORME IMAGEM E TEXTO CONSTANTES NAS PÁGINAS 1 E 2.</t>
   </si>
   <si>
     <t>15764</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15764/par__089.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15764/par__089.pdf</t>
   </si>
   <si>
     <t>AS COMISSÕES DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO FINAL E DE FINANÇAS E ORÇAMENTO, NO USO DE SUAS ATRIBUIÇÕES REGIMENTAIS, PROCEDEM À ANÁLISE DO PROJETO DE LEI Nº 111/2025, QUE “ALTERA O ART. 93 DA LEI Nº 488, DE 23 DE DEZEMBRO DE 2003, QUE ‘DÁ NOVA REDAÇÃO AO CÓDIGO TRIBUTÁRIO DO MUNICÍPIO DE MARECHAL FLORIANO – ES, NA FORMA QUE ESPECIFICA’”. O TEXTO INTEGRAL DO PROJETO ENCONTRA-SE APRESENTADO NO DOCUMENTO OFICIAL EM ANEXO.</t>
   </si>
   <si>
     <t>15765</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15765/par__90.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15765/par__90.pdf</t>
   </si>
   <si>
     <t>AS COMISSÕES DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO FINAL E DE FINANÇAS E ORÇAMENTO, NO USO DE SUAS ATRIBUIÇÕES REGIMENTAIS, ANALISAM O PROJETO DE LEI Nº 112/2025, QUE “DECLARA COMO PATRIMÔNIO CULTURAL, IMATERIAL E MATERIAL DO MUNICÍPIO DE MARECHAL FLORIANO – ES, A ‘CASA DO NONNO’, LOCALIZADA NO DISTRITO DE ARAGUAYA”. O TEXTO INTEGRAL DO PROJETO ENCONTRA-SE NO DOCUMENTO OFICIAL ENVIADO. CONSIDERANDO A RELEVÂNCIA HISTÓRICA, ARQUITETÔNICA E CULTURAL DO BEM DESCRITO, PASSA-SE À ANÁLISE.</t>
   </si>
   <si>
     <t>15773</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15773/par__91.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15773/par__91.pdf</t>
   </si>
   <si>
     <t>AS COMISSÕES DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO FINAL; FINANÇAS E ORÇAMENTO; E OBRAS E SERVIÇOS URBANOS, NO USO DE SUAS ATRIBUIÇÕES REGIMENTAIS, ANALISAM O PROJETO DE LEI Nº 115/2025, QUE “REGULAMENTA O USO DE BICICLETAS ELÉTRICAS NO MUNICÍPIO DE MARECHAL FLORIANO/ES, E DÁ OUTRAS PROVIDÊNCIAS”. O TEXTO INTEGRAL DO PROJETO, INCLUINDO SUA JUSTIFICATIVA, ENCONTRA-SE NO DOCUMENTO OFICIAL ENVIADO. A MATÉRIA VERSA SOBRE A PROMOÇÃO DA MOBILIDADE URBANA SUSTENTÁVEL E A SEGURANÇA DOS CICLISTAS NO MUNICÍPIO.</t>
   </si>
   <si>
     <t>15766</t>
   </si>
   <si>
     <t>CLJRF - COMISSÃO DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO FINAL, CFO - COMISSÃO DE FINANÇAS E ORÇAMENTO, COSU - Comissão de Obras e Serviços Urbanos</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15766/par__92.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15766/par__92.pdf</t>
   </si>
   <si>
     <t>AS COMISSÕES DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO FINAL; FINANÇAS E ORÇAMENTO; E OBRAS E SERVIÇOS URBANOS, NO USO DE SUAS ATRIBUIÇÕES REGIMENTAIS, ANALISAM O PROJETO DE LEI Nº 117/2025, QUE “IMPLEMENTA O PROJETO POSTE LIMPO NO MUNICÍPIO DE MARECHAL FLORIANO/ES”. O TEXTO INTEGRAL DO PROJETO ENCONTRA-SE REGISTRADO NO DOCUMENTO OFICIAL, CONFORME PÁGINAS 1 A 4.</t>
   </si>
   <si>
     <t>15767</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15767/par__93.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15767/par__93.pdf</t>
   </si>
   <si>
     <t>AS COMISSÕES DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO FINAL; FINANÇAS E ORÇAMENTO; E OBRAS E SERVIÇOS URBANOS, NO USO DE SUAS ATRIBUIÇÕES REGIMENTAIS, ANALISAM O PROJETO DE LEI Nº 127/2025, QUE “DECLARA COMO PATRIMÔNIO CULTURAL E IMATERIAL DO MUNICÍPIO DE MARECHAL FLORIANO – ES A TRADIÇÃO DO FILÓ”. O TEXTO INTEGRAL DO PROJETO ENCONTRA-SE NO DOCUMENTO OFICIAL DISPONIBILIZADO.</t>
   </si>
   <si>
     <t>15768</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15768/par__94.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15768/par__94.pdf</t>
   </si>
   <si>
     <t>AS COMISSÕES DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO FINAL E DE FINANÇAS E ORÇAMENTO, NO USO DE SUAS ATRIBUIÇÕES REGIMENTAIS, ANALISAM O PROJETO DE LEI Nº 128/2025, QUE “DECLARA COMO 'VILA ALEMÃ' O DISTRITO DE SANTA MARIA DE MARECHAL, NO MUNICÍPIO DE MARECHAL FLORIANO/ES”. O TEXTO INTEGRAL DO PROJETO ENCONTRA-SE NO DOCUMENTO OFICIAL ENVIADO. A PROPOSIÇÃO TEM POR FINALIDADE RECONHECER OFICIALMENTE A FORTE PRESENÇA DA CULTURA ALEMÃ NA LOCALIDADE, PROMOVENDO SUA VALORIZAÇÃO HISTÓRICA, SOCIAL E TURÍSTICA.</t>
   </si>
   <si>
     <t>15769</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15769/par__95.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15769/par__95.pdf</t>
   </si>
   <si>
     <t>AS COMISSÕES DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO FINAL E DE FINANÇAS E ORÇAMENTO, NO USO DE SUAS ATRIBUIÇÕES REGIMENTAIS, ANALISAM O PROJETO DE LEI Nº 129/2025, QUE “DECLARA COMO 'VILA ITALIANA' A VILA DE ARAGUAYA, NO MUNICÍPIO DE MARECHAL FLORIANO/ES”. O TEXTO INTEGRAL DO PROJETO ENCONTRA-SE NO DOCUMENTO OFICIAL ENVIADO.</t>
   </si>
   <si>
     <t>15770</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15770/par__96.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15770/par__96.pdf</t>
   </si>
   <si>
     <t>AS COMISSÕES DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO FINAL; FINANÇAS E ORÇAMENTO; E EDUCAÇÃO, SAÚDE, ASSISTÊNCIA E DIREITOS HUMANOS, NO USO DE SUAS ATRIBUIÇÕES REGIMENTAIS, ANALISAM O PROJETO DE LEI Nº 130/2025, QUE “INSTITUI O PROGRAMA MUNICIPAL DE SAÚDE MENTAL NAS ESCOLAS DA REDE PÚBLICA DE ENSINO NO MUNICÍPIO DE MARECHAL FLORIANO/ES E DÁ OUTRAS PROVIDÊNCIAS”. O TEXTO INTEGRAL DO PROJETO ENCONTRA-SE NO DOCUMENTO OFICIAL ENVIADO.</t>
   </si>
   <si>
     <t>15771</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15771/par__97.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15771/par__97.pdf</t>
   </si>
   <si>
     <t>AS COMISSÕES DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO FINAL; FINANÇAS E ORÇAMENTO; E EDUCAÇÃO, SAÚDE, ASSISTÊNCIA E DIREITOS HUMANOS, NO USO DE SUAS ATRIBUIÇÕES REGIMENTAIS, ANALISAM O PROJETO DE LEI Nº 131/2025, QUE “DISPÕE SOBRE A CRIAÇÃO DA OUVIDORIA DO AUTISMO NO ÂMBITO DO PODER LEGISLATIVO DE MARECHAL FLORIANO E DÁ OUTRAS PROVIDÊNCIAS”. O TEXTO INTEGRAL DO PROJETO ENCONTRA-SE NO DOCUMENTO OFICIAL ENVIADO.</t>
   </si>
   <si>
     <t>15774</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15774/par_98.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15774/par_98.pdf</t>
   </si>
   <si>
     <t>REFERENTE AO PROJETO DE LEI Nº 122/2025 QUE "DISPÕE SOBRE A OBRIGATORIEDADE DE INFORMAR A DESTINAÇÃO FINAL DOS RESÍDUOS DE CONSTRUÇÃO CIVIL E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>15431</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15431/projeto_de_decreto_01.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15431/projeto_de_decreto_01.pdf</t>
   </si>
   <si>
     <t>APROVA, COM RESSALVAS, AS CONTAS ANUAIS DO PREFEITO MUNICIPAL DE MARECHAL FLORIANO RELATIVAS AO EXERCÍCIO FINANCEIRO DE 2023.</t>
   </si>
   <si>
     <t>14677</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14677/pll_01.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14677/pll_01.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A CONTRATAR OPERAÇÃO DE CRÉDITO COM O BANCO DO BANESTES, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>14678</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14678/pll_02.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14678/pll_02.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A CONTRATAR OPERAÇÃO DE CRÉDITO COM O BANCO DO BRASIL, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>14679</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14679/pll_03.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14679/pll_03.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A CONTRATAR OPERAÇÃO DE CRÉDITO COM A CAIXA ECONÔMICA FEDERAL, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>14680</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O PROGRAMA MUNICIPAL DE ORGANIZAÇÕES SOCIAIS E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>14681</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14681/pll_05.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14681/pll_05.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ABERTURA DE CRÉDITOS ADICIONAIS SUPLEMENTARES E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>14687</t>
   </si>
   <si>
     <t>ALTERA ARTIGO 3º DA LEI MUNICIPAL N° 2.249, DE 10 DE NOVEMBRO DE 2020</t>
   </si>
   <si>
     <t>14688</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14688/pll_07.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14688/pll_07.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DE CARGOS DE PROVIMENTO EM COMISSÃO A SEREM INSERIDOS NA ESTRUTURA ADMINISTRATIVA DO MUNICÍPIO DE MARECHAL FLORIANO/ES E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>14689</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14689/pll_08.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14689/pll_08.pdf</t>
   </si>
   <si>
     <t>DESMEMBRA E MODIFICA A NOMENCLATURA DE SECRETARIAS MUNICIPAIS E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>14647</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14647/pl_009-2025.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14647/pl_009-2025.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ORGANIZAÇÃO E A ESTRUTURA ADMINISTRATIVA DO PODER LEGISLATIVO DO MUNICÍPIO DE MARECHAL FLORIANO-ES.</t>
   </si>
   <si>
     <t>14641</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14641/pll_10.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14641/pll_10.pdf</t>
   </si>
   <si>
     <t>DECLARA PATRIMÔNIO PAISAGÍSTICO DO MUNICÍPIO DE MARECHAL FLORIANO/ES, O PÉ DE _x000D_
 JACA PLANTADO PELA FAMÍLIA ENTRINGER, NO VALE DAS PALMAS, EM MARECHAL FLORIANO/ES.</t>
   </si>
   <si>
     <t>14642</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14642/pll_11.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14642/pll_11.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A OBRIGATORIEDADE DA APLICAÇÃO DO QUESTIONÁRIO “SNAP IV” PARA RASTREAMENTO DE SINAIS PRECOCES DO TRANSTORNO DO DÉFICIT DE ATENÇÃO COM HIPERATIVIDADE (TDAH), POR PARTE DAS UNIDADES DE SAÚDE DA REDE PÚBLICA E PRIVADA DO MUNICÍPIO DE MARECHAL FLORIANO/ES.</t>
   </si>
   <si>
     <t>14646</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14646/pll012.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14646/pll012.pdf</t>
   </si>
   <si>
     <t>INSTITUI NO MUNICÍPIO DE MARECHAL FLORIANO/ES , O PROGRAMA BOLSA ATLETA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>14648</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14648/pl_013-2025.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14648/pl_013-2025.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DO “CENTRO DE APOIO AO PRODUTOR RURAL NO MUNICÍPIO DE MARECHAL FLORIANO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>14676</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14676/projeto_014.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14676/projeto_014.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A PROIBIÇÃO DO CONSUMO DE DISPOSITIVOS ELETRÔNICOS PARA FUMAR (DEF), EM RECINTO COLETIVO FECHADO, PRIVADO OU PÚBLICO, SITUADO NO MUNICÍPIO DE MARECHAL FLORIANO – ES.</t>
   </si>
   <si>
     <t>14738</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14738/246.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14738/246.pdf</t>
   </si>
   <si>
     <t>INSTITUI A CAMPANHA DE ESTÍMULO AO CUIDADO DA SAÚDE MENTAL E BEM-ESTAR, DENOMINADA "JANEIRO BRANCO", NO ÂMBITO DO MUNICÍPIO DE MARECHAL FLORIANO/ES E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>14810</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14810/pll_016.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14810/pll_016.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL PARA O ORÇAMENTO DO EXERCÍCIO DE 2025 DO MUNICÍPIO DE MARECHAL FLORIANO - ES</t>
   </si>
   <si>
     <t>14789</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14789/pl17.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14789/pl17.pdf</t>
   </si>
   <si>
     <t>DECLARA COMO PATRIMÔNIO CULTURAL E IMATERIAL DO MUNICÍPIO DE MARECHAL FLORIANO-ES, A VITICULTURA</t>
   </si>
   <si>
     <t>14790</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14790/pl18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14790/pl18.pdf</t>
   </si>
   <si>
     <t>DECLARA COMO PATRIMÔNIO CULTURAL E IMATERIAL DO MUNICÍPIO DE MARECHAL _x000D_
 FLORIANO-ES, A “ESTRADA DE FERRO”, COMPREENDENDO O PERÍMETRO QUE CORTA _x000D_
 ESTA MUNICIPALIDADE</t>
   </si>
   <si>
     <t>14791</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14791/pl19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14791/pl19.pdf</t>
   </si>
   <si>
     <t>INSTITUI, NO ÂMBITO DO MUNICÍPIO DE MARECHAL FLORIANO/ES, O DIA MUNICIPAL DO EXECUTIVO DE SAÚDE, A SER COMEMORADO ANUALMENTE, NO DIA 16 DE SETEMBRO.</t>
   </si>
   <si>
     <t>14792</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14792/pl20.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14792/pl20.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CRIAÇÃO DO PROGRAMA MUNICIPAL DE MÚSICA NO MUNICÍPIO DE MARECHAL FLORIANO, DENOMINADO "MUSICALIDADE FLORIANENSE" E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>14794</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14794/pl_-_hilario_21-25.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14794/pl_-_hilario_21-25.pdf</t>
   </si>
   <si>
     <t>INSTITUI A “FEIRA EXPO COFFEE MARECHAL FLORIANO”, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>14793</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14793/pl22.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14793/pl22.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE "VILA ARAUCÁRIA", A VILA LOCALIZADA NO DISTRITO DE SANTA MARIA, _x000D_
 NESTE MUNICÍPIO</t>
   </si>
   <si>
     <t>14914</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14914/pll023.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14914/pll023.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE PROCESSO DE SELEÇÃO TÉCNICA DE MÉRITO E DESEMPENHO PARA PROVIMENTO DE CARGO/FUNÇÃO PARA DIRETOR ESCOLAR DAS ESCOLAS DA REDE PÚBLICA MUNICIPAL DE ENSINO DO MUNICÍPIO DE MARECHAL FLORIANO, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>14915</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14915/pll024.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14915/pll024.pdf</t>
   </si>
   <si>
     <t>REVOGA A LEI MUNICIPAL N° 1644, DE 06 DE AGOSTO DE 2015</t>
   </si>
   <si>
     <t>14916</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14916/pll_025.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14916/pll_025.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PROGRAMA FLORIANENSE SAUDÁVEL NO ÂMBITO DO MUNICÍPIO DE MARECHAL FLORIANO/ES</t>
   </si>
   <si>
     <t>14917</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14917/pll_026.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14917/pll_026.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PROJETO JOVENS CAMPEÕES FLORIANENSES NO ÂMBITO DO MUNICÍPIO DE MARECHAL FLORIANO/ES</t>
   </si>
   <si>
     <t>14888</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14888/pl27_angelo.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14888/pl27_angelo.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DENOMINAÇÃO DE VILA LOCALIZADA EM SOÍDO DE BAIXO, NO MUNICÍPIO DE MARECHAL FLORIANO – ES, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>14889</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14889/pl28_cezinha.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14889/pl28_cezinha.pdf</t>
   </si>
   <si>
     <t>INSERE NO CALENDÁRIO DE EVENTOS DO MUNICÍPIO DE MARECHAL FLORIANO-ES, O "TORNEIO DE FAMÍLIAS", REALIZADO ANUALMENTE NA COMUNIDADE DE ARAGUAYA.</t>
   </si>
   <si>
     <t>14890</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14890/pl29_cezinha.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14890/pl29_cezinha.pdf</t>
   </si>
   <si>
     <t>DECLARA COMO PATRIMÔNIO CULTURAL E IMATERIAL DO MUNICÍPIO DE MARECHAL FLORIANO-ES, A "MISSA EM RITO SERTANEJO", REALIZADA ANUALMENTE NA COMUNIDADE DE RIO FUNDO.</t>
   </si>
   <si>
     <t>14891</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14891/pl30_cezinha.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14891/pl30_cezinha.pdf</t>
   </si>
   <si>
     <t>DECLARA COMO PATRIMÔNIO CULTURAL E IMATERIAL DO MUNICÍPIO DE MARECHAL FLORIANO-ES, A "ENCENAÇÃO DA PAIXÃO, MORTE E RESSURREIÇÃO DE JESUS CRISTO", REALIZADA ANUALMENTE NA SEDE DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>14892</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14892/pl31_adriano.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14892/pl31_adriano.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE "LOURDES MENDES FOCA DA SILVA" AS FUTURAS INSTALAÇÕES DA CRECHE MUNICIPAL DE VICTOR HUGO, NO MUNICÍPIO DE MARECHAL FLORIANO – ES, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>14893</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14893/pl32_camara.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14893/pl32_camara.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE CRIAÇÃO DE CARGOS DE PROVIMENTO EM COMISSÃO E A ALTERAÇÃO _x000D_
 DE DISPOSITIVOS NA ESTRUTURA ADMINISTRATIVA DO PODER LEGISLATIVO MUNICIPAL, LEI MUNICIPAL Nº.  2.766, DE 28 DE _x000D_
 FEVEREIRO DE 2025.</t>
   </si>
   <si>
     <t>14977</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14977/pll_34_1.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14977/pll_34_1.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A PRORROGAÇÃO, ATÉ 31 DE DEZEMBRO DE 2026, A VIGÊNCIA DO PLANO MUNICIPAL DE EDUCAÇÃO DO MUNICÍPIO DE MARECHAL FLORIANO/ES, APROVADO POR MEIO DA LEI Nº 1.614, DE 21 DE MAIO DE 2015, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>14969</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14969/projeto_no_35_cezinha.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14969/projeto_no_35_cezinha.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE “JACONDO ZAMBON” A ESTRADA MUNICIPAL LOCALIZADA NO DISTRITO DE ARAGUAYA, MUNICÍPIO DE MARECHAL FLORIANO – ES, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>14970</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14970/projeto_no_36_diogo.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14970/projeto_no_36_diogo.pdf</t>
   </si>
   <si>
     <t>INSTITUI, O “DIA MUNICIPAL DO GENGIBRE” NO MUNICÍPIO DE MARECHAL FLORIANO/ES.</t>
   </si>
   <si>
     <t>14978</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14978/pll_37.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14978/pll_37.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A OBRIGATORIEDADE DAS ORGANIZAÇÕES SOCIAIS QUE PRESTAM SERVIÇOS NO MUNICÍPIO DE MARECHAL FLORIANO DE PRESTAREM CONTAS AOS CONSELHOS MUNICIPAIS E À CÂMARA MUNICIPAL DE MARECHAL FLORIANO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>14979</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14979/pll_38.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14979/pll_38.pdf</t>
   </si>
   <si>
     <t>INSTITUI A POLÍTICA MUNICIPAL INTERSETORIAL DE ASSISTÊNCIA AOS DIREITOS DAS PESSOAS COM ALTAS HABILIDADES E SUPERDOTAÇÃO, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>15012</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15012/pll._039.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15012/pll._039.pdf</t>
   </si>
   <si>
     <t>INSTITUI MECANISMOS PARA FACILITAR A PROVA DE VIDA PARA BENEFICIÁRIOS DA LEI MUNICIPAL Nº 1.572/2015 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>15074</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15074/pll_40.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15074/pll_40.pdf</t>
   </si>
   <si>
     <t>ALTERA O ARTIGO 2º DA LEI MUNICIPAL Nº 2.518, DE 27 DE SETEMBRO DE 2022, QUE DISPÕE SOBRE O CONSELHO MUNICIPAL DE TURISMO DE MARECHAL FLORIANO, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>15075</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15075/pll_041.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15075/pll_041.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL PARA O ORÇAMENTO DO EXERCÍCIO DE 2025 DO MUNICÍPIO DE MARECHAL FLORIANO - ES.</t>
   </si>
   <si>
     <t>15076</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15076/pll_042.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15076/pll_042.pdf</t>
   </si>
   <si>
     <t>INSTITUI NO ÂMBITO DA ADMINISTRAÇÃO PÚBLICA MUNICIPAL O ESTÁGIO OBRIGATÓRIO NÃO REMUNERADO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>15077</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15077/pl_43.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15077/pl_43.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DIRETRIZES PARA ELABORAÇÃO DA LEI ORÇAMENTÁRIA PARA O EXERCÍCIO FINANCEIRO DE 2026 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>15014</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15014/p44.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15014/p44.pdf</t>
   </si>
   <si>
     <t>INSERE NO CALENDÁRIO OFICIAL DE DATAS E EVENTOS DO MUNICÍPIO DE MARECHAL FLORIANO – ES, A “ENCENAÇÃO DA PAIXÃO, MORTE E RESSURREIÇÃO DE JESUS CRISTO”, REALIZADA ANUALMENTE NA SEDE DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>15013</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15013/p45.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15013/p45.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A OBRIGATORIEDADE DE REALIZAÇÃO DE COLETA E ANÁLISE DE AMOSTRAS DE ÁGUA DOS RESERVATÓRIOS DAS UNIDADES DE SAÚDE E ENSINO PÚBLICO DO MUNICÍPIO DE MARECHAL FLORIANO-ES, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>15015</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15015/p46.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15015/p46.pdf</t>
   </si>
   <si>
     <t>INSTITUI O "MÊS EM COMEMORAÇÃO AOS PROFISSIONAIS DAS ESTRADAS" NO MUNICÍPIO DE MARECHAL FLORIANO/ES, RECONHECENDO E INCORPORANDO AO CALENDÁRIO OFICIAL DA MUNICIPALIDADE O EVENTO, E ESTABELECE MEDIDAS PARA A VALORIZAÇÃO E MELHORIA DAS CONDIÇÕES DE TRABALHO DESSES PROFISSIONAIS.</t>
   </si>
   <si>
     <t>15016</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15016/p047.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15016/p047.pdf</t>
   </si>
   <si>
     <t>DECLARA COMO PATRIMÔNIO CULTURAL E IMATERIAL DO MUNICÍPIO DE MARECHAL FLORIANO – ES, O “JOGO DE BOCHA”.</t>
   </si>
   <si>
     <t>15069</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15069/pl_048_vaninho.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15069/pl_048_vaninho.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PROGRAMA DE APOIO AOS PORTADORES DE DOENÇAS CRÔNICAS, COMPLEXAS E RARAS, NO MUNICÍPIO DE MARECHAL FLORIANO/ES.</t>
   </si>
   <si>
     <t>15070</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15070/pl_49_martim.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15070/pl_49_martim.pdf</t>
   </si>
   <si>
     <t>DECLARA O RIO JUCU – BRAÇO SUL COMO PATRIMÔNIO CULTURAL E IMATERIAL DO MUNICÍPIO DE MARECHAL FLORIANO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>15071</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15071/pl_50_martim.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15071/pl_50_martim.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REMOÇÃO, GUARDA E LIBERAÇÃO DE VEÍCULOS EM ESTADO DE ABANDONO NAS VIAS PÚBLICAS E LOGRADOUROS PÚBLICOS DO MUNICÍPIO DE MARECHAL FLORIANO-ES, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>15072</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15072/pl_51_hilario.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15072/pl_51_hilario.pdf</t>
   </si>
   <si>
     <t>DECLARA A “GRUTA DE NOSSA SENHORA DE LOURDES”, LOCALIZADA EM SANTA MARIA DE MARECHAL, COMO PATRIMÔNIO HISTÓRICO DO MUNICÍPIO DE MARECHAL FLORIANO/ES.</t>
   </si>
   <si>
     <t>15073</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15073/pl_52_hilario.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15073/pl_52_hilario.pdf</t>
   </si>
   <si>
     <t>DECLARA COMO PATRIMÔNIO CULTURAL MATERIAL DO MUNICÍPIO DE MARECHAL FLORIANO – ES, O LIVRO “SANTA MARIA - MEMÓRIAS DE UM POVO UNIDO PELA FÉ”.</t>
   </si>
   <si>
     <t>15661</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15661/pl_53.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15661/pl_53.pdf</t>
   </si>
   <si>
     <t>ALTERA OS ARTGOS 6º, 24,33 E 34 DA LEI MUNICIPAL Nº 568/2025, DE 07 DE DEZEMBRO DE 2005, QUE DISPÕE SOBRE O PLANO DE CARREIRA E VENCIMENTOS DOS PROFISSIONAIS DO MAGISTÉRIO PÚBLICO DO MUNICÍPIO DE MARECHAL FLORIANO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>15131</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15131/pl_54_cezinha.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15131/pl_54_cezinha.pdf</t>
   </si>
   <si>
     <t>DECLARA COMO PATRIMÔNIO CULTURAL E IMATERIAL DO MUNICÍPIO DE MARECHAL FLORIANO – ES, O TOMBO DA _x000D_
 POLENTA DE ARAGUAYA E O SEU CORTE REALIZADO COM LINHA.</t>
   </si>
   <si>
     <t>15132</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15132/pl55_mesa.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15132/pl55_mesa.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVOS DA LEI MUNICIPAL Nº 2.664, DE 28 DE DEZEMBRO DE 2023</t>
   </si>
   <si>
     <t>15187</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15187/pl56.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15187/pl56.pdf</t>
   </si>
   <si>
     <t>FIXA AREA DE EXPANSÃO URBANA COM VISTAS À URBANIZAÇÃO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>15188</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15188/pl57.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15188/pl57.pdf</t>
   </si>
   <si>
     <t>INSTITUI E INSERE NO CALENDÁRIO OFICIAL DE DATAS E EVENTOS DO MUNICÍPIO DE MARECHAL FLORIANO-ES, A “FESTA EM COMEMORAÇÃO À CRIAÇÃO DO DISTRITO DE VICTOR HUGO”.</t>
   </si>
   <si>
     <t>15189</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15189/pl58.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15189/pl58.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ATUALIZAÇÃO DO PERCURSO DAS RUAS DENOMINADAS PELA LEI Nº. 2.638, DE 13 DE NOVEMBRO DE 2023.</t>
   </si>
   <si>
     <t>15216</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15216/pl_059.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15216/pl_059.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A NOMEAÇÃO DA "RUA FISCHER", LOCALIZADA NA SEDE DE MARECHAL FLORIANO/ES.</t>
   </si>
   <si>
     <t>15254</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15254/pl60.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15254/pl60.pdf</t>
   </si>
   <si>
     <t>INSTITUI, NO ÂMBITO DO MUNICÍPIO DE MARECHAL FLORIANO/ES, O “DIA DO IMIGRANTE ITALIANO”.</t>
   </si>
   <si>
     <t>15255</t>
   </si>
   <si>
     <t>Vaninho Stein, Cabral, Pastor Adriano</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15255/pl61.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15255/pl61.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVOS DA LEI MUNICIPAL Nº 2.126, DE 23 DE SETEMBRO DE 2019.</t>
   </si>
   <si>
     <t>15256</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15256/pl62.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15256/pl62.pdf</t>
   </si>
   <si>
     <t>INSTITUI NO CALENDÁRIO OFICIAL DE EVENTOS DO MUNICÍPIO DE MARECHAL FLORIANO O EVENTO “BRILHO DE NATAL DA COMUNIDADE DE BOM JESUS – MARECHAL FLORIANO/ES.”</t>
   </si>
   <si>
     <t>15257</t>
   </si>
   <si>
     <t>Cezinha Ronchi, Coquinho, Diogo da AMAR, Juarez Xavier, Vaninho Stein</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15257/pl63.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15257/pl63.pdf</t>
   </si>
   <si>
     <t>“ALTERA LEI MUNICIPAL Nº 945, DE 14 DE SETEMBRO DE 2009”.</t>
   </si>
   <si>
     <t>15286</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15286/pl64.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15286/pl64.pdf</t>
   </si>
   <si>
     <t>INSTITUI, NO ÂMBITO DO MUNICÍPIO DE MARECHAL FLORIANO/ES, A SEMANA EM HOMENAGEM AOS “VOLUNTÁRIOS DA PÁTRIA E DA PAZ”.</t>
   </si>
   <si>
     <t>15287</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15287/pl_l65.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15287/pl_l65.pdf</t>
   </si>
   <si>
     <t>DECLARA COMO UTILIDADE PÚBLICA MUNICIPAL, A ASSOCIAÇÃO COMERCIAL, INDUSTRIAL E AGROINDUSTRIAL E SERVIÇOS DE MARECHAL FLORIANO/ES - ACIASMAF, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>15288</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15288/pl66.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15288/pl66.pdf</t>
   </si>
   <si>
     <t>INCENTIVA O USO DA BICICLETA COMO MEIO DE MOBILIDADE URBANA, AUTORIZA PARCERIAS PÚBLICO-PRIVADAS PARA ESTE _x000D_
 FIM E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>15349</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15349/pl_67.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15349/pl_67.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI MUNICIPAL Nº 2.768, DE 14 DE ABRIL DE 2025, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>15350</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15350/pl_68.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15350/pl_68.pdf</t>
   </si>
   <si>
     <t>ALTERA OS ARTIGOS 2º E 4º DA LEI MUNICIPAL Nº 2.635/2023 QUE DISPÕE SOBRE A CRIAÇÃO DA ESCOLA MUNICIPAL DE ENSINO FUNDAMENTAL MAURO CHRISTO DO MUNICÍPIO DE MARECHAL FLORIANO, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>15351</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15351/pl_69.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15351/pl_69.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DE CARGO DE PROVIMENTO EM COMISSÃO NO ÂMBITO DO PODER EXECUTIVO MUNICIPAL, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>15352</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15352/pl_070.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15352/pl_070.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DA LEI MUNICIPAL Nº 1.694, DE 04 DE FEVEREIRO DE 2016, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>15353</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15353/pl_071.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15353/pl_071.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVO DA LEI MUNICIPAL Nº 2.495, DE 19 DE AGOSTO DE 2022, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>15354</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15354/pl72.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15354/pl72.pdf</t>
   </si>
   <si>
     <t>INSTITUI, O PROJETO “COLÔNIA DE FÉRIAS MUNICIPAL” NO MUNICÍPIO DE MARECHAL FLORIANO – VOLTADA À RECREAÇÃO E AO DESENVOLVIMENTO INFANTIL NO RECESSO ESCOLAR.</t>
   </si>
   <si>
     <t>15355</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15355/pl_073_1.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15355/pl_073_1.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A IDENTIFICAÇÃO DE VEÍCULOS OFICIAIS E/OU LOCADOS, NO MUNICÍPIO DE MARECHAL FLORIANO-ES</t>
   </si>
   <si>
     <t>15393</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15393/pl_74.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15393/pl_74.pdf</t>
   </si>
   <si>
     <t>ATUALIZA O PERCURSO DAS VIAS: RODOVIA MUNICIPAL ROMEU NUNES VIEIRA, RODOVIA MUNICIPAL BERNARDO LEONOR EFFGEN E RUA MAGNO THADEU EFFGEN.</t>
   </si>
   <si>
     <t>15394</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15394/pl_75.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15394/pl_75.pdf</t>
   </si>
   <si>
     <t>DECLARA COMO PATRIMÔNIO CULTURAL E IMATERIAL DO MUNICÍPIO DE MARECHAL FLORIANO-ES, O “FESTIVAL DO SANFONEIRO”, REALIZADO ANUALMENTE NO MÊS DE SETEMBRO, PELA COMUNIDADE DE ALTO NOVA ALMEIDA.</t>
   </si>
   <si>
     <t>15395</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15395/pl_76.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15395/pl_76.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O PROGRAMA MUNICIPAL DE PREVENÇÃO AO SUICÍDIO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>15396</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15396/pl_77.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15396/pl_77.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A INSTITUIÇÃO DO “PROGRAMA MUNICIPAL DE CAPACITAÇÃO PARA O ATENDIMENTO EDUCACIONAL _x000D_
 INCLUSIVO A PESSOAS COM TRASTORNO DO ESPECTRO AUTISTA – TEA” NO ÂMBITO DO MUNICÍPIO DE MARECHAL FLORIANO, ESTADO DO ESPÍRITO SANTO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>15437</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15437/pl_78.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15437/pl_78.pdf</t>
   </si>
   <si>
     <t>DENOMINA A UNIDADE DE RADIOLOGIA (RAIO-X) LOCALIZADA NO CENTRO DE SAÚDE ARY RIBEIRO DA SILVA DE: CENTRO DE DIAGNÓSTICO RADIOLÓGICO (RAIO-X) MARECHAL fLORIANO/ES</t>
   </si>
   <si>
     <t>15438</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15438/pl_79.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15438/pl_79.pdf</t>
   </si>
   <si>
     <t>DENOMINA A UNIDADE DE ULTRASSONOGRAFIA (ULTRASSOM) LOCALIZADA NO CENTRO DE SAÚDE ARY RIBEIRO DA SILVA DE: CENTRO DE DIAGNÓSTICO POR ULTRASSONOGRAFIA (ULTRASSOM) MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>15439</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15439/pl_80.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15439/pl_80.pdf</t>
   </si>
   <si>
     <t>INSTITUI NAS ESCOLAS MUNICIPAIS DO MUNICÍPIO DE MARECHAL FLORIANO/ES, OS CONHECIMENTOS DE DIREITO E CIDADANIA POR MEIO DO PROGRAMA " DIREITO NA ESCOLA" E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>15457</t>
   </si>
   <si>
     <t>Cezinha Ronchi, Pastor Adriano, Vaninho Stein</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15457/pl_81.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15457/pl_81.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A SINALIZAÇÃO DA ÁREA ESPECIAL DA FEIRA DA ROÇA, LOCALIZADA NA RUA DAVID CANAL, NA SEDE DESTE MUNICÍPIO</t>
   </si>
   <si>
     <t>15459</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15459/pl_82.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15459/pl_82.pdf</t>
   </si>
   <si>
     <t>15453</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15453/pl_83.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15453/pl_83.pdf</t>
   </si>
   <si>
     <t>INSERE NO CALENDÁRIO OFICIAL DE DATAS E EVENTOS DO MUNICÍPIO DE MARECHAL FLORIANO/ES A "CAMINHADA OUTUBRO ROSA"</t>
   </si>
   <si>
     <t>15454</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15454/pl_84.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15454/pl_84.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A PROIBIÇÃO DA CONTRATAÇÃO DE SHOWS, ARTISTAS E EVENTOS ABERTOS AO PÚBLICO INFANTO JUVENIL QUE ENVOLVAM, NO DECORRER DA APRESENTAÇÃO, EXPRESSÃO DE APOLOGIA AO CRIME OU AO USO DE DROGAS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>15488</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15488/pl_85.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15488/pl_85.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O PLANO PLURIANUAL PARA O QUADRIÊNIO DE 2026 A 2029</t>
   </si>
   <si>
     <t>15501</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15501/pl_86.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15501/pl_86.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE “CENTRO MUNICIPAL EDUCACIONAL PARQUE DAS COLINAS”, LOCALIZADO NO BAIRRO JOSÉ ALOÍSIO SIMON, TREVO DE PARAJU, NESTA MUNICIPALIDADE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>15502</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15502/pl_87.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15502/pl_87.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE “SÃO CRISTÓVÃO” AS INSTALAÇÕES DA UNIDADE BÁSICA DE SAÚDE LOCALIZADA NO BAIRRO JOSÉ ALOÍSIO SIMON, TREVO DE PARAJU, NESTE MUNICÍPIO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>15503</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15503/pl_88.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15503/pl_88.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A LEITURA BÍBLICA COMO RECURSO PARADIDÁTICO NAS ESCOLAS PÚBLICAS DO MUNICÍPIO DE MARECHAL FLORIANO – ES.</t>
   </si>
   <si>
     <t>15489</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15489/pl_89.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15489/pl_89.pdf</t>
   </si>
   <si>
     <t>INSTITUI, NO ÂMBITO DO MUNICÍPIO DE MARECHAL FLORIANO – ES, O PROGRAMA “CIDADE AMIGA DO IDOSO”.</t>
   </si>
   <si>
     <t>15490</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15490/pl_90.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15490/pl_90.pdf</t>
   </si>
   <si>
     <t>FIXA ÁREA DE EXPANSÃO URBANA COM VISTAS À URBANIZAÇÃO E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>15491</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15491/pl_91.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15491/pl_91.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE "RUA HÉSIO DEOLINDO", NO MUNICÍPIO DE MARECHAL FLORIANO/ES.</t>
   </si>
   <si>
     <t>15492</t>
   </si>
   <si>
     <t>Juarez Xavier, Martim Trarbach</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15492/pl_92.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15492/pl_92.pdf</t>
   </si>
   <si>
     <t>INSTITUI A "ROTA TURÍSTICA E COMERCIAL ECO RIO FUNDO" NO MUNICÍPIO DE MARECHAL FLORIANO/ES E DÁ OUTRAS PROVIDÊNCIAS"</t>
   </si>
   <si>
     <t>15493</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15493/pl_93.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15493/pl_93.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO, NO ÂMBITO DO MUNICÍPIO DE MARECHAL FLORIANO, DA CASA DO CIDADÃO FLORIANENSE, DESTINADA À CENTRALIZAÇÃO E UNIFICAÇÃO DA PRESTAÇÃO DE SERVIÇOS AO CIDADÃO</t>
   </si>
   <si>
     <t>15504</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15504/pl_94.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15504/pl_94.pdf</t>
   </si>
   <si>
     <t>CRIA A "LEI ALICE" QUE DISPÕE SOBRE A OBRIGATORIEDADE DE FIXAÇÃO DEMOBILIÁRIO E EQUIPAMENTOS EM INSTITUIÇÕES DE ENSINO PÚBLICAS E PRIVADAS NO ÂMBITO DO MUNICÍPIO DE MARECHAL FLORIANO/ES, VISANDO À PREVENÇÃO DE ACIDENTES E À PROMOÇÃO DA SEGURANÇA NO AMBIENTE ESCOLAR, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>15494</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15494/pl_95.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15494/pl_95.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PROJETO FUTURO EM AÇÃO - INSERÇÃO DE ADOLESCENTES NO MERCADO DE TRABALHO, NO ÂMBITO DO MUNICÍPIO DE MARECHAL FLORIANO, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>15495</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15495/pl_96.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15495/pl_96.pdf</t>
   </si>
   <si>
     <t>15496</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15496/pl_97.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15496/pl_97.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A INSTALAÇÃO DE CÂMERAS DE MONITORAMENTO E SEGURANÇA NAS CRECHES E ESCOLAS PÚBLICAS DE MARECHAL FLORIANO-ES</t>
   </si>
   <si>
     <t>15514</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15514/pl_98.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15514/pl_98.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A CELEBRAR CONVÊNIO VISANDO A CONCESSÃO DE EMPRÉSTIMO COM INSTITUIÇÕES FINANCEIRAS, ATRAVÉS DE CONSIGNAÇÃO EM FOLHA DE PAGAMENTO, A SERVIDORES ATIVOS EM REGIME: EFETIVO, COMISSIONADO E DESIGNAÇÃO TEMPORÁRIA. A CONSIGNAÇÃO EM FOLHA DE PAGAMENTO SE ESTENDERÁ AOS ELEITO, A ESTRATÉGIA E SAÚDE DA FAMÍLIA E AOS PROFISSIONAIS CONSELHEIROS TUTELARES, NA FORMA QUE INDICA E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>15515</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15515/pl_99.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15515/pl_99.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REVISÃO GERAL ANUAL DOS SERVIDORES PÚBLICOS MUNICIPAIS DOS PODERES EXECUTIVO E LEGISLATIVO DO MUNICÍPIO DE MARECHAL FLORIANO/ES E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>15662</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15662/pl_100.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15662/pl_100.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A INSTALAÇÃO DE BRINQUEDOS ADAPTADOS PARA CRIANÇAS COM DEFICIÊNCIA OU MOBILIDADE _x000D_
 REDUZIDA, NOS PARQUES E PRAÇAS PÚBLICAS DO MUNICÍPIO DE MARECHAL FLORIANO-ES.</t>
   </si>
   <si>
     <t>15530</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15530/pl__101.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15530/pl__101.pdf</t>
   </si>
   <si>
     <t>INSTITUI A “CORRIDA VILA ARAGUAYA”, A REALIZAR-SE ANUALMENTE NO DISTRITO DE ARAGUAYA, NO MUNICÍPIO DE MARECHAL FLORIANO/ES E A INSERE NO SEU CALENDÁRIO OFICIAL DE EVENTOS ESPORTIVOS.</t>
   </si>
   <si>
     <t>15531</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15531/pl___102.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15531/pl___102.pdf</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO DE UTILIDADE PÚBLICA À ASSOCIAÇÃO MARTINENSE DOS ANIMAIS DE RUA – AMAR, COM SEDE EM DOMINGOS MARTINS – ES, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>15532</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15532/pl_103.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15532/pl_103.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PROGRAMA DE APOIO À MULHER, À CRIANÇA, AO IDOSO E ÀS PESSOAS COM NECESSIDADES ESPECIAIS, NO ÂMBITO DO MUNICÍPIO DE MARECHAL FLORIANO-ES, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>15533</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15533/pl__104.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15533/pl__104.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A OBRIGATORIEDADE DE ATRIBUIÇÃO DE NÚMERO DE PROTOCOLO SOLICITAÇÕES A TODAS INSERIDAS AS NO SISTEMA DE REGULAÇÃO MUNICIPAL DE SAÚDE, RELATIVAS A ESPECIALMENTE PROCEDIMENTOS CIRÚRGICOS ELETIVOS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>15534</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15534/pl__105.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15534/pl__105.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE ''RUA DOS COLIBRIS'' NA VILA DOS IPÊS, EM SANTA MARIA DE MARECHAL.</t>
   </si>
   <si>
     <t>15591</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15591/pl_106.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15591/pl_106.pdf</t>
   </si>
   <si>
     <t>CONCEDE AUXÍLIO PARA DIFERENÇA DE CAIXA NO ÂMBITO DO PODER EXECUTIVO MUNICIPAL</t>
   </si>
   <si>
     <t>15592</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15592/pl__107.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15592/pl__107.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE MARECHAL FLORIANO PARA O EXERCÍCIO FINANCEIRO DE 2026</t>
   </si>
   <si>
     <t>15593</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15593/pl_108.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15593/pl_108.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A OBRIGATORIEDADE DE LIMPEZA E CONSERVAÇÃO DE LOTES URBANOS NO ÂMBITO DO MUNICÍPIO DE MARECHAL FLORIANO/ES</t>
   </si>
   <si>
     <t>15594</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15594/pl_109.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15594/pl_109.pdf</t>
   </si>
   <si>
     <t>INSTITUI O ACOLHE – PONTO DE ACOLHIMENTO E ORIENTAÇÃO ÀS VÍTIMAS DE VIOLÊNCIA DOMÉSTICA E FAMILIAR NO ÂMBITO DO MUNICÍPIO DE MARECHAL FLORIANO/ES, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>15595</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15595/pl_110.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15595/pl_110.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A OBRIGATORIEDADE DE PRESTADORES INDIVIDUAIS E EMPRESAS DE TRANSPORTES DE PASSAGEIROS ACEITAREM O PAGAMENTO DOS SERVIÇOS MEDIANTE DINHEIRO EM ESPÉCIE, CARTÕES DE CRÉDITO/DÉBITO E PIX, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>15634</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15634/pl__111.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15634/pl__111.pdf</t>
   </si>
   <si>
     <t>ALTERA O ART. 93 DA LEI Nº 488, DE 23 DE DEZEMBRO DE 2003, QUE "DÁ NOVA REDAÇÃO AO CÓDIGO TRIBUTÁRIODO MUNICÍPIO DE MARECHAL FLORIANO - ES, NA FORMA QUE ESPECIFICA.</t>
   </si>
   <si>
     <t>15596</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15596/pl_112.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15596/pl_112.pdf</t>
   </si>
   <si>
     <t>DECLARA COMO PATRIMÔNIO CULTURAL E MATERIAL DO MUNICÍPIO DE MARECHAL FLORIANO – ES, A “CASA DO NONNO”, LOCALIZADA NO DISTRITO DE ARAGUAYA.</t>
   </si>
   <si>
     <t>15615</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15615/pl_113.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15615/pl_113.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PLANO MUNICIPAL PELA PRIMEIRA INFÂNCIA NO ÂMBITO DO MUNICÍPIO DE MARECHAL FLORIANO, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>15616</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15616/pl_114.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15616/pl_114.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ALTERAÇÃO DA TABELA ÚNICA DA LEI MUNICIPAL Nº 168 DE 1995</t>
   </si>
   <si>
     <t>15617</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15617/pl_115.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15617/pl_115.pdf</t>
   </si>
   <si>
     <t>REGULAMENTA O USO DE BICICLETAS ELÉTRICAS NO MUNICÍPIO DE MARECHAL FLORIANO/ES, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>15606</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15606/pl__116.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15606/pl__116.pdf</t>
   </si>
   <si>
     <t>DECLARA COMO UTILIDADE PÚBLICA MUNICIPAL, A “ASSOCIAÇÃO DO CEMITÉRIO NOSSA SENHORA AUXILIADORA”, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>15607</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15607/pl_117.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15607/pl_117.pdf</t>
   </si>
   <si>
     <t>IMPLEMENTA O PROJETO POSTE LIMPO NO MUNICÍPIO DE MARECHAL FLORIANO/ES</t>
   </si>
   <si>
     <t>15608</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15608/pl__118.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15608/pl__118.pdf</t>
   </si>
   <si>
     <t>DECLARA COMO PATRIMÔNIO CULTURAL E IMATERIAL DO MUNICÍPIO DE MARECHAL FLORIANO O RIO ARAGUAYA MIRIM.</t>
   </si>
   <si>
     <t>15609</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15609/pl__119.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15609/pl__119.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PROJETO CORES DA NOSSA HISTÓRIA.</t>
   </si>
   <si>
     <t>15610</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15610/pl__120.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15610/pl__120.pdf</t>
   </si>
   <si>
     <t>15690</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15690/pl_121.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15690/pl_121.pdf</t>
   </si>
   <si>
     <t>DENOMINA A ESTRADA LOCALIZADA EM SOÍDO DE BAIXO DE: ESTRADA GLADSTONE CESAR KILL - TONINHO KILL</t>
   </si>
   <si>
     <t>15746</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15746/pl_122.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15746/pl_122.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A OBRIGATORIEDADE DE INFORMAR A DESTINAÇÃO FINAL DOS RESÍDUOS DE CONSTRUÇÃO CIVIL, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
+    <t>15874</t>
+  </si>
+  <si>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15874/pl_123.pdf</t>
+  </si>
+  <si>
+    <t>15875</t>
+  </si>
+  <si>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15875/pl_124.pdf</t>
+  </si>
+  <si>
+    <t>FIXA AREA DE EXPANSÃO URBANA COM VISTAS À URBANIZAÇÃO E DÁ OUTRAS _x000D_
+PROVIDÊNCIAS.</t>
+  </si>
+  <si>
     <t>15747</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15747/pl__125.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15747/pl__125.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE “EUGÊNIO BORGO” A RUA LOCALIZADA EM BARRA DO RIO FUNDO - MARECHAL FLORIANO – ES, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>15749</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15749/pl__126.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15749/pl__126.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE CRIAÇÃO DE CARGO DE PROVIMENTO EM COMISSÃO, CARGO EM _x000D_
 FUNÇÃO GRATIFICADA E A ALTERAÇÃO DE DISPOSITIVOS NA ESTRUTURA ADMINISTRATIVA DO PODER LEGISLATIVO MUNICIPAL, LEI MUNICIPAL Nº.  2.766, DE 28 DE FEVEREIRO DE 2025.</t>
   </si>
   <si>
     <t>15682</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15682/pl__127.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15682/pl__127.pdf</t>
   </si>
   <si>
     <t>DECLARA COMO PATRIMÔNIO CULTURAL E IMATERAL DO MUNICÍPIO DE MARECHAL FLORIANO–ES A TRADIÇÃO DO FILÓ.</t>
   </si>
   <si>
     <t>15683</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15683/pl__128.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15683/pl__128.pdf</t>
   </si>
   <si>
     <t>DECLARA COMO "VILA ALEMÃ" O DISTRITO DE SANTA MARIA DE MARECHAL, NO MUNICÍPIO DE MARECHAL FLORIANO/ES</t>
   </si>
   <si>
     <t>15684</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15684/pl__129.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15684/pl__129.pdf</t>
   </si>
   <si>
     <t>DECLARA COMO "VILA ITALIANA" A VILA DE ARAGUAYA, NO MUNICÍPIO DE MARECHAL FLORIANO/ES</t>
   </si>
   <si>
     <t>15685</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15685/pl___130.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15685/pl___130.pdf</t>
   </si>
   <si>
     <t>INSTITUI O "PROGRAMA MUNICIPAL DE SAÚDE MENTAL NAS ESCOLAS" DA REDE PÚBLICA DE ENSINO NO MUNICÍPIO DE MARECHAL FLORIANO/ES E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>15686</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15686/pl__131.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15686/pl__131.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DA OUVIDORIA DO AUTISMO NO ÂMBITO DO PODER LEGISLATIVO DE MARECHAL FLORIANO E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>15729</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15729/pl_032.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15729/pl_032.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVOS DA LEI MUNICIPAL Nº 2.691, DE 01 DE MARÇO DE 2024.</t>
   </si>
   <si>
     <t>15730</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15730/pl_133.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15730/pl_133.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A PROIBIÇÃO DO USO DE APARELHOS SONOROS, CHURRASQUEIRAS, GRELHAS OU OUTRAS ESTRUTURAS DESTINADAS AO PREPARO DE ALIMENTOS EM PRAÇAS PÚBLICAS DO MUNICÍPIO DE MARECHAL FLORIANO, ESTABELECE CRITÉRIOS DE AUTORIZAÇÃO E SANÇÕES, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>15704</t>
   </si>
   <si>
     <t>Cabral, Martim Trarbach</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15704/pl__134.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15704/pl__134.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O ATENDIMENTO PREFERENCIAL EM EVENTOS REALIZADOS NO MUNICÍPIO DE MARECHAL FLORIANO/ES.</t>
   </si>
   <si>
     <t>15728</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15728/pl__135.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15728/pl__135.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O USO DE CARRO DE DIVULGAÇÃO E MINI TRIO ELÉTRICO, SEM FINS LUCRATIVOS, PARA A DIVULGAÇÃO DE PAUTAS E EVENTOS EVANGÉLICOS NO MUNICÍPIO DE MARECHAL FLORIANO/ES.</t>
   </si>
   <si>
     <t>15705</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15705/pll136.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15705/pll136.pdf</t>
   </si>
   <si>
     <t>DECLARA COMO PATRIMÔNIO CULTURAL E IMATERIAL DO MUNICÍPIO DE MARECHAL _x000D_
 FLORIANO O RIO FUNDO.</t>
   </si>
   <si>
     <t>15706</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15706/pl__137.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15706/pl__137.pdf</t>
   </si>
   <si>
     <t>INSTITUI A POLÍTICA MUNICIPAL DE APOIO E DESENVOLVIMENTO DO TURISMO DE EXPERIÊNCIA</t>
   </si>
   <si>
     <t>15748</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15748/pl__138.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15748/pl__138.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PROGRAMA "COMEÇAR BEM", QUE DESTINA VOUCHER PARA OS ESTUDANTES DA REDE PÚBLICA  MUNICIPAL DE ENSINO DE MARECHAL FLORIANO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>15707</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15707/2157.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15707/2157.pdf</t>
   </si>
   <si>
     <t>15708</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15708/pl_140.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15708/pl_140.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE ABONO DE NATAL, A SER CREDITADO NO AUXÍLIO-ALIMENTAÇÃO DOS SERVIDORES DA CÂMARA MUNICIPAL DE MARECHAL FLORIANO/ES, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>15782</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15782/pl_141.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15782/pl_141.pdf</t>
   </si>
   <si>
     <t>DÁ NOVA REDAÇÃO AO ART. 5º DA LEI Nº 2.753/2024, ELEVANDO PARA 60% (SESSENTA POR CENTO) O PERCENTUAL PARA ABERTURA DE CRÉDITOS ADICIONAIS SUPLEMENTARES</t>
   </si>
   <si>
     <t>15775</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15775/pl_142.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15775/pl_142.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE ABONO AOS SERVIDORES DA SECRETARIA MUNICIPAL DE EDUCAÇÃO DO MUNICÍPIO DE MARECHAL FLORIANO/ES.</t>
   </si>
   <si>
+    <t>15788</t>
+  </si>
+  <si>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15788/pl_143.pdf</t>
+  </si>
+  <si>
+    <t>"DISPOE SOBRE A CRIAÇÃO DE CARGOS DE PROVIMENTO EFETIVO NO ÂMBITO DO PODER EXECUTIVO MUNICIPAL E DA OUTRAS PROVIDÊNCIAS.".</t>
+  </si>
+  <si>
+    <t>15789</t>
+  </si>
+  <si>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15789/pl_144.pdf</t>
+  </si>
+  <si>
+    <t>''AUTORIZA O PODER EXECUTIVO A CONCEDER A 13º PARCELA DO AUXÍLIO ALIMENTAÇÃO A SER CREDITADO ATRAVÉS DO CARTÃO ALIMENTAÇÃO NO MÊS DE 2026 AOS SERVIDORES MUNICIPAIS DO PODER EXECUTIVO, E DÁ OUTRAS PROVIDÊNCIAS''.</t>
+  </si>
+  <si>
+    <t>15790</t>
+  </si>
+  <si>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15790/pl_145.pdf</t>
+  </si>
+  <si>
+    <t>"ALTERA O VALOR DO AUXÍLIO-ALIMENTAÇÃO DO SERVIDOR PÚBLICO MUNICIPAL.".</t>
+  </si>
+  <si>
     <t>14838</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14838/pr01.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14838/pr01.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A DEVOLUÇÃO DE RECURSOS FINANCEIROS AO PODER EXECUTIVO MUNICIPAL</t>
   </si>
   <si>
     <t>15301</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15301/pr02.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15301/pr02.pdf</t>
   </si>
   <si>
     <t>LIMITA AS DESPESAS COM PASSAGENS AÉREAS, DIÁRIAS E INSCRIÇÕES EM CURSOS E PALESTRAS POR GABINETE PARLAMENTAR</t>
   </si>
   <si>
     <t>14840</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14840/pr03.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14840/pr03.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A UTILIZAÇÃO DO PLENÁRIO DA CÂMARA MUNICIPAL PARA VELÓRIOS, LIMITANDO A UTILIZAÇÃO A POLÍTICOS COM MANDATO E EX-POLÍTICOS, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>15133</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15133/projeto_de_resolucao_004_mesa.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15133/projeto_de_resolucao_004_mesa.pdf</t>
   </si>
   <si>
     <t>DISCIPLINA OS PROCEDIMENTOS DE ACESSO ÀS INFORMAÇÕES REGULADAS PELA LEI FEDERAL Nº 12.527, DE 18 DE NOVEMBRO DE 2011, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>15465</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15465/pr05.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15465/pr05.pdf</t>
   </si>
   <si>
     <t>LIMITA AS DESPESAS COM PASSAGENS AÉREAS, DIÁRIAS E INSCRIÇÕES EM CURSOS POR PALESTRAS POR GABINETE PARLAMENTAR</t>
   </si>
   <si>
     <t>15545</t>
   </si>
   <si>
     <t>Juarez Xavier, Chapolim Frasson, Diogo da AMAR, Martim Trarbach, Pastor Adriano, Vaninho Stein</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15545/projeto__resolucao___06.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15545/projeto__resolucao___06.pdf</t>
   </si>
   <si>
     <t>INCLUI E ALTERA DISPOSITIVOS NA RESOLUÇÃO Nº 09, DE 09 DE DEZEMBRO DE 2009, REGIMENTO INTERNO.</t>
   </si>
   <si>
     <t>14645</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14645/req_01_1.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14645/req_01_1.pdf</t>
   </si>
   <si>
     <t>REQUEIRO, AO PLENÁRIO DESTA CASA DE LEIS, AUTORIZAÇÃO PARA REALIZAR SESSÃO SOLENE EM HOMENAGEM AO "DIA NACIONAL DAS RESERVAS PARTICULARES DO PATRIMÔNIO NATURAL - RPPN", A REALIZAR-SE NO DIA 31/01/2025</t>
   </si>
   <si>
     <t>14630</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14630/req_02.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14630/req_02.pdf</t>
   </si>
   <si>
     <t>REQUEIRO QUE SEJA ANALISADA A POSSIBILIDADE DE SER CONCEDIDO O VALE-FEIRA A TODOS OS SERVIDORES DESSE PODER EXECUTIVO MUNICIPAL, VISANDO COMPLEMENTAR O VALE-ALIMENTAÇÃO, EM VIRTUDE DE SUA DEFASAGEM, TENDO EM VISTA QUE, O VALOR PAGO ATUALMENTE É DE R$ 300,00 (TREZENTOS REAIS).</t>
   </si>
   <si>
     <t>14631</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14631/req_03.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14631/req_03.pdf</t>
   </si>
   <si>
     <t>REQUEIRO INFORMAÇÕES SOBRE O PROTOCOLO ADOTADO POR ESTA SECRETARIA PARA LIDAR COM CASOS DE IDENTIFICAÇÃO DE FELINOS COMPROVADAMENTE INFECTADOS POR ESPOROTRICOSE, CONFORME EXAME LABORATORIAL IN VITRO. TRATA-SE DE UMA DOENÇA ALTAMENTE CONTAGIOSA, CAPAZ DE UTILIZAR DIFERENTES ESTRUTURAS DO AMBIENTE COMO VETOR, PROMOVENDO A DISSEMINAÇÃO PARA OUTROS ANIMAIS E TAMBÉM PARA SERES HUMANOS.</t>
   </si>
   <si>
     <t>14632</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14632/req_04.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14632/req_04.pdf</t>
   </si>
   <si>
     <t>REQUEIRO A V. EX.ª, À FRENTE DESSE EXECUTIVO MUNICIPAL, QUE DENTRO DAS POSSIBILIDADES E LEGALIDADE, ANALISE E OLHE COM CARINHO A QUESTÃO DOS ESTAGIÁRIOS, OS QUAIS ESTÃO COM SUAS BOLSAS AUXÍLIO DA GESTÃO PASSADA, REFERENTE AO MÊS 12/2024, PENDENTES.</t>
   </si>
   <si>
     <t>14633</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14633/req_05.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14633/req_05.pdf</t>
   </si>
   <si>
     <t>CONSIDERANDO OS RELATOS DE DIVERSOS MORADORES SOBRE O MURO CONSTRUÍDO NA SUBIDA DA MACEFEL, INFORMAMOS QUE ESSE MURO APRESENTA RACHADURAS EM SUA ESTRUTURA, O QUE TEM GERADO PREOCUPAÇÃO E APREENSÃO NA COMUNIDADE LOCAL.</t>
   </si>
   <si>
     <t>14634</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14634/req_06.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14634/req_06.pdf</t>
   </si>
   <si>
     <t>REQUEIRO A ESSE PODER EXECUTIVO, POR MEIO DA SECRETARIA A QUE COMPETE, QUE SEJA VIABILIZADA A IMPLEMENTAÇÃO DAS LEIS MUNICIPAIS Nº 1.227, DE 10 DE ABRIL DE 2013 E Nº 1.914, DE 22 DE NOVEMBRO DE 2017, AMBAS DE MINHA AUTORIA, AS QUAIS VERSAM SOBRE A REALIZAÇÃO DE EVENTOS GOSPEL NO MUNICÍPIO, CONFORME SEGUEM EM ANEXO.</t>
   </si>
   <si>
     <t>14635</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14635/req_07.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14635/req_07.pdf</t>
   </si>
   <si>
     <t>REQUEIRO A ESSE PODER EXECUTIVO, JUNTO À SECRETARIA DE OBRAS E SERVIÇOS URBANOS, A CONSTRUÇÃO DE UM PONTO DE ÔNIBUS PRÓXIMO AO APOLLO, VISANDO ATENDER OS ALUNOS QUE UTILIZAM O TRANSPORTE ESCOLAR, BEM COMO A CONSTRUÇÃO E REFORMA DE PONTOS DE ÔNIBUS ÀS MARGENS DA BR 262, VISANDO ATENDER OS MUNÍCIPES QUE NECESSITAM DO TRANSPORTE COLETIVO NO TODO.</t>
   </si>
   <si>
     <t>14636</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14636/req_08.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14636/req_08.pdf</t>
   </si>
   <si>
     <t>REQUEIRO A ESSE PODER EXECUTIVO, JUNTO À SECRETARIA DE ASSISTÊNCIA SOCIAL E DIREITOS HUMANOS, QUE SEJA DEVOLVIDO O ESPAÇO QUE COMPREENDE O PONTO DE APOIO DOS TAXISTAS, LOCALIZADO PRÓXIMO À BR QUE CORTA O MUNICÍPIO, LOCAL QUE ESTÁ SENDO UTILIZADO POR MORADORES DE RUA, OS QUAIS ESTÃO USANDO A ÁREA EM ANEXO PARA SUAS NECESSIDADES FISIOLÓGICAS, CONFORME SEGUEM FOTOS, REQUERENDO PORTANTO, PROVIDÊNCIAS EM CARÁTER DE URGÊNCIA, POR PARTE DESSE EXECUTIVO MUNICIPAL, INCLUINDO O QUE SE REFERE À ABORDAGEM.</t>
   </si>
   <si>
     <t>14637</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14637/req_09.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14637/req_09.pdf</t>
   </si>
   <si>
     <t>VENHO, POR MEIO DESTE, REQUERER A VOSSA EXCELÊNCIA QUE SEJAM TOMADAS AS PROVIDÊNCIAS NECESSÁRIAS PARA A EFETIVA IMPLEMENTAÇÃO DAS LEIS MUNICIPAIS Nº 2.618, DE 22 DE AGOSTO DE 2023, QUE INSTITUI A POLÍTICA PÚBLICA PARA GARANTIA, PROTEÇÃO E AMPLIAÇÃO DOS DIREITOS DAS PESSOAS COM TRANSTORNO DO ESPECTRO AUTISTA (TEA), E Nº 2.706, DE 05 DE ABRIL DE 2024, QUE INSTITUI O USO DO COLAR DE GIRASSOL COMO INSTRUMENTO AUXILIAR PARA A IDENTIFICAÇÃO DE PESSOAS COM DEFICIÊNCIAS OCULTAS.</t>
   </si>
   <si>
     <t>14682</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14682/requerimento_010.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14682/requerimento_010.pdf</t>
   </si>
   <si>
     <t>REQUEIRO AO EXECUTIVO MUNICIPAL QUE SEJA REVISTO E PAGO AOS MOTORISTAS O COMPLEMENTO DE SALÁRIO-MÍNIMO, BEM COMO A GRATIFICAÇÃO AOS CONDUTORES DE VEÍCULOS DE EMERGÊNCIA, COMPREENDENDO O SERVIDOR PÚBLICO OCUPANTE DO CARGO DE PROVIMENTO EFETIVO DE MOTORISTA, EXERCENDO SUAS FUNÇÕES DIRIGINDO AMBULÂNCIA, LOTADO NA SECRETARIA MUNICIPAL DE SAÚDE.</t>
   </si>
   <si>
     <t>14683</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14683/requerimento_011.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14683/requerimento_011.pdf</t>
   </si>
   <si>
     <t>REQUEIRO AO PLENÁRIO DESTA CASA DE LEIS AUTORIZAÇÃO PARA REALIZAR SESSÃO SOLENE EM HOMENAGEM AOS VITICULTORES DO MUNICÍPIO, A REALIZAR-SE NO DIA 28/02/2025, ÀS 18H30.</t>
   </si>
   <si>
     <t>14684</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14684/requerimento_012.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14684/requerimento_012.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTA SUBSCREVE, NO USO DE SUAS PRERROGATIVAS REGIMENTAIS, VEM POR MEIO DESTE REQUERER QUE SEJAM TOMADAS AS PROVIDÊNCIAS NECESSÁRIAS PARA A IMPLEMENTAÇÃO DA LEI MUNICIPAL Nº 2.721, DE 10 DE JUNHO DE 2024, QUE DISPÕE SOBRE O GABINETE DE GESTÃO INTEGRADA MUNICIPAL (GGIM).</t>
   </si>
   <si>
     <t>14685</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14685/requerimento_013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14685/requerimento_013.pdf</t>
   </si>
   <si>
     <t>REQUEIRO QUE SEJAM TOMADAS AS PROVIDÊNCIAS NECESSÁRIAS PARA A CONSTRUÇÃO DE UMA CRECHE NA COMUNIDADE DE SOÍDO DE BAIXO, TAMBÉM CONHECIDA COMO COMUNIDADE CABOCLA.</t>
   </si>
   <si>
     <t>14686</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14686/requerimento_014.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14686/requerimento_014.pdf</t>
   </si>
   <si>
     <t>REQUEIRO QUE O PODER EXECUTIVO INTERVENHA JUNTO AOS ÓRGÃOS COMPETENTES DO GOVERNO, COM O INTUITO DE REALIZAR TRATATIVAS E AÇÕES EFICAZES A FIM DE EVITAR A PROLIFERAÇÃO DO MOSQUITO MARUÍ, TRANSMISSOR DA DOENÇA DENOMINADA OROPOUCHE.</t>
   </si>
   <si>
     <t>14694</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14694/158.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14694/158.pdf</t>
   </si>
   <si>
     <t>REQUEIRO QUE SEJAM TOMADAS AS PROVIDÊNCIAS NECESSÁRIAS PARA A RETIRADA DAS FERRAGENS DO TOLDO LOCALIZADO EM FRENTE À CRECHE DE ARAGUAYA, QUE CEDEU DEVIDO ÀS FORTES CHUVAS E VENTOS OCORRIDOS EM DEZEMBRO DE 2024</t>
   </si>
   <si>
     <t>14735</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14735/req_016_adriano.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14735/req_016_adriano.pdf</t>
   </si>
   <si>
     <t>REQUEIRO, A ESTE RELEVANTE ÓRGÃO FEDERAL, QUE SEJA ANALISADA A POSSIBILIDADE DE INSTALAÇÃO DE UM RADAR EM VICTOR HUGO, NA BR 262, KM 72, EM FRENTE À MERCEARIA VICTOR HUGO, EM CARÁTER DE URGÊNCIA, COM O OBJETIVO DE PROPORCIONAR MAIOR SEGURANÇA AOS PEDESTRES E MOTORISTAS, DIANTE DA ALTA VELOCIDADE QUE OS VEÍCULOS E MOTOS PASSAM NO LOCAL, A FIM DE EVITAR FUTUROS ACIDENTES.</t>
   </si>
   <si>
     <t>14761</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14761/req._017.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14761/req._017.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS, A ESSA RELEVANTE PASTA MUNICIPAL, QUE SEJA ENVIADA A ESTA CASA DE LEIS, TODA A DOCUMENTAÇÃO DE REGULARIZAÇÃO INERENTE AO “LOTEAMENTO VILA MERCHER”, LOCALIZADO EM ALTO NOVA ALMEIDA, NESTA MUNICIPALIDADE, BEM COMO, NOTIFICAÇÕES DE IRREGULARIDADES E AUTOS DE INFRAÇÕES, CASO TENHA.</t>
   </si>
   <si>
     <t>14763</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14763/req_18_cabral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14763/req_18_cabral.pdf</t>
   </si>
   <si>
     <t>REQUEIRO, AO EXECUTIVO MUNICIPAL, QUE SEJA ANALISADA A POSSIBILIDADE DE AUMENTAR O VALOR DA AJUDA DE CUSTO DE TRANSPORTE ESCOLAR, VISANDO ATENDER OS ESTUDANTES FLORIANENSES QUE INGRESSAM NO ENSINO SUPERIOR E/OU EM CURSOS TÉCNICOS NA GRANDE VITÓRIA, HAJA VISTA QUE O MUNICÍPIO NÃO DISPÕE DE TAIS CURSOS, SENDO PORTANTO, O REFERIDO AUXÍLIO DE SIGNIFICATIVA RELEVÂNCIA PARA OS MESMOS, OS QUAIS TÊM ME PROCURADO, REIVINDICANDO AUMENTO DO VALOR CONCEDIDO ATUALMENTE.</t>
   </si>
   <si>
     <t>14736</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14736/req_19_chapolim.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14736/req_19_chapolim.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTA SUBSCREVE, NO USO DE SUAS PRERROGATIVAS REGIMENTAIS, VEM POR MEIO DESTE REQUERER QUE SEJAM TOMADAS AS PROVIDÊNCIAS NECESSÁRIAS PARA A_x000D_
 FISCALIZAÇÃO DA OCUPAÇÃO DOS PASSEIOS PÚBLICOS E CALÇADAS POR COMÉRCIOS LOCAIS E AMBULANTES NO MUNICÍPIO DE MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>14737</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14737/req_20_hilario.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14737/req_20_hilario.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTA SUBSCREVE, NO USO DE SUAS PRERROGATIVAS REGIMENTAIS, VEM, POR MEIO DESTE, REQUERER A VOSSA EXCELÊNCIA A IMPLANTAÇÃO, A NÍVEL MUNICIPAL, DO PROGRAMA DO GOVERNO FEDERAL "CONTRATA MAIS BRASIL".</t>
   </si>
   <si>
     <t>14764</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14764/req_21_plenario.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14764/req_21_plenario.pdf</t>
   </si>
   <si>
     <t>O PLENÁRIO DA CÂMARA MUNICIPAL DE MARECHAL FLORIANO - ES, NO USO DE SUAS ATRIBUIÇÕES LEGAIS E EM CONSONÂNCIA COM O INTERESSE PÚBLICO, VEM A PÚBLICO MANIFESTAR SUA INSATISFAÇÃO À DECISÃO DE SUSPENDER O PAGAMENTO DO ADICIONAL DE INSALUBRIDADE AOS SERVIDORES DA SAÚDE.</t>
   </si>
   <si>
     <t>14795</t>
   </si>
   <si>
     <t>Coquinho, Cabral, Chapolim Frasson, Diogo da AMAR, Vaninho Stein</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14795/req22.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14795/req22.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS, AO EXCELENTÍSSIMO SENHOR PREFEITO, MELHORIAS NA EMEF "MAURO CHRISTO"</t>
   </si>
   <si>
     <t>14796</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14796/req23.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14796/req23.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS, AO EXCELENTÍSSIMO SENHOR PREFEITO, O ENCAMINHAMENTO A ESTA CASA DE LEIS, DAS SEGUINTES INFORMAÇÕES INERENTE À MERENDA ESCOLAR DAS ESCOLAS MUNICIPAIS</t>
   </si>
   <si>
     <t>14797</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14797/req24.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14797/req24.pdf</t>
   </si>
   <si>
     <t>CONSIDERANDO A NECESSIDADE DE AMPLIAR A ASSISTÊNCIA NO SISTEMA ÚNICO DE SAÚDE (SUS) E REGIONALIZAR O ATENDIMENTO ÀS PESSOAS COM DEFICIÊNCIA INTELECTUAL E TRANSTORNO DO ESPECTRO AUTISTA (TEA), SOLICITAMOS A ADESÃO DESTE MUNICÍPIO AO PROGRAMA SERDIA.</t>
   </si>
   <si>
     <t>14798</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14798/req_025.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14798/req_025.pdf</t>
   </si>
   <si>
     <t>VENHO A VOSSA EXCELÊNCIA REQUERER A CRIAÇÃO E IMPLEMENTAÇÃO DO PROGRAMA DE RECUPERAÇÃO FISCAL PARA O EXERCÍCIO DE 2025, A SER DENOMINADO “REFIS MARECHAL FLORIANO 2025”, COM BASE NA BEM-SUCEDIDA INICIATIVA DO REFIS INSTITUÍDO PELA LEI MUNICIPAL Nº 2.313, DE 10 DE JUNHO DE 2021.</t>
   </si>
   <si>
     <t>14894</t>
   </si>
   <si>
     <t>Vaninho Stein, Cabral, Chapolim Frasson, Coquinho, Diogo da AMAR, Martim Trarbach</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14894/req_26.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14894/req_26.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS, COM BASE NO ART. 180, ART 200 § 1º, DO REGIMENTO INTERNO, A VOTAÇÃO EM DESTAQUE DOS ARTIGOS 1º, 2º, 3º, 4º, 7º, 9º, 10, 11, 12, 15, 16 E 17 DO PROJETO DE LEI Nº 007/2025 QUE “DISPÕE SOBRE A CRIAÇÃO DE CARGOS DE PROVIMENTO EM COMISSÃO A SEREM INSERIDOS NA ESTRUTURA ADMINISTRATIVA DO MUNICÍPIO DE MARECHAL FLORIANO E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>14895</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14895/req27_adriano.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14895/req27_adriano.pdf</t>
   </si>
   <si>
     <t>REQUEIRO, AO EXCELENTÍSSIMO SENHOR PREFEITO, RESPOSTA INERENTE À INDICAÇÃO Nº 20/2025, DE MINHA AUTORIA, NA QUAL, PROPONHO QUE SEJA IMPLEMENTADA A INSTITUIÇÃO DE AÇÕES QUE PROMOVAM SERVIÇOS DE ASSISTÊNCIA JUDICIÁRIA NO MUNICÍPIO, CONFORME SEGUE EM ANEXO.</t>
   </si>
   <si>
     <t>14905</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14905/req28.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14905/req28.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE, NOS TERMOS REGIMENTAIS, REQUER À MESA DIRETORA QUE SEJA ENCAMINHADO O PRESENTE REQUERIMENTO AO ILUSTRÍSSIMO SENHOR ENILDO ANTÔNIO CARDOSO, SECRETÁRIO MUNICIPAL DE CULTURA E TURISMO, SOLICITANDO A CONTINUIDADE DA TRADICIONAL ORNAMENTAÇÃO DAS RUAS DO DISTRITO DE ARAGUAYA, NO MUNICÍPIO DE MARECHAL FLORIANO, PARA AS CELEBRAÇÕES DA PÁSCOA.</t>
   </si>
   <si>
     <t>14896</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14896/req_29_diogo_e_chapolim.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14896/req_29_diogo_e_chapolim.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS, QUE SEJA REALIZADA UMA REVISÃO NO TRÂNSITO DA RUA THIERES VELOSO, BAIRRO JARBINHAS – MARECHAL FLORIANO, VISANDO MELHORIAS NO FLUXO DE VEÍCULOS NOS HORÁRIOS DE PICO DE ENTRADA E SAÍDA DA ESCOLA ELISIÁRIO FERREIRA FILHO.</t>
   </si>
   <si>
     <t>14897</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14897/req30_vaninho.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14897/req30_vaninho.pdf</t>
   </si>
   <si>
     <t>REQUERIO, AO EXCELENTÍSSIMO SENHOR PREFEITO, QUE SEJA VIABILIZADO PROCESSO DE REABERTURA DA "ESCOLA FLORES PASSINATO KUSTER", LOCALIZADA EM SOÍDO DE BAIXO, VISANDO ATENDER OS ESTUDANTES DAQUELE LOCALIDADE, TENDO EM VISTA QUE, EM VIRTUDE DA ESCOLA ESTAR INTERDITADA, OS MESMOS ESTÃO TENDO QUE SE DESLOCAR PARA OUTRAS UNIDADES ESCOLARES.</t>
   </si>
   <si>
     <t>14898</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14898/req31_hilario.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14898/req31_hilario.pdf</t>
   </si>
   <si>
     <t>REQUEIRO, A VOSSA EXCELÊNCIA, À FRENTE DESSE EXECUTIVO MUNICIPAL, QUE SEJA ELABORADO O MAIS BREVE POSSÍVEL, UM NOVO PLANO DE CARGOS, CARREIRAS E SALÁRIOS, BEM COMO, ENVIADO A ESTA CASA DE LEIS, PARA APRECIAÇÃO E APROVAÇÃO, VISANDO SOLUCIONAR A DEFASEAGEM SALARIAL DOS SERVIDORES MUNICIPAIS DO PODER EXECUTIVO FLORIANENSE.</t>
   </si>
   <si>
     <t>14899</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14899/req32_hilario.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14899/req32_hilario.pdf</t>
   </si>
   <si>
     <t>REQUEIRO, AO EXCELENTÍSSIMO SENHOR SECRETÁRIO, MANUTENÇÃO DO ASFALTO, EM CARÁTER DE URGÊNCIA, EM TRECHO PRÓXIMO AO TREVO DE PARAJU, CONFORME DEMONSTRADO NOS ANEXOS, MERECE ESPECIAL ATENÇÃO, TENDO EM VISTA QUE A SITUAÇÃO EXIGE EMPENHO E CELERIDADE, JÁ QUE REPRESENTA UM RISCO IMINENTE PARA QUEM TRANSITA NO REFERIDO LOCAL.</t>
   </si>
   <si>
     <t>14900</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14900/req33_cabral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14900/req33_cabral.pdf</t>
   </si>
   <si>
     <t>REQUERIO À ADMINISTRAÇÃO MUNICIPAL, QUE SEJA VIABILIZADO O REPASSE DA AJUDA DE CUSTO, INERENTE AO TRANSPORTE ESCOLAR DOS ESTUDANTES DESTE MUNICÍPIO QUE ESTUDAM NA GRANDE VITÓRIA.</t>
   </si>
   <si>
     <t>14976</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14976/req_34_cezinha.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14976/req_34_cezinha.pdf</t>
   </si>
   <si>
     <t>REQUEIRO, QUE SEJA ANALISADA A POSSIBILIDADE DA REVISÃO DO VALOR DAS DIÁRIAS DOS MOTORISTAS DA SAÚDE, QUE TRANSPORTAM PACIENTES PARA OUTROS MUNICÍPIOS, VISANDO O ATENDIMENTO EM SERVIÇOS DE SAÚDE QUE ESTA MUNICIPALIDADE NÃO DISPÕE.</t>
   </si>
   <si>
     <t>14971</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14971/requerimento_35_vaninho.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14971/requerimento_35_vaninho.pdf</t>
   </si>
   <si>
     <t>CONSIDERANDO QUE VÁRIOS MORADORES DO MUNICÍPIO TÊM ME PROCURADO E FEITO RECLAMAÇÕES A CERCA DO TRANSPORTE PÚBLICO REALIZADO NO MUNICÍPIO, REQUEIRO AO EXECUTIVO MUNICIPAL, QUE ACIONE A EMPRESA CORDIAL TRANSPORTES E TURISMO, PARA QUE MESMA FORNEÇA CRONOGRAMA DETALHADO</t>
   </si>
   <si>
     <t>14972</t>
   </si>
   <si>
     <t>Angelo Traspadini, Cabral, Cezinha Ronchi, Chapolim Frasson, Vaninho Stein</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14972/requerimento_36_vereadores.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14972/requerimento_36_vereadores.pdf</t>
   </si>
   <si>
     <t>NÓS VEREADORES, CONFORME ASSINADO ABAIXO, REQUEREMOS AO PLENÁRIO DESTA CASA LEGISLATIVA, QUE DENTRO DAS POSSIBILIDADES E LEGALIDADE, SEJA ALTERADA A DATA DA 7ª SESSÃO ORDINÁRIA AGENDADA PARA O DIA 23/04/2025, PARA O DIA 30/04/2025, PREVALECENDO O HORÁRIO DE 18H30MIN.</t>
   </si>
   <si>
     <t>14973</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14973/requerimento_37_plenario.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14973/requerimento_37_plenario.pdf</t>
   </si>
   <si>
     <t>SOLICITA A INCLUSÃO DOS AGENTES COMUNITÁRIOS DE SAÚDE (ACS) E AGENTES DE COMBATE ÀS ENDEMIAS (ACE) NO BENEFÍCIO DE ABONO DE FALTAS POR INTERESSE PESSOAL, PREVISTO NO ART. 100 DA LEI COMPLEMENTAR Nº 01/2017 (ESTATUTO DOS SERVIDORES PÚBLICOS MUNICIPAIS).</t>
   </si>
   <si>
     <t>14974</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14974/requerimento_38_plenario.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14974/requerimento_38_plenario.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE APRECIAÇÃO E ENCAMINHAMENTO DAS ADEQUAÇÕES PROPOSTAS À LEI MUNICIPAL Nº 2.586/2023 – CONFORME OFÍCIO Nº 064/2025-CT/MF</t>
   </si>
   <si>
     <t>14975</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14975/requerimento_39_juarez.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14975/requerimento_39_juarez.pdf</t>
   </si>
   <si>
     <t>NOS TERMOS DO REGIMENTO INTERNO DESTA CASA LEGISLATIVA E EM CONSONÂNCIA COM O DIREITO DE FISCALIZAÇÃO E ACOMPANHAMENTO DAS AÇÕES DO PODER EXECUTIVO, VENHO, POR MEIO DESTE, REQUERER, COM A DEVIDA URGÊNCIA, O ENCAMINHAMENTO A ESTA CASA DE LEIS DE CÓPIA INTEGRAL REFERENTE AOS PERÍODO DE 2021 A 2024, DOS PROCESSOS.</t>
   </si>
   <si>
     <t>15008</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15008/543.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15008/543.pdf</t>
   </si>
   <si>
     <t>SOLICITA PROVIDÊNCIA PARA RETIRADA DA ESTRUTURA METÁLICA REMANESCENTE DO TOLDO DANIFICADO PELO TEMPORAL DE DEZEMBRO DE 2024, LOCALIZADO EM ARAGUAYA</t>
   </si>
   <si>
     <t>15010</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15010/req41.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15010/req41.pdf</t>
   </si>
   <si>
     <t>REQUEIRO QUE SEJA ENVIADO A ESTA CÂMARA MUNICIPAL, PROJETO DE LEI ESPECÍFICO QUE ASSEGURE A REVISÃO GERAL ANUAL DOS SERVIDORES PÚBLICOS MUNICIPAIS PARA O EXERCÍCIO DE 2025, EM CUMPRIMENTO AO QUE DETERMINAM EXPRESSAMENTE A CONSTITUIÇÃO FEDERAL EM SEU ART. 37, INCISO X E A LEI COMPLEMENTAR MUNICIPAL Nº 001/2017 (ESTATUTO DOS SERVIDORES DO MUNICÍPIO DE MARECHAL FLORIANO), EM ESPECIAL, NO SEU ART. 111.</t>
   </si>
   <si>
     <t>15011</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15011/req42.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15011/req42.pdf</t>
   </si>
   <si>
     <t>REQUEIRO AUTORIZAÇÃO DA MESA DIRETORA  A FIM DE REALIZAR SESSÃO SOLENE EM HOMENAGEM AOS PRODUTORES DE CAFÉS ESPECIAIS.</t>
   </si>
   <si>
     <t>15078</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15078/req__43.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15078/req__43.pdf</t>
   </si>
   <si>
     <t>REQUEIRO A MESA DIRETORA DESTA CASA DE LEIS PARA QUE DENTRO DAS POSSIBILIDADES E LEGALIDADE, SEJA ALTERADA A DATA DA 10ª SESSÃO ORDINÁRIA AGENDADA PARA O DIA 04/06 PARA O DIA 11/06 PREVALECENDO O HORÁRIO DE 18H30MIN.</t>
   </si>
   <si>
     <t>15129</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15129/req44_adriano_vaninho.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15129/req44_adriano_vaninho.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS, AO PLENÁRIO DESTA CASA DE LEIS, AUTORIZAÇÃO PARA A REALIZAÇÃO DE SESSÃO SOLENE EM HOMENAGEM AO “DIA DO PASTOR EVANGÉLICO”, NO DIA 09/06/2025, ÀS 19H00.</t>
   </si>
   <si>
     <t>15130</t>
   </si>
   <si>
     <t>Chapolim Frasson, Diogo da AMAR, Hilário Oliveira Neto, Juarez Xavier</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15130/req_45_-certo.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15130/req_45_-certo.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS, AO EXCELENTÍSSIMO SENHOR PREFEITO, JUNTAMENTE À SECRETARIA DE MEIO AMBIENTE, INFORMAÇÕES E AÇÕES RELACIONADAS À FISCALIZAÇÃO DAS INDÚSTRIAS QUE LIDAM COM MANEJO DE ANIMAIS, COMO GRANJAS DE GALINHAS E INCUBADORAS DE OVOS, EM NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>15190</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15190/req46.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15190/req46.pdf</t>
   </si>
   <si>
     <t>REQUEIRO À ADMINISTRAÇÃO MUNICIPAL, QUE SEJA ANALISADA A POSSIBILIDADE DE REVISAR O DECRETO NORMATIVO Nº. 379/2024, QUE “DISPÕE SOBRE PROCEDIMENTOS_x000D_
 RELACIONADOS A AVALIAÇÕES DE AFASTAMENTOS POR MOTIVOS DE SAÚDE,_x000D_
 GESTAÇÃO/ADOÇÃO, DOENÇA EM PESSOA DA FAMÍLIA, ACIDENTE, INSPEÇÃO_x000D_
 PARA INGRESSO, MONITORAMENTO DA SAÚDE DO TRABALHADOR E DÁ_x000D_
 OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>15191</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15191/req47.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15191/req47.pdf</t>
   </si>
   <si>
     <t>REQUEIRO A VOSSA EXCELÊNCIA QUE SE DIGNE A ENCAMINHAR A ESTA CÂMARA MUNICIPAL, EM CARÁTER DE URGÊNCIA, O PROJETO DE LEI QUE INSTITUI O "REFIS MARECHAL 2025".</t>
   </si>
   <si>
     <t>15192</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15192/req48.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15192/req48.pdf</t>
   </si>
   <si>
     <t>OS VEREADORES QUE SUBSCREVEM O PRESENTE, NO USO DE SUAS ATRIBUIÇÕES LEGAIS E_x000D_
 REGIMENTAIS, VÊM, RESPEITOSAMENTE, REQUERER AO PODER EXECUTIVO MUNICIPAL QUE,_x000D_
 POR MEIO DO SETOR COMPETENTE, SEJA ENCAMINHADO A ESTA CASA LEGISLATIVA, NO PRAZO LEGAL, RELATÓRIO DETALHADO DAS RECEITAS E DESPESAS RELATIVAS À ÁREA DA SAÚDE NO MUNICÍPIO, NOS ÚLTIMOS DOZE MESES, CONTADOS A PARTIR DA DATA DESTE REQUERIMENTO.</t>
   </si>
   <si>
     <t>15193</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15193/req49.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15193/req49.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS A CELERIDADE NA ELABORAÇÃO E ENCAMINHAMENTO DO PROJETO DE LEI_x000D_
 REFERENTE À REVISÃO SALARIAL DOS SERVIDORES MUNICIPAIS, DE MODO A ATENDER AS_x000D_
 OBRIGAÇÕES PACTUADAS NO TAC E ASSEGURAR O CUMPRIMENTO DAS METAS_x000D_
 ESTABELECIDAS.</t>
   </si>
   <si>
     <t>15194</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15194/req50.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15194/req50.pdf</t>
   </si>
   <si>
     <t>REQUEIRO O ENCAMINHAMENTO DE PROJETO DE LEI SIMILAR À LEI MUNICIPAL Nº 2.454/2022, A QUAL DISPÕE SOBRE A REGULARIZAÇÃO DE TERRENOS URBANOS NESTE MUNICÍPIO COM MEDIDAS INFERIORES A 300M², LEVANDO EM CONSIDERAÇÃO OS BENEFÍCIOS JÁ COMPROVADOS EM MATÉRIA DE DESMEMBRAMENTO, REGULARIZAÇÃO E SEGURANÇA JURÍDICA DOS IMÓVEIS.</t>
   </si>
   <si>
     <t>15221</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15221/1052.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15221/1052.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE ESCLARECIMENTOS TÉCNICOS E ENCAMINHAMENTO DE DOCUMENTOS REFERENTES À CONTRATAÇÃO DA ORGANIZAÇÃO SOCIAL IAMASE - INSTITUTO DE APOIO AO MEIO AMBIENTE, SAÚDE E ESPORTE E À ATUAÇÃO DA EMPRESA GS GESTÃO EM SAÚDE LTDA.</t>
   </si>
   <si>
     <t>15219</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15219/req053_a.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15219/req053_a.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS À ADMINISTRAÇÃO MUNICIPAL QUE,  POR MEIO DO SETOR COMPETENTE, SEJA ENCAMINHADO A ESTA CASA LEGISLATIVA, NO PRAZO LEGAL, RELATÓRIO DETALHADO DAS RECEITAS E DESPESAS RELATIVAS À ÁREA DA EDUCAÇÃO NO MUNICÍPIO, NOS ÚLTIMOS DOZE MESES, CONTADOS A PARTIR DA DATA DESTE REQUERIMENTO.</t>
   </si>
   <si>
     <t>15220</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15220/req054.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15220/req054.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE CONSTRUÇÃO DE NOVO POÇO ARTESIANO E MANUTENÇÃO DO ABASTECIMENTO EMERGENCIAL POR CARRO-PIPA.</t>
   </si>
   <si>
     <t>15249</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15249/req55.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15249/req55.pdf</t>
   </si>
   <si>
     <t>REQUEIRO AO EXCELENTÍSSIMO SENHOR PREFEITO, QUE INFORME QUAIS PROVIDÊNCIAS FORAM TOMADAS COM RELAÇÃO AO SOLICITADO, POR MEIO DA INDICAÇÃO Nº. 064/2025, ENCAMINHADA POR MEIO DO OFÍCIO OF/SEGACMMF/PRESIDÊNCIA/Nº. 105/2025, PROTOCOLADO NO SETOR DE PROTOCOLO GERAL DESSE EXECUTIVO MUNICIPAL, EM 17/03/2025, ÀS 16H04MIN, SOB O PROTOCOLO Nº. 3413/2025.</t>
   </si>
   <si>
     <t>15250</t>
   </si>
   <si>
     <t>Cezinha Ronchi, Pastor Adriano</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15250/req56.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15250/req56.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS A ALTERAÇÃO DA DATA DA 13ª SESSÃO ORDINÁRIA DESTA CASA LEGISLATIVA, AGENDADA PARA O DIA 16/07/2025, QUE SEJA REALIZADA EM OUTRA DATA A SER REAGENDADA POSTERIORMENTE, EM VIRTUDE DA NOSSA PARTICIPAÇÃO EM CURSO EM BELO HORIZONTE.</t>
   </si>
   <si>
     <t>15251</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15251/req57.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15251/req57.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE, NO USO DE SUAS ATRIBUIÇÕES LEGAIS, COM FUNDAMENTO NA LEI ORGÂNICA DO MUNICÍPIO, VEM RESPEITOSAMENTE REQUERER AO PODER EXECUTIVO, POR MEIO DO SETOR COMPETENTE, QUE SEJAM PRESTADAS INFORMAÇÕES DETALHADAS ACERCA DA MODIFICAÇÃO DE TITULARIDADE DA INSCRIÇÃO MUNICIPAL DE DIVERSOS IMÓVEIS, QUE, CONFORME RELATOS DE MUNÍCIPES, VEM SENDO REALIZADA SEM O CONHECIMENTO PRÉVIO DOS POSSUIDORES.</t>
   </si>
   <si>
     <t>15252</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15252/req58.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15252/req58.pdf</t>
   </si>
   <si>
     <t>REQUEIRO, AO EXCELENTÍSSIMO SENHOR PREFEITO, JUNTAMENTE À SECRETARIA MUNICIPAL DE SAÚDE, INFORMAÇÕES DETALHADAS ACERCA DA CAMPANHA DE VACINAÇÃO ANTIRRÁBICA REALIZADA NO MUNICÍPIO.</t>
   </si>
   <si>
     <t>15377</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15377/req_59.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15377/req_59.pdf</t>
   </si>
   <si>
     <t>REQUEIRO, AO EXCELENTÍSSIMO SENHOR PREFEITO, JUNTAMENTE À SECRETARIA MUNICIPAL DE SAÚDE, QUE SEJAM ENCAMINHADAS A ESTA CASA LEGISLATIVA, INFORMAÇÕES DETALHADAS ACERCA DE TODOS OS GASTOS DE INSUMOS DENTRO DA SECRETARIA DE SAÚDE, REFERENTES A INSUMOS, NO PERÍODO DE JANEIRO A DEZEMBRO DE 2024.</t>
   </si>
   <si>
     <t>15253</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15253/req60.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15253/req60.pdf</t>
   </si>
   <si>
     <t>OS VEREADORES QUE ESTE SUBSCREVEM, NO USO DE SUAS ATRIBUIÇÕES LEGAIS E REGIMENTAIS, COM FUNDAMENTO NO PRINCÍPIO DA PUBLICIDADE E NA FUNÇÃO FISCALIZADORA DO PODER LEGISLATIVO, VÊM, RESPEITOSAMENTE, REQUERER QUE SEJA ENCAMINHADA A ESTE PODER LEGISLATIVO, NO PRAZO LEGAL, RELAÇÃO COMPLETA DE TODOS OS CONTRATOS FIRMADOS PELA PREFEITURA MUNICIPAL COM EMPRESAS PRESTADORAS DE SERVIÇOS NA ÁREA DE COMUNICAÇÃO.</t>
   </si>
   <si>
     <t>15291</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15291/req61.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15291/req61.pdf</t>
   </si>
   <si>
     <t>TOMANDO POR BASE A LEI FEDERAL Nº 11.350/2006, SOLICITO AO PODER EXECUTIVO INFORMAÇÕES ACERCA DO CUSTEIO DA LOCOMOÇÃO DOS AGENTES COMUNITÁRIOS DE SAÚDE (ACS) E AGENTES DE COMBATE À ENDEMIAS (ACE).</t>
   </si>
   <si>
     <t>15292</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15292/req62.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15292/req62.pdf</t>
   </si>
   <si>
     <t>REQUEIRO, AO PODER EXECUTIVO, QUE PROCEDA COM TODOS OS PROCEDIMENTOS NECESSÁRIOS, VISANDO COLOCAR EM PRÁTICA A LEI MUNICIPAL Nº 2.161, DE 26/12/2019, QUE “DISPÕE SOBRE O ALINHAMENTO E A RETIRADA DE FIOS EM DESUSO, EXISTENTES EM POSTES DE SUSTENTAÇÃO E DÁ OUTRAS PROVIDÊNCIAS”, CONFORME SEGUE EM ANEXO.</t>
   </si>
   <si>
     <t>15293</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15293/req_63.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15293/req_63.pdf</t>
   </si>
   <si>
     <t>REQUEIRO, A ESTE RELEVANTE ÓRGÃO FEDERAL, QUE SEJA ANALISADA A POSSIBILIDADE DE INFORMAÇÕES FORMAIS A RESPEITO DA PREVISÃO PARA A REALIZAÇÃO DE SERVIÇOS DE MANUTENÇÃO NA RODOVIA BR-262, ESPECIFICADAMENTE NO KM 49, TRECHO SITUADO DENTRO DOS LIMITES DO MUNICÍPIO DE MARECHAL FLORIANO/ES.</t>
   </si>
   <si>
     <t>15294</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15294/req_64.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15294/req_64.pdf</t>
   </si>
   <si>
     <t>SOLICITO, QUE SEJAM TOMADAS PROVIDÊNCIAS QUANTO AOS SERVIÇOS PRESTADOS PELA CESAN NO MUNICÍPIO DE MARECHAL FLORIANO/ES, ESPECIALMENTE NO QUE DIZ RESPEITO À MANUTENÇÃO DA REDE DE ESGOTO E DO SISTEMA DE ABASTECIMENTO DE ÁGUA.</t>
   </si>
   <si>
     <t>15295</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15295/req_65.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15295/req_65.pdf</t>
   </si>
   <si>
     <t>OS VEREADORES QUE ESTA SUBSCREVEM, NO USO DE SUAS ATRIBUIÇÕES LEGAIS E REGIMENTAIS, COM FUNDAMENTO NO ART. 89, XVIII DA LEI ORGÂNICA MUNICIPAL E NO ART. 104, XII DO REGIMENTO INTERNO DESTA CASA DE LEIS, REQUER, APÓS OUVIDO O PLENÁRIO, QUE SEJA ENCAMINHADO AO CHEFE DO PODER EXECUTIVO MUNICIPAL, O REQUERIMENTO DE INFORMAÇÕES.</t>
   </si>
   <si>
     <t>15378</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15378/req_66.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15378/req_66.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE, NO USO DE SUAS ATRIBUIÇÕES LEGAIS E REGIMENTAIS, REQUER QUE SEJA PROVIDENCIADA A INSTALAÇÃO DE UMA PLACA DE SINALIZAÇÃO DE QUEBRA-MOLA NO REDUTOR DE VELOCIDADE LOCALIZADO NA RUA DR. ARTHUR GERHARDT, LOCALIZADA NA SEDE DE MARECHAL FLORIANO-ES, EM FRENTE À EMPRESA SUPERGASBRAS.</t>
   </si>
   <si>
     <t>15356</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15356/req68.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15356/req68.pdf</t>
   </si>
   <si>
     <t>SOLICITA MELHORIAS NA ESCOLA MUNICIPAL DE RIO FUNDO</t>
   </si>
   <si>
     <t>15357</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15357/req69.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15357/req69.pdf</t>
   </si>
   <si>
     <t>REQUEIRO, A ESSE RELEVANTE ÓRGÃO ESTADUAL, QUE SEJA ANALISADA A POSSIBILIDADE DE PROVIDENCIAR O MAIS BREVE POSSÍVEL, A INSTALAÇÃO DE FAIXAS ELEVADAS NA AVENIDA ARTHUR HAESE, NESTE MUNICÍPIO, TENDO EM VISTA, A INTENSA CIRCULAÇÃO DE PESSOAS E VEÍCULOS, FREQUENTEMENTE EM SEU PERCURSO.</t>
   </si>
   <si>
     <t>15358</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15358/req70.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15358/req70.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS, QUE SEJA VIABILIZADO EM CARÁTER DE URGÊNCIA, UM ESTUDO VISANDO INSTALAR VIDEOMONITORAMENTO APÓS A CAPELA DE SANTO ANTÔNIO SENTIDO ARAGUAYA, OBJETIVANDO AUXILIAR A POLÍCIA MILITAR EM SEUS PROCEDIMENTOS DE PRAXE, A FIM DE PROMOVER A NOSSA SEGURANÇA.</t>
   </si>
   <si>
     <t>15359</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15359/req71.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15359/req71.pdf</t>
   </si>
   <si>
     <t>REQUEIRO, COM BASE NO PRINCÍPIO DA TRANSPARÊNCIA E NO DIREITO À INFORMAÇÃO, QUE SEJAM PRESTADAS INFORMAÇÕES RELATIVAS AO AUXÍLIO-TRANSPORTE UNIVERSITÁRIO OFERTADO POR ESSA SECRETARIA.</t>
   </si>
   <si>
     <t>15360</t>
   </si>
   <si>
     <t>Chapolim Frasson, Angelo Traspadini, Hilário Oliveira Neto</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15360/req72.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15360/req72.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS, QUE SEJA ENCAMINHADA A ESTA CÂMARA MUNICIPAL, A QUANTIDADE TOTAL DE ALUNOS MATRICULADOS NA REDE PÚBLICA MUNICIPAL DE ENSINO QUE ESTÃO DEVIDAMENTE CADASTRADOS NO CADASTRO ÚNICO PARA PROGRAMAS SOCIAIS DO GOVERNO FEDERAL (CADÚNICO), ESPECIFICANDO, SE POSSÍVEL, POR UNIDADE ESCOLAR.</t>
   </si>
   <si>
     <t>15361</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15361/req73.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15361/req73.pdf</t>
   </si>
   <si>
     <t>POR MEIO DESTE, VENHO SOLICITAR, COM URGÊNCIA, INFORMAÇÕES DETALHADAS ACERCA DO SERVIÇO DE TRANSPORTE ESCOLAR MUNICIPAL, TENDO EM VISTA RECLAMAÇÕES RECEBIDAS DE PAIS E ALUNOS QUANTO ÀS CONDIÇÕES DOS VEÍCULOS UTILIZADOS, INCLUSIVE COM O ENCAMINHAMENTO DE FOTOS QUE EVIDENCIAM A SITUAÇÃO ATUAL DESSES TRANSPORTES.</t>
   </si>
   <si>
     <t>15397</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15397/req_74.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15397/req_74.pdf</t>
   </si>
   <si>
     <t>REQUEIRO, O DESLOCAMENTO DE 02 (DOIS) POSTES LOCALIZADOS NA VILA DO CÓRREGO DO OURO, EM VICTOR HUGO, TENDO EM VISTA QUE AMBOS, POSSUEM DISTANCIAMENTO UM DO OUTRO DE APROXIMADAMENTE 30 METROS, UM INCLUSIVE CONTENDO TRANSFORMADOR, NECESSITAM SEREM DESLOCADOS DE ONDE SE ENCONTRAM, POR ESTAREM EM LOCAL DE PASSAGEM DOS VEÍCULOS.</t>
   </si>
   <si>
     <t>15398</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15398/req_75.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15398/req_75.pdf</t>
   </si>
   <si>
     <t>REQUEIRO, QUE SEJA CUMPRIDA A REVISÃO GERAL ANUAL DOS SERVIDORES PÚBLICOS MUNICIPAIS PARA O EXERCÍCIO DE 2025.</t>
   </si>
   <si>
     <t>15402</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15402/req76.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15402/req76.pdf</t>
   </si>
   <si>
     <t>REQUER0 A ESSA ADMINISTRAÇÃO MUNICIPAL, QUE SEJA VIABILIZADA O MAIS BREVE POSSÍVEL, A ADESÃO AO PROGRAMA ‘’ARRANJOS PRODUTIVOS’’, DESENVOLVIDO PELA SECRETARIA DA CASA DOS MUNICÍPIOS DA ASSEMBLEIA LEGISLATIVA DO ESTADO DO ESPÍRITO SANTO.</t>
   </si>
   <si>
     <t>15403</t>
   </si>
   <si>
     <t>Chapolim Frasson, Hilário Oliveira Neto</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15403/req77.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15403/req77.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS, DA SECRETARIA MUNICIPAL DE ESPORTES, QUE FORNEÇA INFORMAÇÕES DETALHADAS ACERCA DA ATUAÇÃO DAS EMPRESAS ATIVA EVENTOS E EMPREENDIMENTOS LTDA (CNPJ 43.639.177/0001-45), DIEGO MONTEIRO EVENTOS LTDA (CNPJ 45.025.355/0001-73) E MAURICIO M. D. DUARTE PROMOÇÕES E EVENTOS ESPORTIVOS (CNPJ 24.167.316/0001-30), CONTRATADAS NA ORGANIZAÇÃO DE EVENTOS ESPORTIVOS NO MUNICÍPIO DE MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>15404</t>
   </si>
   <si>
     <t>REQUER0, NO USO DAS ATRIBUIÇÕES QUE ME SÃO CONFERIDAS PELO MANDATO, A DISPONIBILIZAÇÃO DE INFORMAÇÕES REFERENTES AO QUANTITATIVO DE PESSOAS REGISTRADAS COM TRANSTORNO DO ESPECTRO AUTISTA (TEA) NO MUNICÍPIO DE MARECHAL FLORIANO/ES.</t>
   </si>
   <si>
     <t>15399</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15399/req_79.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15399/req_79.pdf</t>
   </si>
   <si>
     <t>CONSIDERANDO O TEOR DO OFÍCIO Nº. 212/2025, ENCAMINHADO A ESTA CASA LEGISLATIVA PELO CONSELHO TUTELAR DO MUNICÍPIO DE MARECHAL FLORIANO/ES (CÓPIA ANEXA), E TENDO EM VISTA O DISPOSTO NA LEI FEDERAL Nº 8.069/1990, QUE INSTITUI O ESTATUTO DA CRIANÇA E DO ADOLESCENTE (ECA), BEM COMO NA RESOLUÇÃO Nº 231/2022 DO CONSELHO_x000D_
 NACIONAL DOS DIREITOS DA CRIANÇA E DO ADOLESCENTE – CONANDA, VENHO, RESPEITOSAMENTE, REQUERER QUE SEJAM PROMOVIDAS AS ALTERAÇÕES NORMATIVAS CABÍVEIS NO ÂMBITO DA LEGISLAÇÃO MUNICIPAL, ESPECIALMENTE NA LEI MUNICIPAL Nº 2.586/2023.</t>
   </si>
   <si>
     <t>15400</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15400/req_80.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15400/req_80.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO DE MANUTENÇÃO PERIÓDICA, RECAPEAMENTO E AMPLIAÇÃO DA REDE DE ESGOTO NO MUNICÍPIO DE MARECHAL FLORIANO – ES.</t>
   </si>
   <si>
     <t>15432</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15432/req_81.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15432/req_81.pdf</t>
   </si>
   <si>
     <t>APÓS OUVIDO O PLENÁRIO, REQUEIRO QUE SEJA VIABILIZADO EM CARÁTER DE URGÊNCIA, UM ESTUDO VISANDO MELHORAR O VALOR PAGO AOS ATLETAS RANQUEADOS, POR MEIO DO PROGRAMA BOLSA ATLETA, COM O OBJETIVO DE CUSTEAR AS DESPESAS DE ALIMENTAÇÃO, TRANSPORTES, HOSPEDAGENS, ENTRE OUTROS.</t>
   </si>
   <si>
     <t>15433</t>
   </si>
   <si>
     <t>Vaninho Stein, Chapolim Frasson, Diogo da AMAR</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15433/req_82.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15433/req_82.pdf</t>
   </si>
   <si>
     <t>APÓS OUVIDO O PLENÁRIO, REQUEREMOS QUE SEJA ENVIADO A ESTA CASA LEGISLATIVA, CÓPIA DO PROCESSO PARA CONTRATAÇÃO DE EMPRESA PARA REALIZAR O PROJETO DE CALÇAMENTO OU ASFALTAMENTO DA ESTRADA DE SOÍDO DE BAIXO, ENTRANDO NO POSTO IPIRANGA ATÉ A RODOVIA JOÃO BATISTA KLEIN, PARA ENVIO DE E-DOCS AO GOVERNO DO ESTADO.</t>
   </si>
   <si>
     <t>15434</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15434/req_83.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15434/req_83.pdf</t>
   </si>
   <si>
     <t>REQUEIRO, NA FORMA REGIMENTAL, QUE SEJAM PRESTADAS A ESTE LEGISLATIVO AS SEGUINTES INFORMAÇÕES SOBRE O CONSELHO MUNICIPAL DE ESPORTES.</t>
   </si>
   <si>
     <t>15435</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15435/req_84.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15435/req_84.pdf</t>
   </si>
   <si>
     <t>REQUER A ANÁLISE DA POSSIBILIDADE DE REALIZAÇÃO DE SERVIÇOS DE AMPLIAÇÃO DO MANILHAMENTO DE DRENAGEM LOCALIZADO EM PARALELO À RODOVIA 262, AO LADO DO SEMÁFORO (SENTIDO VITÓRIA/MINAS), NAS PROXIMIDADES DA EMPRESA DEFRAGO.</t>
   </si>
   <si>
     <t>15440</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15440/req_85.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15440/req_85.pdf</t>
   </si>
   <si>
     <t>REQUEIRO, NA FORMA REGIMENTAL, QUE SEJA, EM CONJUNTO COM A SECRETARIA MUNICIPAL DE SAÚDE, ENCAMINHADA A ESTA CASA DE LEIS AS INFORMAÇÕES.</t>
   </si>
   <si>
     <t>15455</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15455/req_86.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15455/req_86.pdf</t>
   </si>
   <si>
     <t>REQUER, RESPEITOSAMENTE, A VOSSA EXCELÊNCIA A DISPONIBILIZAÇÃO DE CÓPIA INTEGRAL DO TERMO DE REFERÊNCIA OU DE QUALQUER OUTRO DOCUMENTO EQUIVALENTE QUE CONTENHA AS ESPECIFICAÇÕES TÉCNICAS, QUANTITATIVOS, PRAZOS, CRITÉRIOS DE QUALIDADE E DEMAIS CONDIÇÕES CONTRATUAIS QUE TENHAM EMBASADO A CONTRATAÇÃO E/OU LICITAÇÃO REFERENTE AO FORNECIMENTO DA MERENDA ESCOLAR NO MUNICÍPIO DE MARECHAL FLORIANO</t>
   </si>
   <si>
     <t>15456</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15456/req_87.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15456/req_87.pdf</t>
   </si>
   <si>
     <t>REQUEIRO SEJA OFICIADO À SECRETARIA MUNICIPAL COMPETENTE PARA QUE ENCAMINHE A ESTA CASA LEGISLATIVA CÓPIA INTEGRAL DO PROCESSO DE CONTRATAÇÃO DA EMPRESA DE ASSESSORIA CONTÁBIL ATUALMENTE RESPONSÁVEL PELA PRESTAÇÃO DE SERVIÇOS AO PODER EXECUTIVO.</t>
   </si>
   <si>
     <t>15497</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15497/req__88.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15497/req__88.pdf</t>
   </si>
   <si>
     <t>REQUERO A VOSSA SENHORIA INFORMAÇÕES REFERENTES AO AGENDAMENTO DE CONSULTAS REALIZADAS PELA SECRETARIA MUNICIPAL DE SAÚDE</t>
   </si>
   <si>
     <t>15498</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15498/req__89.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15498/req__89.pdf</t>
   </si>
   <si>
     <t>REQUEIRO QUE SEJA EXECUTADO O SERVIÇO DE INSTALAÇÃO DE 03 (TRÊS) BUEIROS NA RUA THIERES VELOSO, EM FRENTE AO “SOU FELIZ ASSOCIAÇÃO DE AMPARO A IDOSOS” E AO LADO DA “ESCOLA ELISIÁRIO FERREIRA FILHO”, BEM COMO LIMPEZA E DESOBSTRUÇÃO DE TODOS OS BUEIROS DO REFERIDO LOGRADOURO E BAIRRO JARBINHAS.</t>
   </si>
   <si>
     <t>15499</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15499/req__90.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15499/req__90.pdf</t>
   </si>
   <si>
     <t>O VEREADOR, NO USO DE SUAS ATRIBUIÇÕES CONFERIDAS PELO PODER LEGISLATIVO, VEM, COM O DEVIDO RESPEITO, REQUERER A INTERVENÇÃO DESSA EGRÉGIA COMPANHIA JUNTO À EMPRESA CORDIAL TRANSPORTES, PRESTADORA DOS SERVIÇOS DE TRANSPORTE COLETIVO NOS MUNICÍPIOS DE MARECHAL FLORIANO E DOMINGOS MARTINS, CONFORME EXPOSTO A SEGUIR.</t>
   </si>
   <si>
     <t>15535</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15535/req__91.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15535/req__91.pdf</t>
   </si>
   <si>
     <t>REQUEIRO AO EXCELENTÍSSIMO SENHOR PREFEITO, JUNTAMENTE À SECRETARIA MUNICIPAL DE EDUCAÇÃO, QUE SEJAM ENCAMINHADAS INFORMAÇÕES DETALHADAS ACERCA DA INDICAÇÃO Nº 123/2025, APRESENTADA POR ESTE VEREADOR EM 30 DE ABRIL DE 2025, A QUAL TRATA DA NECESSIDADE DE REFORMA E MELHORIAS NO PISO DO PARQUINHO ANEXO À CRECHE FLOMIRO ENDLICH CANAL NETO, BEM COMO DA REALIZAÇÃO DE REPAROS E DA SUBSTITUIÇÃO DOS BRINQUEDOS E EQUIPAMENTOS DANIFICADOS.</t>
   </si>
   <si>
     <t>15536</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15536/req___92.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15536/req___92.pdf</t>
   </si>
   <si>
     <t>TENDO EM VISTA O CONSTANTE CRESCIMENTO POPULACIONAL DE MARECHAL FLORIANO, QUE VEM OCORRENDO DE FORMA PARALELA AO AUMENTO DE SITUAÇÕES DE DESORDEM E DE OCORRÊNCIAS INFRACIONAIS, ASSIM COMO DEMONSTRADO NOS ANEXOS, REQUEIRO A VOSSA EXCELÊNCIA INFORMAÇÕES.</t>
   </si>
   <si>
     <t>15537</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15537/req___93.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15537/req___93.pdf</t>
   </si>
   <si>
     <t>CONSIDERANDO QUE CHEGOU AO CONHECIMENTO DESTE VEREADOR QUE O PREFEITO MUNICIPAL VEM AFIRMANDO PUBLICAMENTE QUE A GESTÃO ANTERIOR DEIXOU DÍVIDAS PARA O MUNICÍPIO E, TENDO EM VISTA QUE, NA GESTÃO PASSADA, OCUPEI O CARGO DE VICE-PREFEITO, ASSUMINDO EM DIVERSAS OCASIÕES A CHEFIA DO EXECUTIVO MUNICIPAL, REQUEIRO QUE O PODER EXECUTIVO ENCAMINHE RELAÇÃO DETALHADA DE TODAS AS DÍVIDAS MENCIONADAS.</t>
   </si>
   <si>
     <t>15546</t>
   </si>
   <si>
     <t>Juarez Xavier, Angelo Traspadini, Cabral, Chapolim Frasson, Diogo da AMAR, Hilário Oliveira Neto, Martim Trarbach, Pastor Adriano, Vaninho Stein</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15546/req__94.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15546/req__94.pdf</t>
   </si>
   <si>
     <t>OS VEREADORES, QUE ESTE SUBSCREVEM, NO USO DE SUAS ATRIBUIÇÕES LEGAIS E REGIMENTAIS, REQUEREM, APÓS DELIBERAÇÃO DO PLENÁRIO, QUE SEJA OFICIADO AO PODER EXECUTIVO MUNICIPAL, POR INTERMÉDIO DA SECRETARIA MUNICIPAL DE SAÚDE, PARA QUE ENCAMINHE A ESTA CASA DE LEIS AS INFORMAÇÕES.</t>
   </si>
   <si>
     <t>15597</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15597/req__95.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15597/req__95.pdf</t>
   </si>
   <si>
     <t>REQUEIRO A VOSSA SENHORIA, INFORMAÇÕES REFERENTES ÀS COLETAS DE EXAMES, BEM COMO AO USO DOS EQUIPAMENTOS DE RAIO-X E ULTRASSOM, REALIZADOS PELA SECRETARIA MUNICIPAL DE SAÚDE.</t>
   </si>
   <si>
     <t>15598</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15598/req__96.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15598/req__96.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE, NA FORMA REGIMENTAL E OUVINDO-SE O PLENÁRIO, VEM, RESPEITOSAMENTE, À PRESENÇA DE VOSSA EXCELÊNCIA SOLICITAR INFORMAÇÕES FORMAIS ACERCA DOS CANAIS DE COMUNICAÇÃO INSTITUCIONAL E DOS MECANISMOS DE CONTROLE UTILIZADOS PELO CHEFE DO PODER EXECUTIVO NOS PROCESSOS DE CONTRATAÇÃO PÚBLICA EM GERAL (LICITAÇÕES, DISPENSAS DE LICITAÇÃO E INEXIGIBILIDADES), COM BASE NOS PRINCÍPIOS DA TRANSPARÊNCIA, PUBLICIDADE E LEGALIDADE QUE REGEM A GESTÃO PÚBLICA.</t>
   </si>
   <si>
     <t>15599</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15599/req__97.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15599/req__97.pdf</t>
   </si>
   <si>
     <t>OBSERVANDO-SE A RESPOSTA ENCAMINHADA POR MEIO DO OFÍCIO OF. PMMF Nº 676/2025, VERIFICA-SE QUE, NOS TÓPICOS “CONSTATAÇÃO DA OMISSÃO NO EXERCÍCIO DE 2024” E “PROVIDÊNCIAS ADMINISTRATIVAS”, FICOU EXPLÍCITA A AUSÊNCIA DA REVISÃO REFERENTE AO EXERCÍCIO 2023–2024, BEM COMO A INEXISTÊNCIA DE JUSTIFICATIVA FORMAL E PLAUSÍVEL PARA TAL OMISSÃO. EM RAZÃO DISSO, COMO EXPLÍCITO NO CORPO DA REPOSTA A PROCURADORIA-GERAL DO MUNICÍPIO RECOMENDOU A ADOÇÃO DE MEDIDAS ADMINISTRATIVAS COM O OBJETIVO DE REGULARIZAR A SITUAÇÃO.</t>
   </si>
   <si>
     <t>15600</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15600/req__98.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15600/req__98.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE, NO USO DE SUAS ATRIBUIÇÕES LEGAIS, REQUER, APÓS OUVIDO O PLENÁRIO E CUMPRIDAS AS FORMALIDADES REGIMENTAIS, QUE SEJA REQUERIDO À SECRETARIA MUNICIPAL DE AGRICULTURA SOLICITANDO AS SEGUINTES INFORMAÇÕES: SE OS TÉCNICOS DE AGRICULTURA DA REFERIDA SECRETARIA REALIZAM PERIODICAMENTE ATIVIDADES TÉCNICAS.</t>
   </si>
   <si>
     <t>15601</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15601/req__99.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15601/req__99.pdf</t>
   </si>
   <si>
     <t>REQUEIRO QUE SEJA ENCAMINHADA A ESTA CASA DE LEIS AS SEGUINTES INFORMAÇÕES REFERENTES À REDE PÚBLICA MUNICIPAL DE ENSINO.</t>
   </si>
   <si>
     <t>15602</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15602/requerimento_100-2025.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15602/requerimento_100-2025.pdf</t>
   </si>
   <si>
     <t>SOLICITA A EDIÇÃO DE DECRETO MUNICIPAL PARA MANUTENÇÃO DO ATENDIMENTO A MORADORES DE MUNICÍPIOS VIZINHOS</t>
   </si>
   <si>
     <t>15635</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15635/req__101.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15635/req__101.pdf</t>
   </si>
   <si>
     <t>REQUER-SE A DISPONIBILIZAÇÃO DE CÓPIA INTEGRAL DO PROCESSO ADMINISTRATIVO Nº. 000844/2025, QUE DISPÕE SOBRE A CONTRATAÇÃO DE EMPRESA DE ENGENHARIA ESPECIALIZADA PARA EXECUÇÃO DE SERVIÇOS DE MANUTENÇÃO PREVENTIVA, CORRETIVA, MELHORAMENTO E OPERAÇÃO DO SISTEMA DE AUTOMAÇÃO DO PARQUE DE ILUMINAÇÃO PÚBLICA DO MUNICÍPIO DE MARECHAL FLORIANO – ES, CONTENDO TODAS AS FASES E DOCUMENTOS PREVISTOS NA LEI FEDERAL Nº. 14.133/2021.</t>
   </si>
   <si>
     <t>15636</t>
   </si>
   <si>
     <t>Juarez Xavier, Cezinha Ronchi, Coquinho</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15636/req__102.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15636/req__102.pdf</t>
   </si>
   <si>
     <t>OS VEREADORES ABAIXO ASSINADO, NO EXERCÍCIO DE SUAS ATRIBUIÇÕES LEGAIS E REGIMENTAIS, VÊM, RESPEITOSAMENTE, REQUERER INFORMAÇÕES E PROVIDÊNCIAS QUANTO AO CUMPRIMENTO DAS EMENDAS PARLAMENTARES IMPOSITIVAS INSERIDAS NA LEI ORÇAMENTÁRIA ANUAL – LEI MUNICIPAL Nº 2.753/2024.</t>
   </si>
   <si>
     <t>15637</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15637/req__103.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15637/req__103.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE AS EMPRESAS TERCEIRIZADAS QUE PRESTAM SERVIÇOS AO MUNICÍPIO FORNEÇAM OS CONTRACHEQUES AOS SEUS EMPREGADOS.</t>
   </si>
   <si>
     <t>15638</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15638/req__104.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15638/req__104.pdf</t>
   </si>
   <si>
     <t>TENDO EM VISTA A REALIZAÇÃO DE UMA REUNIÃO QUE PRECEDEU A TERCEIRIZAÇÃO DOS SERVIÇOS DA SAÚDE, FORAM DESTACADOS ALGUNS PONTOS QUE SERIAM FOCO DE MELHORIAS. DIANTE DO EXPOSTO, REQUEIRO O ENCAMINHAMENTO DAS INFORMAÇÕES REFERENTES ÀS MELHORIAS ELENCADAS, A FIM DE GARANTIR TRANSPARÊNCIA ÀS AÇÕES REALIZADAS PELA SECRETARIA MUNICIPAL DE SAÚDE.</t>
   </si>
   <si>
     <t>15663</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15663/req__105.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15663/req__105.pdf</t>
   </si>
   <si>
     <t>REQUEIRO A SEGUINTE INFORMAÇÃO: SE A COOPERATIVA COOPERMONTANHAS ESTÁ CUMPRINDO COM O CONTRATO, PRINCIPALMENTE NO QUE SE REFERE A TER VEÍCULO SUBSTITUTO NO CASO DE DEFEITO, PANE MECÂNICA, OU QUALQUER OUTRO IMPEDIMENTO QUE IMPEÇA O VEÍCULO DE TRAFEGAR.</t>
   </si>
   <si>
     <t>15659</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15659/req___106.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15659/req___106.pdf</t>
   </si>
   <si>
     <t>REQUEIRO, EM CARÁTER DE TRANSPARÊNCIA ADMINISTRATIVA, O ENVIO DE INFORMAÇÕES REFERENTES À FARMÁCIA BÁSICA DE SAÚDE LOCALIZADA NO CENTRO DE MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>15660</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15660/req___107.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15660/req___107.pdf</t>
   </si>
   <si>
     <t>CONFORME OBSERVADO NA LEI MUNICIPAL Nº 2.753/2024 QUE "ESTIMA E FIXA A DESPESA PARA O EXERCÍCIO FINANCEIRO DE 2025, E DÁ OUTRAS PROVIDÊNCIAS" E COMO DEMONSTRADO NAS ARRECADAÇÕES EXPRESSIVAS ACIMA DO PREVISTO, DEMONSTRADAS NA AUDIÊNCIA PÚBLICA DE AVALIAÇÃO DAS METAS FISCAIS (LRF) DO 2º QUADRIMESTRE DE 2025, SOLICITO INFORMAÇÕES QUE LEVARAM A PUBLICAÇÃO DO DECRETO Nº 13.046/2025.</t>
   </si>
   <si>
     <t>15687</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15687/req__108.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15687/req__108.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE, NO USO DE SUAS ATRIBUIÇÕES LEGAIS E REGIMENTAIS, VEM, RESPEITOSAMENTE, REQUERER INFORMAÇÕES DETALHADAS SOBRE O FUNCIONAMENTO DO SETOR DE SAÚDE DA MULHER NO MUNICÍPIO DE MARECHAL FLORIANO, ESPECIALMENTE QUANTO À MANUTENÇÃO E OFERTA DOS ATENDIMENTOS GINECOLÓGICOS NA POLICLÍNICA MUNICIPAL.</t>
   </si>
   <si>
     <t>15688</t>
   </si>
   <si>
     <t>Coquinho, Angelo Traspadini, Cabral, Hilário Oliveira Neto, Juarez Xavier, Martim Trarbach, Pastor Adriano</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15688/req__109.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15688/req__109.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS QUE SEJA OFICIADO AO EXCELENTÍSSIMO PREFEITO, PARA QUE ENCAMINHE A ESTA CASA LEGISLATIVA, NOS TERMOS DA LEGISLAÇÃO VIGENTE, TODOS OS DADOS, ARQUIVOS E REGISTROS LISTADOS, REFERENTES A TODOS OS PROCESSOS DE LICITAÇÃO LANÇADOS NO ANO DE 2025, DISPONIBILIZADOS NO PORTAL OFICIAL</t>
   </si>
   <si>
     <t>15692</t>
   </si>
   <si>
     <t>Coquinho, Angelo Traspadini, Cabral, Cezinha Ronchi, Hilário Oliveira Neto, Juarez Xavier, Martim Trarbach, Pastor Adriano</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15692/req_110.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15692/req_110.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS, EM CARÁTER DE TRANSPARÊNCIA ADMINISTRATIVA, O ENVIO DE TODA A DOCUMENTAÇÃO REFERENTE ÀS DISPENSAS DE LICITAÇÃO Nº 052, 079, 099 E 120/2025.</t>
   </si>
   <si>
     <t>15743</t>
   </si>
   <si>
     <t>Pastor Adriano, Chapolim Frasson, Diogo da AMAR, Juarez Xavier, Vaninho Stein</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15743/req_111.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15743/req_111.pdf</t>
   </si>
   <si>
     <t>REQUER A CRIAÇÃO DE COMISSÃO PARLAMENTAR DE INQUÉRITO – CPI, PARA APURAR POSSÍVEIS IRREGULARIDADES NA EXECUÇÃO DO CONTRATO DE GESTÃO Nº 072/2025, ENTRE O FUNDO MUNICIPAL DE SAÚDE DE MARECHAL FLORIANO - ES E O INSTITUTO DE APOIO DO MEIO AMBIENTE, SAÚDE E ESPORTES – IAMASE.</t>
   </si>
   <si>
     <t>15744</t>
   </si>
   <si>
     <t>Pastor Adriano, Angelo Traspadini, Cabral, Cezinha Ronchi, Hilário Oliveira Neto, Juarez Xavier, Martim Trarbach</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15744/req__112.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15744/req__112.pdf</t>
   </si>
   <si>
     <t>REQUER A CRIAÇÃO DE COMISSÃO PARLAMENTAR DE INQUÉRITO – CPI, PARA APURAR POSSÍVEIS IRREGULARIDADES NA EXECUÇÃO DO CONTRATO DE GESTÃO Nº 072/2025, ENTRE O FUNDO MUNICIPAL DE SAÚDE DE MARECHAL FLORIANO – ES E O INSTITUTO DE APOIO DO MEIO AMBIENTE, SAÚDE E ESPORTES – IAMASE.</t>
   </si>
   <si>
     <t>15745</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15745/req__113.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15745/req__113.pdf</t>
   </si>
   <si>
     <t>VENHO RESPEITOSAMENTE REQUERER A VOSSA SENHORIA, QUE SEJAM ENCAMINHADAS A ESTA CASA DE LEIS, CÓPIAS DE TODAS AS NOTAS FISCAIS E COMPROVANTES DE ABASTECIMENTO DOS VEÍCULOS PERTENCENTES À SECRETARIA MUNICIPAL DE SAÚDE, COM SUAS RESPECTIVAS PLACAS, DESDE O INÍCIO DO ANO DE 2025 ATÉ A PRESENTE DATA.</t>
   </si>
   <si>
     <t>15731</t>
   </si>
   <si>
     <t>Chapolim Frasson, Vaninho Stein</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15731/req___114.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15731/req___114.pdf</t>
   </si>
   <si>
     <t>FOI OBSERVADO, NA PRESTAÇÃO DE CONTAS DO SEGUNDO QUADRIMESTRE, QUE O FUNDO DE MANUTENÇÃO E DESENVOLVIMENTO DA EDUCAÇÃO BÁSICA E DE VALORIZAÇÃO DOS PROFISSIONAIS DA EDUCAÇÃO (FUNDEB) APRESENTOU UM SUPERÁVIT DE R$ 5.592.332,72. DIANTE DISSO, OS VEREADORES QUE SUBSCREVEM A PRESENTE SOLICITAÇÃO REQUEREM INFORMAÇÕES.</t>
   </si>
   <si>
     <t>15732</t>
   </si>
   <si>
     <t>Diogo da AMAR, Angelo Traspadini, Cabral, Cezinha Ronchi, Chapolim Frasson, Coquinho, Juarez Xavier, Martim Trarbach, Pastor Adriano, Vaninho Stein</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15732/req__115.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15732/req__115.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE, NA FORMA REGIMENTAL E OUVINDO-SE O PLENÁRIO, VEM REQUERER QUE SEJAM ENCAMINHADAS A ESTA CASA LEGISLATIVA AS PRESTAÇÕES DE CONTAS MENSAIS RELATIVAS AO CONTRATO DE PRESTAÇÃO DE SERVIÇOS Nº 070/2025, CELEBRADO ENTRE O MUNICÍPIO DE MARECHAL FLORIANO E A EMPRESA 20.041.824 – ROSILENE HAESE (CNPJ 20.041.824/0001-17), REFERENTE À EXECUÇÃO DOS SERVIÇOS DE AUDIOVISUAL, COBERTURA FOTOGRÁFICA, USO DE DRONES, FILMAGENS E DEMAIS ITENS CONSTANTES DO OBJETO CONTRATUAL.</t>
   </si>
   <si>
     <t>15733</t>
   </si>
   <si>
     <t>Diogo da AMAR, Angelo Traspadini, Cabral, Cezinha Ronchi, Chapolim Frasson, Coquinho, Hilário Oliveira Neto, Juarez Xavier, Martim Trarbach, Pastor Adriano</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15733/req__116.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15733/req__116.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE, NA FORMA REGIMENTAL E OUVINDO-SE O PLENÁRIO, COM FUNDAMENTO NOS ARTS. 31, 70 E 74 DA CONSTITUIÇÃO FEDERAL, ART. 48 E 50 DA LRF, E NA LOA 2025, REQUER O ENVIO DE INFORMAÇÕES DISCRIMINADAS, EM FORMATO ABERTO E ORGANIZADO.</t>
   </si>
   <si>
     <t>15734</t>
   </si>
   <si>
     <t>Coquinho, Martim Trarbach, Pastor Adriano</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15734/req__117.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15734/req__117.pdf</t>
   </si>
   <si>
     <t>OS VEREADORES QUE ESTE SUBSCREVEM, NA FORMA REGIMENTAL E OUVINDO-SE O PLENÁRIO, VÊM À PRESENÇA DE VOSSA EXCELÊNCIA, PARA EXPOR O QUE SEGUE: OS RESPONSÁVEIS PELAS OBRAS DA CRECHE, DA UNIDADE DE SAÚDE DO TREVO DE PARAJÚ E DA ESCOLA DE VICTOR HUGO TÊM INFORMADO, HÁ MESES, A NECESSIDADE DE ADITIVOS CONTRATUAIS PARA VIABILIZAR A FINALIZAÇÃO E A ENTREGA DOS IMÓVEIS. DIANTE DISSO, SOLICITO INFORMAÇÕES:</t>
   </si>
   <si>
     <t>15735</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15735/req___118.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15735/req___118.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE SUBSCREVE, NA FORMA REGIMENTAL E OUVINDO-SE O PLENÁRIO, VÊM À PRESENÇA DE VOSSA EXCELÊNCIA, PARA EXPOR O QUE SEGUE: DURANTE OS SÁBADOS, É NOTÓRIO O AUMENTO EXPRESSIVO DE VENDEDORES AMBULANTES NO CENTRO DE NOSSA MUNICIPALIDADE, MUITOS DOS QUAIS SE DESLOCAM PARA MARECHAL FLORIANO ESPECIFICAMENTE NESSE DIA PARA EMPREENDER. DIANTE DESSE CENÁRIO, SOLICITO O ENCAMINHAMENTO DE INFORMAÇÕES REFERENTES À FISCALIZAÇÃO DE AMBULANTES AOS SÁBADOS.</t>
   </si>
   <si>
     <t>15736</t>
   </si>
   <si>
     <t>Hilário Oliveira Neto, Martim Trarbach, Pastor Adriano</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15736/req__119.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15736/req__119.pdf</t>
   </si>
   <si>
     <t>REQUER AUTORIZAÇÃO DO PLENÁRIO PARA DAR CONTINUIDADE AOS TRABALHOS DA CPI DURANTE O RECESSO PARLAMENTAR.</t>
   </si>
   <si>
     <t>15709</t>
   </si>
   <si>
     <t>Diogo da AMAR, Chapolim Frasson, Vaninho Stein</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15709/120.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15709/120.pdf</t>
   </si>
   <si>
     <t>REQUER AUTORIZAÇÃO DO PLENÁRIO PARA DAR CONTINUIDADE AOS TRABALHOS DA COMISSÃO PROCESSANTE DURANTE O RECESSO PARLAMENTAR.</t>
   </si>
   <si>
     <t>15737</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15737/req___121.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15737/req___121.pdf</t>
   </si>
   <si>
     <t>REQUER A RELAÇÃO DOS ATENDIMENTOS ODONTOLÓGICOS REALIZADOS NA UNIDADE DE SAÚDE ‘CEZAR VELLO PUPPIN’, NO PERÍODO DE JUNHO A NOVEMBRO DE 2025.</t>
   </si>
   <si>
     <t>15772</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15772/req_122.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15772/req_122.pdf</t>
   </si>
   <si>
     <t>REQUER CONCESSÃO DE URGÊNCIA ESPECIAL PARA O PROJETO DE LEI ORDINÁRIA N° 143/2025, DE AUTORIA DA MESA DIRETORA QUE: ALTERA DE DISPOSITIVOS NA ESTRUTURA ADMINISTRATIVA DO PODER LEGISLATIVO MUNICIPAL, LEI MUNICIPAL Nº.2.853, DE 25 DE NOVEMBRO DE 2025.</t>
   </si>
   <si>
     <t>14829</t>
   </si>
   <si>
     <t>RS</t>
   </si>
   <si>
     <t>Resolução</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14829/r0125.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14829/r0125.pdf</t>
   </si>
   <si>
     <t>14830</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14830/resolucao_002-2025_-_limita_0001.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14830/resolucao_002-2025_-_limita_0001.pdf</t>
   </si>
   <si>
     <t>14831</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14831/r0325.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14831/r0325.pdf</t>
   </si>
   <si>
     <t>15785</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15785/resolucao_007-2025_28-11-2025-1.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15785/resolucao_007-2025_28-11-2025-1.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DE COMISSÃO PARLAMENTAR DE INQUÉRITO - CPI, PARA APURAR POSSÍVEIS IRREGULARIDADES NA EXECUÇÃO DO CONTRATO DE GESTÃO Nº 072/2025, ENTRE O FUNDO MUNICIPAL DE SAÚDE DE MARECHAL FLORIANO-ES, E O INSTITUTO DE APOIO DO MEIO AMBIENTE, SAÚDE E ESPORTES - IAMASE</t>
   </si>
   <si>
     <t>14901</t>
   </si>
   <si>
     <t>PE</t>
   </si>
   <si>
     <t>Proposta de Emenda</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14901/proposta_emenda_001.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14901/proposta_emenda_001.pdf</t>
   </si>
   <si>
     <t>REFERÊNCIA: PROJETO DE LEI Nº 007/2025 QUE “DISPÕE SOBRE A CRIAÇÃO DE CARGOS DE PROVIMENTO EM COMISSÃO A SEREM INSERIDOS NA ESTRUTURA ADMINISTRATIVA DO MUNICÍPIO DE MARECHAL FLORIANO E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>14902</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14902/proposta_emenda_002.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14902/proposta_emenda_002.pdf</t>
   </si>
   <si>
     <t>14903</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14903/proposta_emenda_003_a_b.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14903/proposta_emenda_003_a_b.pdf</t>
   </si>
   <si>
     <t>REFERÊNCIA: PROJETO DE LEI Nº 001/2025 QUE PASSA A TER A SEGUINTE REDAÇÃO  _x000D_
 APROVA: _x000D_
 PROJETO DE LEI Nº 001/2025 _x000D_
 “AUTORIZA O PODER EXECUTIVO A CONTRATAR OPERAÇÃO DE CRÉDITO COM INSTITUIÇÃO FINANCEIRA, E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>15738</t>
   </si>
   <si>
     <t>Cezinha Ronchi, Angelo Traspadini, Cabral, Chapolim Frasson, Coquinho, Diogo da AMAR, Hilário Oliveira Neto, Juarez Xavier, Martim Trarbach, Pastor Adriano, Vaninho Stein</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15738/proposta_de_emenda.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15738/proposta_de_emenda.pdf</t>
   </si>
   <si>
     <t>SOLICITA A RESERVA DE DOTAÇÕES ORÇAMENTÁRIAS AO PROJETO DE LEI 107/2025,_x000D_
 QUE ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE MARECHAL FLORIANO–ES,_x000D_
 PARA O EXERCÍCIO DE 2026, CONFORME SEGUE.</t>
   </si>
   <si>
     <t>14943</t>
   </si>
   <si>
     <t>PEM</t>
   </si>
   <si>
     <t>Proposta de Emenda Modificativa</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14943/emenda_04.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14943/emenda_04.pdf</t>
   </si>
   <si>
     <t>PROPOSTA DE EMENDA MODIFICATIVA RELATIVA AO PROJETO DE LEI Nº 020/2025, QUE "AUTORIZA A CRIAÇÃO DO PROGRAMA MUNICIPAL DE MÚSICA NO MUNICÍPIO DE MARECHAL FLORIANO, DENOMINADO 'MUSICALIDADE FLORIANENSE' E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>14944</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14944/emenda_05.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14944/emenda_05.pdf</t>
   </si>
   <si>
     <t>PROPOSTA DE EMENDA MODIFICATIVA RELATIVA AO PROJETO DE LEI Nº 011/2025, QUE ESTABECE A OBRIGATORIEDADE DA APLICAÇÃO DO QUESTIONÁRIO "SNAP IV" E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>14945</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14945/emenda_06.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14945/emenda_06.pdf</t>
   </si>
   <si>
     <t>PROPOSTA DE EMENDA MODIFICATIVA RELATIVA AO PROJETO DE LEI Nº 17/2025 QUE “DECLARA COMO PATRIMÔNIO CULTURAL E IMATERIAL DO MUNICÍPIO DE MARECHAL FLORIANO-ES, A “ESTRADA DE FERRO”, COMPREENDENDO O PERÍMETRO QUE CORTA ESTA MUNICIPALIDADE”.</t>
   </si>
   <si>
     <t>15783</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15783/pe08.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15783/pe08.pdf</t>
   </si>
   <si>
     <t>PROPOSTA DE EMENDA MODIFICATIVA RELATIVA AO PROJETO DE LEI Nº 072/2025, ONDE FICA O ART. 4º ALTERADO.</t>
   </si>
   <si>
     <t>15611</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15611/proposta_de_emenda__modificativa___12.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15611/proposta_de_emenda__modificativa___12.pdf</t>
   </si>
   <si>
     <t>PROPOSTA DE EMENDA MODIFICATIVA RELATIVA AO PROJETO DE LEI Nº 085/2025 DE AUTORIA DO PODER EXECUTIVO MUNICIPAL QUE "DISPÕE SOBRE O PLANO PLURIANUAL PARA O QUADRIÊNIO DE 2026 A 2029</t>
   </si>
   <si>
     <t>15612</t>
   </si>
   <si>
     <t>PEA</t>
   </si>
   <si>
     <t>Proposta de Emenda Aditiva</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15612/proposta_emenda_aditiva_09.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15612/proposta_emenda_aditiva_09.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI Nº 085/2025 DE AUTORIA DO PODER EXECUTIVO MUNICIPAL QUE "DISPÕE SOBRE O PLANO PLURIANUAL PARA O QUADRIÊNIO DE 2026 A 2029".</t>
   </si>
   <si>
     <t>15613</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15613/proposta__emenda__aditiva__10.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15613/proposta__emenda__aditiva__10.pdf</t>
   </si>
   <si>
     <t>15614</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15614/proposta__emenda_aditiva__11.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15614/proposta__emenda_aditiva__11.pdf</t>
   </si>
   <si>
     <t>15691</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15691/proposta___013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15691/proposta___013.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI Nº 085/2025 DE AUTORIA DO PODER EXECUTIVO MUNICIPAL QUE “DISPÕE SOBRE O PLANO PLURIANUAL PARA O QUADRIÊNIO DE 2026 A _x000D_
 2029.”</t>
   </si>
   <si>
     <t>15693</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15693/pe_014.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15693/pe_014.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI Nº 107/2025 DE AUTORIA DO PODER EXECUTIVO MUNICIPAL QUE “ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE MARECHAL _x000D_
 FLORIANO PARA O EXERCICIO FINANCEIRO DE 2026.”</t>
   </si>
   <si>
     <t>14653</t>
   </si>
   <si>
     <t>RR</t>
   </si>
   <si>
     <t>Resposta de Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14653/122.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14653/122.pdf</t>
   </si>
   <si>
     <t>REFERENTE AO REQUERIMENTO N° 04/2025, DE AUTORIA DO VEREADOR HILÁRIO OLIVEIRA NETO</t>
   </si>
   <si>
     <t>14729</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14729/203.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14729/203.pdf</t>
   </si>
   <si>
     <t>REFERENTE AO REQUERIMENTO N° 08/2025 DE AUTORIA DO VEREADOR CHAPOLIM FRASSON.</t>
   </si>
   <si>
     <t>14732</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14732/217.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14732/217.pdf</t>
   </si>
   <si>
     <t>REFERENTE AO REQUERIMENTO N° 04/2025 DE AUTORIA DO VEREADOR HILÁRIO OLIVEIRA NETO</t>
   </si>
   <si>
     <t>14733</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14733/218.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14733/218.pdf</t>
   </si>
   <si>
     <t>REFERENTE AO REQUERIMENTO 05/2025 DE AUTORIA DOS VEREADORES JOÃO CABRAL RODRIGUES CANCELLIERI E MARTIM MIGUEL TRARBACH</t>
   </si>
   <si>
     <t>14734</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14734/219_1.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14734/219_1.pdf</t>
   </si>
   <si>
     <t>REFERENTE AO REQUERIMENTO 07/2025 DE AUTORIA DO VEREADOR CHAPOLIM FRASSON</t>
   </si>
   <si>
     <t>14771</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14771/299.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14771/299.pdf</t>
   </si>
   <si>
     <t>REFERENTE AO REQUERIMENTO N°. 20/2025, DE AUTORIA DO VEREADOR HILÁRIO DE OLIVEIRA NETO</t>
   </si>
   <si>
     <t>14815</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14815/353.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14815/353.pdf</t>
   </si>
   <si>
     <t>REFERENTE AO REQUERIMENTO 12/2025, DE AUTORIA DO VEREADOR REINALDO VALENTIM FRASSON</t>
   </si>
   <si>
     <t>14817</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14817/355.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14817/355.pdf</t>
   </si>
   <si>
     <t>REFERENTE AO REQUERIMENTO N° 09/2025, DE AUTORIA DO VEREADOR ABRÃO LEVI KIFFER</t>
   </si>
   <si>
     <t>14906</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14906/459.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14906/459.pdf</t>
   </si>
   <si>
     <t>REFERENTE AO REQUERIMENTO Nº 15/2025 DE AUTORIA DO VEREADOR ANGELO FERNANDES TRASPADINI</t>
   </si>
   <si>
     <t>14924</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14924/545.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14924/545.pdf</t>
   </si>
   <si>
     <t>REFERENTE AO REQUERIMENTO Nº 18/2025, DE AUTORIA DO VEREADOR JOÃO CABRAL RODRIGUES CANCELLIERI</t>
   </si>
   <si>
     <t>14925</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14925/546.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14925/546.pdf</t>
   </si>
   <si>
     <t>REFERENTE AO REQUERIMENTO Nº 19/2025, DE AUTORIA DO VEREADOR REINALDO VALENTIM FRASSON</t>
   </si>
   <si>
     <t>14926</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14926/547.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14926/547.pdf</t>
   </si>
   <si>
     <t>REFERENTE AO REQUERIMENTO Nº 22/2025, DE AUTORIA DOS VEREADORES SUBSCRITOS NO REQUERIMENTO</t>
   </si>
   <si>
     <t>14927</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14927/548.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14927/548.pdf</t>
   </si>
   <si>
     <t>REFERENTE AO REQUERIMENTO Nº 23/2025, DE AUTORIA DOS VEREADORES SUBSCRITOS NO REQUERIMENTO</t>
   </si>
   <si>
     <t>14928</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14928/549.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14928/549.pdf</t>
   </si>
   <si>
     <t>REFERENTE AO REQUERIMENTO Nº 25/2025, DE AUTORIA DO VEREADOR JOÃO CABRAL RODRIGUES CANCELLIERI</t>
   </si>
   <si>
     <t>14929</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14929/550.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14929/550.pdf</t>
   </si>
   <si>
     <t>REFERENTE AO REQUERIMENTO Nº 31/2025, DE AUTORIA DO VEREADOR HILÁRIO OLIVEIRA NETO</t>
   </si>
   <si>
     <t>14999</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14999/622.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14999/622.pdf</t>
   </si>
   <si>
     <t>REFERENTE AO REQUERIMENTO N° 02/2025, DE AUTORIA DO VEREADOR CEZAR TADEU RONCHI JUNIOR</t>
   </si>
   <si>
     <t>15001</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15001/625.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15001/625.pdf</t>
   </si>
   <si>
     <t>REFERENTE AO REQUERIMENTO N° 13/2025, DE AUTORIA DO VEREADOR JOÃO CABRAL RODRIGUES CANCELLIERI</t>
   </si>
   <si>
     <t>15002</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15002/626.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15002/626.pdf</t>
   </si>
   <si>
     <t>REFERENTE AO REQUERIMENTO N° 27/2025, DE AUTORIA DO VEREADOR ADRIANO DOMINGOS CIURLLETI</t>
   </si>
   <si>
     <t>15003</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15003/627.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15003/627.pdf</t>
   </si>
   <si>
     <t>REFERENTE AO REQUERIMENTO N° 33/2025, DE AUTORIA DO VEREADOR JOÃO CABRAL RODRIGUES CANCELLIERI</t>
   </si>
   <si>
     <t>15007</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15007/631.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15007/631.pdf</t>
   </si>
   <si>
     <t>REFERENTE AO REQUERIMENTO N° 03/2025, DE AUTORIA DO VEREADOR DIOGO ENDLICH DE OLIVEIRA</t>
   </si>
   <si>
     <t>15035</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15035/694.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15035/694.pdf</t>
   </si>
   <si>
     <t>REFERENTE AO REQUERIMENTO N° 149/2025, DE AUTORIA DO VEREADOR DORIVANIO STEIN</t>
   </si>
   <si>
     <t>15036</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15036/695.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15036/695.pdf</t>
   </si>
   <si>
     <t>REFERENTE AO REQUERIMENTO N° 34/2025, DE AUTORIA DO VEREADOR CEZAR TADEU RONCHI JUNIOR</t>
   </si>
   <si>
     <t>15039</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15039/697.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15039/697.pdf</t>
   </si>
   <si>
     <t>REFERENTE AO REQUERIMENTO N° 35/2025, DE AUTORIA DO VEREADOR DORIVANIO STEIN</t>
   </si>
   <si>
     <t>15082</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15082/resposta_req.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15082/resposta_req.pdf</t>
   </si>
   <si>
     <t>REFERENTE AO REQUERIMENTO N° 39/2025, DE AUTORIA DO VEREADOR JUAREZ JOSÉ XAVIER</t>
   </si>
   <si>
     <t>15083</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15083/787.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15083/787.pdf</t>
   </si>
   <si>
     <t>REFERENTE A INDICAÇÃO Nº 84/2025, DE AUTORIA DO VEREADOR DORIVANIO STEIN</t>
   </si>
   <si>
     <t>15104</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15104/831.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15104/831.pdf</t>
   </si>
   <si>
     <t>REFERENTE AO REQUERIMENTO Nº 40/2025, DE AUTORIA DO VEREADOR ANGELO FERNANDES TRASPADINI</t>
   </si>
   <si>
     <t>15105</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15105/832.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15105/832.pdf</t>
   </si>
   <si>
     <t>REFERENTE AO REQUERIMENTO Nº 10/2025, DE AUTORIA DO VEREADOR CEZAR TADEU RONCHI JUNIOR</t>
   </si>
   <si>
     <t>15247</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15247/1183.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15247/1183.pdf</t>
   </si>
   <si>
     <t>REFERENTE AO REQUERIMENTO Nº 54/2025, DE AUTORIA DO PLENÁRIO PEDRO SCHUNK</t>
   </si>
   <si>
     <t>15248</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15248/1176.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15248/1176.pdf</t>
   </si>
   <si>
     <t>REFERENTE AO REQUERIMENTO Nº 50/2025, DE AUTORIA DO VEREADOR JUAREZ JOSÉ XAVIER</t>
   </si>
   <si>
     <t>15266</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15266/1211.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15266/1211.pdf</t>
   </si>
   <si>
     <t>REFERENTE AO REQUERIMENTO Nº 47/2025, DE AUTORIA DO VEREADOR JOÃO CABRAL RODRIGUES CANCELLIERI</t>
   </si>
   <si>
     <t>15267</t>
   </si>
   <si>
     <t>Gerência de Tributação da PMMF - GT</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15267/1214.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15267/1214.pdf</t>
   </si>
   <si>
     <t>REFERENTE AO REQUERIMENTO Nº 57/2025, DO VEREADOR CEZAR TADEU RONCHI JUNIOR</t>
   </si>
   <si>
     <t>15268</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15268/1207_1.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15268/1207_1.pdf</t>
   </si>
   <si>
     <t>REFERENTE AO REQUERIMENTO Nº 48/2025, DE AUTORIA DO PLENÁRIO PEDRO SCHUNK.</t>
   </si>
   <si>
     <t>15296</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15296/1267_1.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15296/1267_1.pdf</t>
   </si>
   <si>
     <t>REFERENTE AO REQUERIMENTO N° 049/2025, DE AUTORIA DO PLENÁRIO PEDRO SCHUNK.</t>
   </si>
   <si>
     <t>15297</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15297/1269_1.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15297/1269_1.pdf</t>
   </si>
   <si>
     <t>REFERENTE AO REQUERIMENTO Nº. 55/2025, DO VEREADOR PASTOR ADRIANO.</t>
   </si>
   <si>
     <t>15298</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15298/1270_1.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15298/1270_1.pdf</t>
   </si>
   <si>
     <t>REFERENTE AO REQUERIMENTO N°. 46/2025, DE AUTORIA DO VEREADOR VANINHO STEIN.</t>
   </si>
   <si>
     <t>15299</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15299/1285.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15299/1285.pdf</t>
   </si>
   <si>
     <t>REFERENTE AO REQUERIMENTO N° 58/2025, DE AUTORIA DO VEREADOR DIOGO ENDLICH DE OLIVEIRA</t>
   </si>
   <si>
     <t>15300</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15300/1286.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15300/1286.pdf</t>
   </si>
   <si>
     <t>REFERENTE AO REQUERIMENTO N° 57/2025, DE AUTORIA DO CEZAR TADEU RONCHI JUNIOR.</t>
   </si>
   <si>
     <t>15320</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15320/1295.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15320/1295.pdf</t>
   </si>
   <si>
     <t>REFERENTE AO REQUERIMENTO Nº 52/2025, DE AUTORIA DO PLENÁRIO PEDRO SCHUNK</t>
   </si>
   <si>
     <t>15323</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15323/1283_compressed.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15323/1283_compressed.pdf</t>
   </si>
   <si>
     <t>REFERENTE AO REQUERIMENTO Nº 53/2025, DE AUTORIA DO PLENÁRIO PEDRO SCHUNK</t>
   </si>
   <si>
     <t>15401</t>
   </si>
   <si>
     <t>DEPARTAMENTO NACIONAL DE INFRAESTRUTURA DE TRANSPORTES SUPERITENDÊNCIA REGIONAL DO ES - DENIT</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15401/1414.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15401/1414.pdf</t>
   </si>
   <si>
     <t>REFERENTE AO REQUERIMENTO Nº 63/2025, DE AUTORIA DO VEREADOR REINALDO VALENTIM FRASSON</t>
   </si>
   <si>
     <t>15406</t>
   </si>
   <si>
     <t>DETRAN - DETRAN</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15406/1455.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15406/1455.pdf</t>
   </si>
   <si>
     <t>REFERENTE AOS REQUERIMENTOS Nº 66/2025 E Nº 69/2025, DE AUTORIA DOS VEREADORES ADRIANO DOMINGOS CIURLLETI E HILÁRIO OLIVEIRA NETO</t>
   </si>
   <si>
     <t>15407</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15407/1409.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15407/1409.pdf</t>
   </si>
   <si>
     <t>REFERENTE AO REQUERIMENTO Nº 60/2025, DE AUTORIA DO PLENÁRIO PEDRO SCHUNK</t>
   </si>
   <si>
     <t>15409</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15409/1457.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15409/1457.pdf</t>
   </si>
   <si>
     <t>REFERENTE AO REQUERIMENTO Nº 65/2025, DE AUTORIA DO PLENÁRIO PEDRO SCHUNK</t>
   </si>
   <si>
     <t>15410</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15410/1459.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15410/1459.pdf</t>
   </si>
   <si>
     <t>REFERENTE AO REQUERIMENTO Nº 71/2025, DE AUTORIA DO VEREADOR REINALDO VALENTIM FRASSON</t>
   </si>
   <si>
     <t>15436</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15436/resposta_requerimento.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15436/resposta_requerimento.pdf</t>
   </si>
   <si>
     <t>REFERENTE AO REQUERIMENTO Nº 75/2025, DE AUTORIA DO VEREADOR DORIVANIO STEIN</t>
   </si>
   <si>
     <t>15441</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15441/1498.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15441/1498.pdf</t>
   </si>
   <si>
     <t>15458</t>
   </si>
   <si>
     <t>Maria Arlete Novaes Moraes Silva</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15458/resposta__de_requerimento.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15458/resposta__de_requerimento.pdf</t>
   </si>
   <si>
     <t>REFERENTE AO REQUERIMENTO Nº 85/2025, DE AUTORIA DO VEREADOR ADRIANO DOMINGOS CIURLLETI</t>
   </si>
   <si>
     <t>15462</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15462/1554.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15462/1554.pdf</t>
   </si>
   <si>
     <t>REFERENTE AO REQUERIMENTO Nº 076/2025, DE AUTORIA DO VEREADOR HILÁRIO OLIVEIRA NETO</t>
   </si>
   <si>
     <t>15463</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15463/1555.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15463/1555.pdf</t>
   </si>
   <si>
     <t>REFERENTE AO REQUERIMENTO Nº 068/2025, DE AUTORIA DO VEREADOR DORIVANIO STEIN</t>
   </si>
   <si>
     <t>15464</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15464/1556.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15464/1556.pdf</t>
   </si>
   <si>
     <t>REFERENTE AO REQUERIMENTO Nº 073/2025, DE AUTORIA DO VEREADOR MARTIM MIGUEL TRARBACH</t>
   </si>
   <si>
     <t>15466</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15466/1571.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15466/1571.pdf</t>
   </si>
   <si>
     <t>REFERENTE AO REQUERIMENTO Nº 87/2025, DE AUTORIA DO VEREADOR DORIVANIO STEIN</t>
   </si>
   <si>
     <t>15500</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15500/resp_req.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15500/resp_req.pdf</t>
   </si>
   <si>
     <t>REFERENTE AO REQUERIMENTO Nº 059/2025, DE AUTORIA DO VEREADOR JOÃO CABRAL RODRIGUES CANCELLIERI</t>
   </si>
   <si>
     <t>15538</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15538/res_req.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15538/res_req.pdf</t>
   </si>
   <si>
     <t>REFERENTE AO REQUERIMENTO Nº 084/2025, DE AUTORIA DO VEREADOR JOÃO CABRAL RODRIGUES CANCELLIERI</t>
   </si>
   <si>
     <t>15539</t>
   </si>
   <si>
     <t>CHEFE DE DIVISÃO DE OPERAÇÃO E MANUTENÇÃO SERRANA -CESAN - CESAN</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15539/resposta_req.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15539/resposta_req.pdf</t>
   </si>
   <si>
     <t>REFERENTE AO REQUERIMENTO Nº 080/2025, DE AUTORIA DO VEREADOR JOÃO CABRAL RODRIGUES CANCELLIERI</t>
   </si>
   <si>
     <t>15549</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15549/resp__req.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15549/resp__req.pdf</t>
   </si>
   <si>
     <t>REFERENTE AO REQUERIMENTO Nº 89/2025, DE AUTORIA DO VEREADOR DORIVANIO STEIN</t>
   </si>
   <si>
     <t>15552</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15552/res_req_38.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15552/res_req_38.pdf</t>
   </si>
   <si>
     <t>REFERENTE AO REQUERIMENTO Nº 038/2025, DE AUTPRIA DO PLENÁRIO DA CÂMARA MUNICIPAL</t>
   </si>
   <si>
     <t>15555</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15555/1753.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15555/1753.pdf</t>
   </si>
   <si>
     <t>REFERENTE AO REQUERIMENTO Nº 062/2025, DE AUTORIA DO VEREADOR CEZAR TADEU RONCHI JUNIOR</t>
   </si>
   <si>
     <t>15556</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15556/1753.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15556/1753.pdf</t>
   </si>
   <si>
     <t>REFERENTE AO REQUERIMENTO Nº 62/2025, DE AUTORIA DO VEREADOR CEZAR TADEU RONCHI JUNIOR</t>
   </si>
   <si>
     <t>15560</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15560/1800.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15560/1800.pdf</t>
   </si>
   <si>
     <t>REFERENTE AO REQUERIMENTO Nº 079/2025, DE AUTORIA DO VEREADOR JOÃO CABRAL RODRIGUES CANCELLIERI</t>
   </si>
   <si>
     <t>15561</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15561/1802.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15561/1802.pdf</t>
   </si>
   <si>
     <t>REFERENTE AO REQUERIMENTO Nº 081/2025, DE AUTORIA DO VEREADOR DORIVANIO STEIN</t>
   </si>
   <si>
     <t>15562</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15562/1803.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15562/1803.pdf</t>
   </si>
   <si>
     <t>REFERENTE AO REQUERIMENTO Nº 083/2025, DE AUTORIA DO VEREADOR REINALDO VALENTIM FRASSON</t>
   </si>
   <si>
     <t>15563</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15563/1804.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15563/1804.pdf</t>
   </si>
   <si>
     <t>REFERENTE AO REQUERIMENTO Nº 77/2025, DE AUTORIA DOS VEREADORES REINALDO VALENTIM FRASSON E HILÁRIO OLIVEIRA NETO</t>
   </si>
   <si>
     <t>15564</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15564/1805.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15564/1805.pdf</t>
   </si>
   <si>
     <t>REFERENTE AO REQUERIMENTO Nº 86/2025, DE AUTORIA DO VEREADOR DIOGO ENDLICH DE OLIVEIRA</t>
   </si>
   <si>
     <t>15565</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15565/1806.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15565/1806.pdf</t>
   </si>
   <si>
     <t>REFERENTE AO REQUERIMENTO Nº 067/2025, DE AUTORIA DO VEREADOR DIOGO ENDLICH DE OLIVEIRA</t>
   </si>
   <si>
     <t>15566</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15566/1810.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15566/1810.pdf</t>
   </si>
   <si>
     <t>REFERENTE AO REQUERIMENTO Nº 078/2025, DE AUTORIA DO VEREADOR HILÁRIO OLIVEIRA NETO</t>
   </si>
   <si>
     <t>15567</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15567/1811.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15567/1811.pdf</t>
   </si>
   <si>
     <t>REFERENTE AO REQUERIMENTO Nº 072/2025, DE AUTORIA DOS VEREADORES REINALDO VALENTIM FRASSON, HILÁRIO OLIVEIRA NETO E ANGELO FERNANDES TRASPADINI</t>
   </si>
   <si>
     <t>15568</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15568/1812.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15568/1812.pdf</t>
   </si>
   <si>
     <t>REFERENTE AO REQUERIMENTO Nº061/2025, DE AUTORIA DO VEREADOR ADRIANO DOMINGOS CIURLLETI</t>
   </si>
   <si>
     <t>15569</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15569/1813.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15569/1813.pdf</t>
   </si>
   <si>
     <t>REFERENTE AO REQUERIMENTO Nº 017/2025, DE AUTORIA DO VEREADOR ADRIANO DOMINGOS CIURLLETI</t>
   </si>
   <si>
     <t>15603</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15603/1873.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15603/1873.pdf</t>
   </si>
   <si>
     <t>REFERENTE AO REQUERIMENTO Nº 088/2025, DE AUTORIA DO VEREADOR ADRIANO DOMINGOS CIURLLETI</t>
   </si>
   <si>
     <t>15604</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15604/resp_req.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15604/resp_req.pdf</t>
   </si>
   <si>
     <t>REFERENTE AO REQUERIMENTO Nº 93/2025, DE AUTORIA DO VEREADOR JOÃO CABRAL RODRIGUES CANCELLIERI</t>
   </si>
   <si>
     <t>15605</t>
   </si>
   <si>
     <t>Companhia Estadual de Transportes Coletivos - CETURBES</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15605/res.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15605/res.pdf</t>
   </si>
   <si>
     <t>REFERENTE AO REQUERIMENTO 90/2025, DE AUTORIA DO VEREADOR HILÁRIO OLIVEIRA NETO</t>
   </si>
   <si>
     <t>15643</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15643/resp_requerimento.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15643/resp_requerimento.pdf</t>
   </si>
   <si>
     <t>REFERENTE AO REQUERIMENTO Nº 099/2025, DE AUTORIA DO VEREADOR REINALDO VALENTIM FRASSON</t>
   </si>
   <si>
     <t>15644</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15644/1979.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15644/1979.pdf</t>
   </si>
   <si>
     <t>REFERENTE AO REQUERIMENTO Nº 98/2025, DE AUTORIA DO VEREADOR REINALDO VALENTIM FRASSON</t>
   </si>
   <si>
     <t>15664</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15664/96.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15664/96.pdf</t>
   </si>
   <si>
     <t>REFERENTE AO REQUERIMENTO Nº 096/2025, DE AUTORIA DO VEREADOR DIOGO ENDLICH DE OLIVEIRA</t>
   </si>
   <si>
     <t>15665</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15665/97.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15665/97.pdf</t>
   </si>
   <si>
     <t>REFERENTE AO REQUERIMENTO Nº 97/2025, DE AUTORIA DO VEREADOR DORIVANIO STEIN</t>
   </si>
   <si>
     <t>15703</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15703/resp_req.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15703/resp_req.pdf</t>
   </si>
   <si>
     <t>REFERENTE AO REQUERIMENTO Nº 101/2025, DE AUTORIA DO VEREADOR JUAREZ JOSÉ XAVIER</t>
   </si>
   <si>
     <t>15739</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15739/res__req_uerimento.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15739/res__req_uerimento.pdf</t>
   </si>
   <si>
     <t>REFERENTE AO REQUERIMENTO Nº 106/2025, DE AUTORIA DO VEREADOR DORIVANIO STEIN</t>
   </si>
   <si>
     <t>15740</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15740/1.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15740/1.pdf</t>
   </si>
   <si>
     <t>REFERENTE AO REQUERIMENTO Nº 107/2025, DE AUTORIA DO VEREADOR REINALDO VALENTIM FRASSON</t>
   </si>
   <si>
     <t>15741</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15741/2.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15741/2.pdf</t>
   </si>
   <si>
     <t>REFERENTE AO REQUERIMENTO Nº 105/2025, DE AUTORIA DO VEREADOR ADRIANO DOMINGOS CIURLLETI</t>
   </si>
   <si>
     <t>15742</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15742/3.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15742/3.pdf</t>
   </si>
   <si>
     <t>15776</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15776/2170.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15776/2170.pdf</t>
   </si>
   <si>
     <t>15777</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15777/2172.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15777/2172.pdf</t>
   </si>
   <si>
     <t>15778</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15778/2252.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15778/2252.pdf</t>
   </si>
   <si>
     <t>REFERENTE AO REQUERIMENTO Nº 114/2025, DE AUTORIA DOS VEREADORES REINALDO VALENTIM FRASSON E DORIVANIO STEIN</t>
   </si>
   <si>
     <t>15779</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15779/2311.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15779/2311.pdf</t>
   </si>
   <si>
     <t>REFERENTE AO REQUERIMENTO Nº 110/2025, DE AUTORIA DO PLENÁRIO PEDRO SCHUNK</t>
   </si>
   <si>
     <t>15780</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15780/2312.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15780/2312.pdf</t>
   </si>
   <si>
     <t>REFERENTE AO REQUERIMENTO Nº 109/2025, DE AUTORIA DOS VEREADORES ABRÃO LEVI KIFFER, ADRIANO DOMINGOS CIURLLETI, ANGELO FERNANDES TRASPADINI, HILÁRIO OLIVEIRA NETO, JOÃO CABRAL RODRIGUES CANCELLIERI, MARTIM MIGUEL TRARBACH E JUAREZ JOSÉ XAVIER</t>
   </si>
   <si>
     <t>15781</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15781/2327.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15781/2327.pdf</t>
   </si>
   <si>
     <t>REFERENTE AO REQUERIMENTO Nº 108/2025, DE AUTORIA DO VEREADOR JUAREZ JOSÉ XAVIER</t>
   </si>
   <si>
     <t>15784</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15784/09-compactado_1.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15784/09-compactado_1.pdf</t>
   </si>
   <si>
     <t>REFERENTE AO REQUERIMENTO Nº 115/2025, DE AUTORIA DOS VEREADORES DIOGO ENDLICH DE OLIVEIRA, ANGELO FERNANDES TRASPADINI, JOÃO CABRAL RODRIGUES CANCELLIERI, CEZAR TADEU RONCHI JUNIOR, REINALDO VALENTIM FRASSON, ABRÃO LEVI KIFFER, JUAREZ JOSÉ XAVIER, MARTIM MIGUEL TRARBACH, ADRIANO DOMINGOS CIURLLETI E DORIVANIO STEIN.</t>
   </si>
   <si>
     <t>14656</t>
   </si>
   <si>
     <t>RI</t>
   </si>
   <si>
     <t>Resposta de Indicação</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14656/125.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14656/125.pdf</t>
   </si>
   <si>
     <t>OFÍCIO OF/SEGACMMF/PRESIDÊNCIA/N°. 06/2025, REFERENTE A INDICAÇÃO N° 02/2025, DE AUTORIA DO VEREADOR ABRÃO LEVI KIFFER</t>
   </si>
   <si>
     <t>14657</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14657/126.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14657/126.pdf</t>
   </si>
   <si>
     <t>OFÍCIO OF/SEGACMMF/PRESIDÊNCIA/N°. 20/2025, REFERENTE A INDICAÇÃO N° 16/2025, DE AUTORIA DO VEREADOR JUAREZ JOSÉ XAVIER</t>
   </si>
   <si>
     <t>14658</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14658/127.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14658/127.pdf</t>
   </si>
   <si>
     <t>OFÍCIO OF/SEGACMMF/PRESIDÊNCIA/N°. 05/2025, REFERENTE A INDICAÇÃO N°. 01/2025, DE AUTORIA DO VEREADOR ABRÃO LEVI KIFFER</t>
   </si>
   <si>
     <t>14696</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14696/171.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14696/171.pdf</t>
   </si>
   <si>
     <t>OF. PMMF N°. 082/2025 REFERENTE A INDICAÇÃO N°. 12/2025 DE AUTORIA DO VEREADOR MARTIM MIGUEL TRARBACH.</t>
   </si>
   <si>
     <t>14730</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14730/204.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14730/204.pdf</t>
   </si>
   <si>
     <t>REFERENTE A INDICAÇÃO N° 06/2025 DE AUTORIA DO VEREADOR ANGELO FERNANDES TRASPADINI.</t>
   </si>
   <si>
     <t>14731</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14731/205.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14731/205.pdf</t>
   </si>
   <si>
     <t>REFERENTE A INDICAÇÃO N° 04/2025 DE AUTORIA DO VEREADOR ADRIANO DOMINGOS CIURLLETI.</t>
   </si>
   <si>
     <t>14769</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14769/297.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14769/297.pdf</t>
   </si>
   <si>
     <t>REFERENTE A INDICAÇÃO N°. 60/2025, DE AUTORIA DO VEREADOR ABRÃO LEVI KIFFER</t>
   </si>
   <si>
     <t>14770</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14770/298.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14770/298.pdf</t>
   </si>
   <si>
     <t>REFERENTE A INDICAÇÃO N°. 38/2025 DE AUTORIA DO VEREADOR ABRÃO LEVI KIFFER</t>
   </si>
   <si>
     <t>14772</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14772/300.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14772/300.pdf</t>
   </si>
   <si>
     <t>REFERENTE A INDICAÇÃO N°. 03/2025, DE AUTORIA DO VEREADOR ABRÃO LEVI KIFFER</t>
   </si>
   <si>
     <t>14816</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14816/354.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14816/354.pdf</t>
   </si>
   <si>
     <t>REFERENTE A INDICAÇÃO N° 39/2025, DE AUTORIA DO VEREADOR ADRIANO DOMINGOS CIURLLETI</t>
   </si>
   <si>
     <t>14818</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14818/356.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14818/356.pdf</t>
   </si>
   <si>
     <t>REFERENTE A INDICAÇÃO N° 08/2025, DE AUTORIA DO VEREADOR DORIVANIO STEIN</t>
   </si>
   <si>
     <t>14819</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14819/357.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14819/357.pdf</t>
   </si>
   <si>
     <t>REFERENTE A INDICAÇÃO N° 09/2025, DE AUTORIA DOS VEREADORES DORIVANIO STEIN E JUAREZ JOSÉ XAVIER</t>
   </si>
   <si>
     <t>14820</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14820/358.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14820/358.pdf</t>
   </si>
   <si>
     <t>REFERENTE A INDICAÇÃO N° 10/2025, DE AUTORIA DO VEREADOR JOÃO CABRAL RODRIGUES CANCELLIERI</t>
   </si>
   <si>
     <t>14821</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14821/359.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14821/359.pdf</t>
   </si>
   <si>
     <t>REFERENTE A INDICAÇÃO N° 11/2025, DE AUTORIA DO VEREADOR MARTIM MIGUEL TRARBACH</t>
   </si>
   <si>
     <t>14822</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14822/360.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14822/360.pdf</t>
   </si>
   <si>
     <t>REFERENTE A INDICAÇÃO N° 13/2025, DE AUTORIA DO VEREADOR MARTIM MIGUEL TRARBACH</t>
   </si>
   <si>
     <t>14823</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14823/361.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14823/361.pdf</t>
   </si>
   <si>
     <t>REFERENTE A INDICAÇÃO N° 14/2025, DE AUTORIA DO VEREADOR REINALDO VALENTIM FRASSON</t>
   </si>
   <si>
     <t>14824</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14824/366.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14824/366.pdf</t>
   </si>
   <si>
     <t>REFERENTE A INDICAÇÃO N° 18/2025, DE AUTORIA DO VEREADOR ANGELO FERNANDES TRASPADINI</t>
   </si>
   <si>
     <t>14825</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14825/367.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14825/367.pdf</t>
   </si>
   <si>
     <t>REFERENTE A INDICAÇÃO N° 21/2025 DE AUTORIA DO VEREADOR ADRIANO DOMINGOS CIURLLETI</t>
   </si>
   <si>
     <t>14826</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14826/368.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14826/368.pdf</t>
   </si>
   <si>
     <t>REFERENTE A INDICAÇÃO N° 32/2025 DE AUTORIA DO VEREADOR MARTIM MIGUEL TRARBACH</t>
   </si>
   <si>
     <t>14827</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14827/369.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14827/369.pdf</t>
   </si>
   <si>
     <t>REFERENTE A INDICAÇÃO N° 34/2025 DE AUTORIA DO VEREADOR REINALDO VALENTIM FRASSON</t>
   </si>
   <si>
     <t>14841</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14841/392.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14841/392.pdf</t>
   </si>
   <si>
     <t>REFERENTE A INDICAÇÃO N° 41/2025, DE AUTORIA DO VEREADOR CEZAR TADEU RONCHI JUNIOR</t>
   </si>
   <si>
     <t>14907</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14907/460.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14907/460.pdf</t>
   </si>
   <si>
     <t>REFERENTE A INDICAÇÃO N° 17/2025 DE AUTORIA DO VEREADOR JUAREZ JOSÉ XAVIER</t>
   </si>
   <si>
     <t>14908</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14908/461.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14908/461.pdf</t>
   </si>
   <si>
     <t>REFERENTE A INDICAÇÃO N° 22/2025, DE AUTORIA DO VEREADOR DIOGO ENDLICH DE OLIVEIRA</t>
   </si>
   <si>
     <t>14909</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14909/462.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14909/462.pdf</t>
   </si>
   <si>
     <t>REFERENTE A INDICAÇÃO N° 19/2025, DE AUTORIA DO VEREADOR ADRIANO DOMINGOS CIURLLETI</t>
   </si>
   <si>
     <t>14910</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14910/463.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14910/463.pdf</t>
   </si>
   <si>
     <t>REFERENTE A INDICAÇÃO N° 24/2025, DE AUTORIA DO VEREADOR DORIVANIO STEIN</t>
   </si>
   <si>
     <t>14911</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14911/464.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14911/464.pdf</t>
   </si>
   <si>
     <t>REFERENTE A INDICAÇÃO N° 25/2025, DE AUTORIA DOS VEREADORES DORIVANIO STEIN, ADRIANO DOMINGOS CIURLLETI E REINALDO VALENTIM FRASSON</t>
   </si>
   <si>
     <t>14912</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14912/465.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14912/465.pdf</t>
   </si>
   <si>
     <t>REFERENTE A INDICAÇÃO N° 26/2025, DE AUTORIA DO VEREADOR HILÁRIO OLIVEIRA NETO</t>
   </si>
   <si>
     <t>14913</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14913/466.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14913/466.pdf</t>
   </si>
   <si>
     <t>REFERENTE A INDICAÇÃO N° 28/2025 DE AUTORIA DO VEREADOR HILÁRIO OLIVEIRA NETO</t>
   </si>
   <si>
     <t>14918</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14918/525.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14918/525.pdf</t>
   </si>
   <si>
     <t>REFERENTE A INDICAÇÃO Nº 35/2025, DE AUTORIA DO VEREADOR REINALDO VALENTIM FRASSON</t>
   </si>
   <si>
     <t>14919</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14919/526.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14919/526.pdf</t>
   </si>
   <si>
     <t>REFERENTE A INDICAÇÃO Nº 36/2025, DE AUTORIA DO PLENÁRIO DESTA CASA</t>
   </si>
   <si>
     <t>14920</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14920/527.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14920/527.pdf</t>
   </si>
   <si>
     <t>REFERENTE A INDICAÇÃO Nº 37/2025, DE AUTORIA DO VEREADOR JOÃO CABRAL RODRIGUES CANCELLIERI</t>
   </si>
   <si>
     <t>14921</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14921/528.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14921/528.pdf</t>
   </si>
   <si>
     <t>REFERENTE A INDICAÇÃO Nº 42/2025, DE AUTORIA DO VEREADOR CEZAR TADEU RONCHI JUNIOR</t>
   </si>
   <si>
     <t>14922</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14922/529.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14922/529.pdf</t>
   </si>
   <si>
     <t>REFERENTE A INDICAÇÃO Nº 43/2025, DE AUTORIA DO VEREADOR CEZAR TADEU RONCHI JUNIOR</t>
   </si>
   <si>
     <t>14923</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14923/530.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14923/530.pdf</t>
   </si>
   <si>
     <t>REFERENTE A INDICAÇÃO Nº 47/2025, DE AUTORIA DO VEREADOR DORIVANIO STEIN</t>
   </si>
   <si>
     <t>14930</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14930/551.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14930/551.pdf</t>
   </si>
   <si>
     <t>REFERENTE A INDICAÇÃO Nº 51/2025, DE AUTORIA DO VEREADOR HILÁRIO OLIVEIRA NETO</t>
   </si>
   <si>
     <t>14931</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14931/552.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14931/552.pdf</t>
   </si>
   <si>
     <t>REFERENTE A INDICAÇÃO Nº 61/2025, DE AUTORIA DO VEREADOR ABRÃO LEVI KIFFER</t>
   </si>
   <si>
     <t>14932</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14932/553.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14932/553.pdf</t>
   </si>
   <si>
     <t>REFERENTE A INDICAÇÃO Nº 48/2025, DE AUTORIA DO VEREADOR DORIVANIO STEIN</t>
   </si>
   <si>
     <t>14933</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14933/554.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14933/554.pdf</t>
   </si>
   <si>
     <t>REFERENTE A INDICAÇÃO Nº 67/2025, DE AUTORIA DO VEREADOR DORIVANIO STEIN</t>
   </si>
   <si>
     <t>14934</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14934/555.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14934/555.pdf</t>
   </si>
   <si>
     <t>REFERENTE A INDICAÇÃO Nº 63/2025, DE AUTORIA DO VEREADOR ADRIANO DOMINGOS CIURLLETI</t>
   </si>
   <si>
     <t>14935</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14935/556.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14935/556.pdf</t>
   </si>
   <si>
     <t>REFERENTE A INDICAÇÃO Nº 64/2025, DE AUTORIA DO VEREADOR ADRIANO DOMINGOS CIURLLETI</t>
   </si>
   <si>
     <t>14936</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14936/557.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14936/557.pdf</t>
   </si>
   <si>
     <t>REFERENTE A INDICAÇÃO Nº 05/2025, DE AUTORIA DO VEREADOR ADRIANO DOMINGOS CIURLLETI</t>
   </si>
   <si>
     <t>14937</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14937/558.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14937/558.pdf</t>
   </si>
   <si>
     <t>REFERENTE A INDICAÇÃO Nº 20/2025, DE AUTORIA DO VEREADOR ADRIANO DOMINGOS CIURLLETI</t>
   </si>
   <si>
     <t>14938</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14938/559.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14938/559.pdf</t>
   </si>
   <si>
     <t>REFERENTE A INDICAÇÃO Nº 57/2025, DE AUTORIA DO VEREADOR REINALDO VALENTIM FRASSON</t>
   </si>
   <si>
     <t>14939</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14939/560.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14939/560.pdf</t>
   </si>
   <si>
     <t>REFERENTE A INDICAÇÃO Nº 56/2025, DE AUTORIA DO VEREADOR REINALDO VALENTIM FRASSON</t>
   </si>
   <si>
     <t>14940</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14940/561.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14940/561.pdf</t>
   </si>
   <si>
     <t>REFERENTE A INDICAÇÃO Nº 75/2025, DE AUTORIA DO VEREADOR REINALDO VALENTIM FRASSON</t>
   </si>
   <si>
     <t>14941</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14941/562.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14941/562.pdf</t>
   </si>
   <si>
     <t>REFERENTE A INDICAÇÃO Nº 115/2025, DE AUTORIA DO VEREADOR REINALDO VALENTIM FRASSON</t>
   </si>
   <si>
     <t>14942</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14942/563.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14942/563.pdf</t>
   </si>
   <si>
     <t>REFERENTE A INDICAÇÃO Nº 65/2025, DE AUTORIA DO VEREADOR DIOGO ENDLICH</t>
   </si>
   <si>
     <t>14980</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14980/575.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14980/575.pdf</t>
   </si>
   <si>
     <t>REFERENTE A INDICAÇÃO N° 31/2025 DE AUTORIA DO VEREADOR MARTIM MIGUEL TRARBACH</t>
   </si>
   <si>
     <t>14981</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14981/576.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14981/576.pdf</t>
   </si>
   <si>
     <t>REFERENTE A INDICAÇÃO N° 33/2025, DE AUTORIA DO VEREADOR MARTIM MIGUEL TRARBACH</t>
   </si>
   <si>
     <t>14982</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14982/577.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14982/577.pdf</t>
   </si>
   <si>
     <t>REFERENTE A INDICAÇÃO N° 34/2025, DE AUTORIA DO VEREADOR REINALDO VALENTIM FRASSON</t>
   </si>
   <si>
     <t>14983</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14983/578.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14983/578.pdf</t>
   </si>
   <si>
     <t>REFERENTE A INDICAÇÃO N° 66/2025, DE AUTORIA DO VEREADOR DIOGO ENDLICH DE OLIVEIRA</t>
   </si>
   <si>
     <t>14984</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14984/574.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14984/574.pdf</t>
   </si>
   <si>
     <t>REFERENTE A INDICAÇÃO N° 29/2025, DE AUTORIA DO VEREADOR JUAREZ JOSÉ XAVIER</t>
   </si>
   <si>
     <t>14985</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14985/579.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14985/579.pdf</t>
   </si>
   <si>
     <t>REFERENTE A INDICAÇÃO N° 50/2025, DE AUTORIA DO VEREADOR JOÃO CABRAL RODRIGUES CANCELLIERI</t>
   </si>
   <si>
     <t>14986</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14986/580.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14986/580.pdf</t>
   </si>
   <si>
     <t>REFERENTE A INDICAÇÃO N° 49/2025, DE AUTORIA DO VEREADOR JOÃO CABRAL RODRIGUES CANCELLIERI</t>
   </si>
   <si>
     <t>14987</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14987/581.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14987/581.pdf</t>
   </si>
   <si>
     <t>REFERENTE A INDICAÇÃO N° 59/2025, DE AUTORIA DO VEREADOR JUAREZ JOSÉ XAVIER</t>
   </si>
   <si>
     <t>14988</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14988/582.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14988/582.pdf</t>
   </si>
   <si>
     <t>REFERENTE A INDICAÇÃO N° 68/2025, DE AUTORIA DO VEREADOR JUAREZ JOSÉ XAVIER</t>
   </si>
   <si>
     <t>14989</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14989/583.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14989/583.pdf</t>
   </si>
   <si>
     <t>REFERENTE A INDICAÇÃO N° 69/2025, DE AUTORIA DO VEREADOR JUAREZ JOSÉ XAVIER</t>
   </si>
   <si>
     <t>14990</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14990/584.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14990/584.pdf</t>
   </si>
   <si>
     <t>REFERENTE A INDICAÇÃO N° 70/2025, DE AUTORIA DO VEREADOR JUAREZ JOSÉ XAVIER</t>
   </si>
   <si>
     <t>14991</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14991/585.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14991/585.pdf</t>
   </si>
   <si>
     <t>REFERENTE A INDICAÇÃO N° 30/2025, DE AUTORIA DO VEREADOR JUAREZ JOSÉ XAVIER</t>
   </si>
   <si>
     <t>14992</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14992/586.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14992/586.pdf</t>
   </si>
   <si>
     <t>REFERENTE A INDICAÇÃO N° 73/2025, DE AUTORIA DO VEREADOR MARTIM MIGUEL TRARBACH</t>
   </si>
   <si>
     <t>14993</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14993/587.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14993/587.pdf</t>
   </si>
   <si>
     <t>REFERENTE A INDICAÇÃO N° 72/2025, DE AUTORIA DO VEREADOR MARTIM MIGUEL TRARBACH</t>
   </si>
   <si>
     <t>14994</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14994/588.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14994/588.pdf</t>
   </si>
   <si>
     <t>REFERENTE A INDICAÇÃO N° 71/2025, DE AUTORIA DO VEREADOR MARTIM MIGUEL TRARBACH</t>
   </si>
   <si>
     <t>14995</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14995/589.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14995/589.pdf</t>
   </si>
   <si>
     <t>REFERENTE A INDICAÇÃO N° 42/2025, DE AUTORIA DO VEREADOR CEZAR TADEU RONCHI JUNIOR</t>
   </si>
   <si>
     <t>14996</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14996/590.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14996/590.pdf</t>
   </si>
   <si>
     <t>REFERENTE A INDICAÇÃO N° 43/2025, DE AUTORIA DO VEREADOR CEZAR TADEU RONCHI JUNIOR</t>
   </si>
   <si>
     <t>15000</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15000/623.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15000/623.pdf</t>
   </si>
   <si>
     <t>REFERENTE A INDICAÇÃO N° 55/2025, DE AUTORIA DO VEREADOR MARTIM MIGUEL TRARBACH</t>
   </si>
   <si>
     <t>15004</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15004/628.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15004/628.pdf</t>
   </si>
   <si>
     <t>REFERENTE A INDICAÇÃO N° 76/2025, DE AUTORIA DO VEREADOR JOÃO CABRAL RODRIGUES CANCELLIERI</t>
   </si>
   <si>
     <t>15005</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15005/629.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15005/629.pdf</t>
   </si>
   <si>
     <t>REFERENTE A INDICAÇÃO N° 91/2025, DE AUTORIA DO VEREADOR MARTIM MIGUEL TRARBACH</t>
   </si>
   <si>
     <t>15006</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15006/630.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15006/630.pdf</t>
   </si>
   <si>
     <t>REFERENTE A INDICAÇÃO N° 96/2025, DE AUTORIA DO VEREADOR JUAREZ JOSÉ XAVIER</t>
   </si>
   <si>
     <t>15038</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15038/696.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15038/696.pdf</t>
   </si>
   <si>
     <t>REFERENTE A INDICAÇÃO N° 110/2025, DE AUTORIA DO VEREADOR REINALDO VALENTIM FRASSON</t>
   </si>
   <si>
     <t>15084</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15084/788.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15084/788.pdf</t>
   </si>
   <si>
     <t>REFERENTE A INDICAÇÃO Nº 109/2025, DE AUTORIA DO VEREADOR REINALDO VALENTIM FRASSON</t>
   </si>
   <si>
     <t>15085</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15085/789.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15085/789.pdf</t>
   </si>
   <si>
     <t>REFERENTE A INDICAÇÃO Nº 93/2025, DE AUTORIA DO VEREADOR REINALDO VALENTIM FRASSON</t>
   </si>
   <si>
     <t>15086</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15086/790.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15086/790.pdf</t>
   </si>
   <si>
     <t>REFERENTE A INDICAÇÃO Nº 92/2025, DE AUTORIA DO VEREADOR REINALDO VALENTIM FRASSON</t>
   </si>
   <si>
     <t>15087</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15087/797.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15087/797.pdf</t>
   </si>
   <si>
     <t>REFERENTE A INDICAÇÃO Nº 88/2025, DE AUTORIA DO VEREADOR JUAREZ JOSÉ XAVIER</t>
   </si>
   <si>
     <t>15088</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15088/798.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15088/798.pdf</t>
   </si>
   <si>
     <t>REFERENTE A INDICAÇÃO Nº 82/2025, DE AUTORIA DO VEREADOR DIOGO ENDLICH DE OLIVEIRA</t>
   </si>
   <si>
     <t>15089</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15089/799.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15089/799.pdf</t>
   </si>
   <si>
     <t>REFERENTE A INDICAÇÃO Nº 40/2025, DE AUTORIA DO VEREADOR ADRIANO DOMINGOS CIURLLETI</t>
   </si>
   <si>
     <t>15090</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15090/800.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15090/800.pdf</t>
   </si>
   <si>
     <t>REFERENTE A INDICAÇÃO Nº 80/2025, DE AUTORIA DO VEREADOR ADRIANO DOMINGOS CIURLLETI</t>
   </si>
   <si>
     <t>15091</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15091/801.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15091/801.pdf</t>
   </si>
   <si>
     <t>REFERENTE A INDICAÇÃO Nº 98/2025, DE AUTORIA DO VEREADOR ADRIANO DOMINGOS CIURLLETI</t>
   </si>
   <si>
     <t>15092</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15092/802.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15092/802.pdf</t>
   </si>
   <si>
     <t>REFERENTE A INDICAÇÃO Nº 79/2025, DE AUTORIA DO VEREADOR ABRÃO LEVI KIFFER</t>
   </si>
   <si>
     <t>15093</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15093/803.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15093/803.pdf</t>
   </si>
   <si>
     <t>REFERENTE A INDICAÇÃO Nº 77/2025, DE AUTORIA DO VEREADOR ABRÃO LEVI KIFFER</t>
   </si>
   <si>
     <t>15094</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15094/804.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15094/804.pdf</t>
   </si>
   <si>
     <t>REFERENTE A INDICAÇÃO Nº 105/2025, DE AUTORIA DO VEREADOR JOÃO CABRAL RODRIGUES CANCELLIERI</t>
   </si>
   <si>
     <t>15095</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15095/805.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15095/805.pdf</t>
   </si>
   <si>
     <t>REFERENTE A INDICAÇÃO Nº 95/2025, DE AUTORIA DO VEREADOR JOÃO CABRAL RODRIGUES CANCELLIERI</t>
   </si>
   <si>
     <t>15097</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15097/807.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15097/807.pdf</t>
   </si>
   <si>
     <t>15098</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15098/808.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15098/808.pdf</t>
   </si>
   <si>
     <t>REFERENTE A INDICAÇÃO Nº 90/2025, DE AUTORIA DO VEREADOR MARTIM MIGUEL TRARBACH</t>
   </si>
   <si>
     <t>15099</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15099/809.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15099/809.pdf</t>
   </si>
   <si>
     <t>REFERENTE A INDICAÇÃO Nº 89/2025, DE AUTORIA DO VEREADOR MARTIM MIGUEL TRARBACH</t>
   </si>
   <si>
     <t>15100</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15100/810_1.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15100/810_1.pdf</t>
   </si>
   <si>
     <t>REFERENTE A INDICAÇÃO Nº 107/2025, DE AUTORIA DO VEREADOR MARTIM MIGUEL TRARBACH</t>
   </si>
   <si>
     <t>15101</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15101/811.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15101/811.pdf</t>
   </si>
   <si>
     <t>REFERENTE A INDICAÇÃO Nº 86/2025, DE AUTORIA DO VEREADOR HILÁRIO OLIVEIRA NETO</t>
   </si>
   <si>
     <t>15102</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15102/812_1.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15102/812_1.pdf</t>
   </si>
   <si>
     <t>REFERENTE A INDICAÇÃO Nº 94/2025, DE AUTORIA DO VEREADOR REINALDO VALENTIM FRASSON</t>
   </si>
   <si>
     <t>15106</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15106/833.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15106/833.pdf</t>
   </si>
   <si>
     <t>REFERENTE A INDICAÇÃO Nº 101/2025, DE AUTORIA DO VEREADOR DORIVANIO STEIN</t>
   </si>
   <si>
     <t>15134</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15134/789.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15134/789.pdf</t>
   </si>
   <si>
     <t>15135</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15135/790.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15135/790.pdf</t>
   </si>
   <si>
     <t>15136</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15136/797.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15136/797.pdf</t>
   </si>
   <si>
     <t>15137</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15137/798.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15137/798.pdf</t>
   </si>
   <si>
     <t>15138</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15138/799.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15138/799.pdf</t>
   </si>
   <si>
     <t>15139</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15139/800.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15139/800.pdf</t>
   </si>
   <si>
     <t>15140</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15140/801.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15140/801.pdf</t>
   </si>
   <si>
     <t>15141</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15141/802.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15141/802.pdf</t>
   </si>
   <si>
     <t>15142</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15142/803.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15142/803.pdf</t>
   </si>
   <si>
     <t>15143</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15143/804.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15143/804.pdf</t>
   </si>
   <si>
     <t>15144</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15144/805.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15144/805.pdf</t>
   </si>
   <si>
     <t>15145</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15145/806.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15145/806.pdf</t>
   </si>
   <si>
     <t>15146</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15146/807.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15146/807.pdf</t>
   </si>
   <si>
     <t>15147</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15147/808.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15147/808.pdf</t>
   </si>
   <si>
     <t>15148</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15148/809.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15148/809.pdf</t>
   </si>
   <si>
     <t>15149</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15149/810.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15149/810.pdf</t>
   </si>
   <si>
     <t>15150</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15150/811.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15150/811.pdf</t>
   </si>
   <si>
     <t>15151</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15151/908.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15151/908.pdf</t>
   </si>
   <si>
     <t>REFERENTE A INDICAÇÃO Nº 142/2025, DE AUTORIA DO VEREADOR JOÃO CABRAL RODRIGUES CANCELLIERI</t>
   </si>
   <si>
     <t>15152</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15152/908.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15152/908.pdf</t>
   </si>
   <si>
     <t>15153</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15153/909.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15153/909.pdf</t>
   </si>
   <si>
     <t>REFERENTE A INDICAÇÃO Nº 128/2025, DE AUTORIA DO VEREADOR DORIVANIO STEIN</t>
   </si>
   <si>
     <t>15154</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15154/910.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15154/910.pdf</t>
   </si>
   <si>
     <t>REFERENTE A INDICAÇÃO Nº 119/2025, DE AUTORIA DO VEREADOR JOÃO CABRAL RODRIGUES CANCELLIERI</t>
   </si>
   <si>
     <t>15155</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15155/911.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15155/911.pdf</t>
   </si>
   <si>
     <t>REFERENTE A INDICAÇÃO Nº 104/2025, DE AUTORIA DO VEREADOR HILÁRIO OLIVEIRA NETO</t>
   </si>
   <si>
     <t>15156</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15156/928.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15156/928.pdf</t>
   </si>
   <si>
     <t>REFERENTE A INDICAÇÃO Nº 129/2025, DE AUTORIA DO VEREADOR DORIVANIO STEIN</t>
   </si>
   <si>
     <t>15157</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15157/930.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15157/930.pdf</t>
   </si>
   <si>
     <t>REFERENTE A INDICAÇÃO Nº 120/2025, DE AUTORIA DO VEREADOR JOÃO CABRAL RODRIGUES CANCELLIERI</t>
   </si>
   <si>
     <t>15158</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15158/931.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15158/931.pdf</t>
   </si>
   <si>
     <t>REFERENTE A INDICAÇÃO Nº 118/2025, DE AUTORIA DOS VEREADORES HILÁRIO OLIVEIRA NETO E DIOGO ENDLICH DE OLIVEIRA</t>
   </si>
   <si>
     <t>15159</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15159/932.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15159/932.pdf</t>
   </si>
   <si>
     <t>REFERENTE A INDICAÇÃO Nº 114/2025, DE AUTORIA DO VEREADOR ABRÃO LEVI KIFFER</t>
   </si>
   <si>
     <t>15160</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15160/933.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15160/933.pdf</t>
   </si>
   <si>
     <t>REFERENTE A INDICAÇÃO Nº 169/2025, DE AUTORIA DO VEREADOR JUAREZ JOSÉ XAVIER</t>
   </si>
   <si>
     <t>15161</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15161/934.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15161/934.pdf</t>
   </si>
   <si>
     <t>REFERENTE A INDICAÇÃO Nº 145/2025, DE AUTORIA DO VEREADOR MARTIM MIGUEL TRARBACH</t>
   </si>
   <si>
     <t>15162</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15162/935.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15162/935.pdf</t>
   </si>
   <si>
     <t>REFERENTE A INDICAÇÃO Nº 155/2025, DE AUTORIA DO VEREADOR ANGELO FERNANDES TRASPADINI</t>
   </si>
   <si>
     <t>15243</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15243/1178.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15243/1178.pdf</t>
   </si>
   <si>
     <t>REFERENTE A INDICAÇÃO Nº 126/2025, DE AUTORIA DOS VEREADORES ADRIANO DOMINGOS CIURLLETI, DIOGO ENDLICH DE OLIVEIRA E REINALDO VALENTIM FRASSON</t>
   </si>
   <si>
     <t>15244</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15244/1179.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15244/1179.pdf</t>
   </si>
   <si>
     <t>REFERENTE A INDICAÇÃO Nº 116/2025, DE AUTORIA DO VEREADOR CEZAR TADEU RONCHI JUNIOR</t>
   </si>
   <si>
     <t>15245</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15245/1180.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15245/1180.pdf</t>
   </si>
   <si>
     <t>REFERENTE A INDICAÇÃO Nº 130/2025, DE AUTORIA DOS VEREADORES DIOGO ENDLICH DE OLIVEIRA E REINALDO VALENTIM FRASSON</t>
   </si>
   <si>
     <t>15246</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15246/1181.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15246/1181.pdf</t>
   </si>
   <si>
     <t>REFERENTE A INDICAÇÃO Nº 125/2025, DE AUTORIA DOS VEREADORES DIOGO ENDLICH DE OLIVEIRA E REINALDO VALENTIM FRASSON</t>
   </si>
   <si>
     <t>15302</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15302/1303.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15302/1303.pdf</t>
   </si>
   <si>
     <t>REFERENTE A INDICAÇÃO Nº 215/2025, DE AUTORIA DO VEREADOR REINALDO VALENTIM FRASSON</t>
   </si>
   <si>
     <t>15303</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15303/1304.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15303/1304.pdf</t>
   </si>
   <si>
     <t>REFERENTE A INDICAÇÃO Nº 200/2025, DE AUTORIA DO VEREADOR ANGELO FERNANDES TRASPADINI</t>
   </si>
   <si>
     <t>15304</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15304/1305.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15304/1305.pdf</t>
   </si>
   <si>
     <t>REFERENTE A INDICAÇÃO Nº 203/2025, DE AUTORIA DO VEREADOR CEZAR TADEU RONCHI JUNIOR</t>
   </si>
   <si>
     <t>15305</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15305/1306.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15305/1306.pdf</t>
   </si>
   <si>
     <t>REFERENTE A INDICAÇÃO Nº 199/2025, DE AUTORIA DO VEREADOR ANGELO FERNANDES TRASPADINI</t>
   </si>
   <si>
     <t>15306</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15306/1307.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15306/1307.pdf</t>
   </si>
   <si>
     <t>REFERENTE A INDICAÇÃO Nº 212/2025, DE AUTORIA DO VEREADOR JOÃO CABRAL RODRIGUES CANCELLIERI</t>
   </si>
   <si>
     <t>15307</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15307/1308.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15307/1308.pdf</t>
   </si>
   <si>
     <t>REFERENTE A INDICAÇÃO Nº 213/2025, DE AUTORIA DO VEREADOR MARTIM MIGUEL TRARBACH</t>
   </si>
   <si>
     <t>15308</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15308/1309.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15308/1309.pdf</t>
   </si>
   <si>
     <t>REFERENTE A INDICAÇÃO Nº 197/2025, DE AUTORIA DO VEREADOR ABRÃO LEVI KIFFER</t>
   </si>
   <si>
     <t>15309</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15309/1310.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15309/1310.pdf</t>
   </si>
   <si>
     <t>REFERENTE A INDICAÇÃO Nº 211/2025, DE AUTORIA DO VEREADOR HILÁRIO OLIVEIRA NETO</t>
   </si>
   <si>
     <t>15310</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15310/1311.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15310/1311.pdf</t>
   </si>
   <si>
     <t>REFERENTE A INDICAÇÃO Nº 210/2025, DE AUTORIA DO VEREADOR HILÁRIO OLIVEIRA NETO</t>
   </si>
   <si>
     <t>15311</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15311/1312.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15311/1312.pdf</t>
   </si>
   <si>
     <t>REFERENTE A INDICAÇÃO Nº 209/2025, DE AUTORIA DO VEREADOR HILÁRIO OLIVEIRA NETO</t>
   </si>
   <si>
     <t>15312</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15312/1313.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15312/1313.pdf</t>
   </si>
   <si>
     <t>REFERENTE A INDICAÇÃO Nº 175/2025, DE AUTORIA DO VEREADOR ADRIANO DOMINGOS CIURLLETI</t>
   </si>
   <si>
     <t>15313</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15313/1316.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15313/1316.pdf</t>
   </si>
   <si>
     <t>REFERENTE A INDICAÇÃO Nº 190/2025, DE AUTORIA DO VEREADOR MARTIM MIGUEL TRARBACH</t>
   </si>
   <si>
     <t>15314</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15314/1318.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15314/1318.pdf</t>
   </si>
   <si>
     <t>REFERENTE A INDICAÇÃO Nº 174/2025, DE AUTORIA DO VEREADOR ABRÃO LEVI KIFFER</t>
   </si>
   <si>
     <t>15315</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15315/1326.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15315/1326.pdf</t>
   </si>
   <si>
     <t>REFERENTE A INDICAÇÃO Nº 157/2025, DE AUTORIA DO VEREADOR CEZAR TADEU RONCHI JUNIOR</t>
   </si>
   <si>
     <t>15316</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15316/1327.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15316/1327.pdf</t>
   </si>
   <si>
     <t>REFERENTE A INDICAÇÃO Nº 123/2025, DE AUTORIA DO VEREADOR MARTIM MIGUEL TRARBACH</t>
   </si>
   <si>
     <t>15317</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15317/1328.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15317/1328.pdf</t>
   </si>
   <si>
     <t>REFERENTE A INDICAÇÃO Nº 188/2025, DE AUTORIA DO VEREADOR MARTIM MIGUEL TRARBACH</t>
   </si>
   <si>
     <t>15318</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15318/1329.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15318/1329.pdf</t>
   </si>
   <si>
     <t>REFERENTE A INDICAÇÃO Nº 252/2025, DE AUTORIA DO VEREADOR MARTIM MIGUEL TRARBACH</t>
   </si>
   <si>
     <t>15319</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15319/1330.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15319/1330.pdf</t>
   </si>
   <si>
     <t>REFERENTE A INDICAÇÃO Nº 099/2025, DE AUTORIA DO VEREADOR ADRIANO DOMINGOS CIURLETTI</t>
   </si>
   <si>
     <t>15321</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15321/1315.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15321/1315.pdf</t>
   </si>
   <si>
     <t>REFERENTE A INDICAÇÃO Nº 194/2025, DE AUTORIA DO VEREADOR JUAREZ JOSÉ XAVIER</t>
   </si>
   <si>
     <t>15322</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15322/1331_1.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15322/1331_1.pdf</t>
   </si>
   <si>
     <t>REFERENTE A INDICAÇÃO Nº 127/2025, DE AUTORIA DOS VEREADORES DIOGO ENDLICH DE OLIVEIA E REINALDO VALENTIM FRASSON</t>
   </si>
   <si>
     <t>15362</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15362/1382.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15362/1382.pdf</t>
   </si>
   <si>
     <t>REFERENTE A INDICAÇÃO Nº 103/2025, DE AUTORIA DO VEREADOR HILÁRIO OLIVEIRA NETO</t>
   </si>
   <si>
     <t>15363</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15363/1383.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15363/1383.pdf</t>
   </si>
   <si>
     <t>REFERENTE A INDICAÇÃO Nº 151/2025, DE AUTORIA DO VEREADOR DORIVANIO STEIN</t>
   </si>
   <si>
     <t>15364</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15364/1384.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15364/1384.pdf</t>
   </si>
   <si>
     <t>REFERENTE A INDICAÇÃO Nº 207/2025, DE AUTORIA DO VEREADOR DORIVANIO STEIN</t>
   </si>
   <si>
     <t>15365</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15365/1385.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15365/1385.pdf</t>
   </si>
   <si>
     <t>REFERENTE A INDICAÇÃO Nº 172/2025, DE AUTORIA DO VEREADOR REINALDO VALENTIM FRASSON</t>
   </si>
   <si>
     <t>15366</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15366/1386.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15366/1386.pdf</t>
   </si>
   <si>
     <t>REFERENTE A INDICAÇÃO Nº 124/2025, DE AUTORIA DO VEREADOR REINALDO VALENTIM FRASSON</t>
   </si>
   <si>
     <t>15370</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15370/1390.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15370/1390.pdf</t>
   </si>
   <si>
     <t>REFERENTE A INDICAÇÃO Nº 113/2025, DE AUTORIA DO VEREADOR ABRÃO LEVI KIFFER</t>
   </si>
   <si>
     <t>15371</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15371/1391.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15371/1391.pdf</t>
   </si>
   <si>
     <t>REFERENTE A INDICAÇÃO Nº 195/2025, DE AUTORIA DO VEREADOR JOÃO CABRAL RODRIGUES CANCELLIERI</t>
   </si>
   <si>
     <t>15372</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15372/1392.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15372/1392.pdf</t>
   </si>
   <si>
     <t>REFERENTE A INDICAÇÃO Nº 087/2025, DE AUTORIA DO VEREADOR JOÃO CABRAL RODRIGUES CANCELLIERI</t>
   </si>
   <si>
     <t>15373</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15373/1395.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15373/1395.pdf</t>
   </si>
   <si>
     <t>REFERENTE A INDICAÇÃO Nº 187/2025, DE AUTORIA DO VEREADOR JUAREZ JOSÉ XAVIER</t>
   </si>
   <si>
     <t>15374</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15374/1396.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15374/1396.pdf</t>
   </si>
   <si>
     <t>REFERENTE A INDICAÇÃO Nº 182/2025, DE AUTORIA DO VEREADOR DIOGO ENDLICH DE OLIVEIRA</t>
   </si>
   <si>
     <t>15375</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15375/1397.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15375/1397.pdf</t>
   </si>
   <si>
     <t>REFERENTE A INDICAÇÃO Nº 117/2025, DE AUTORIA DO VEREADOR HILÁRIO OLIVEIRA NETO</t>
   </si>
   <si>
     <t>15376</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15376/1398.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15376/1398.pdf</t>
   </si>
   <si>
     <t>REFERENTE A INDICAÇÃO Nº 176/2025, DE AUTORIA DOS VEREADORES ADRIANO DOMINGOS CIURLLETI E CEZAR TADEU RONCHI JUNIOR</t>
   </si>
   <si>
     <t>15379</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15379/1387.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15379/1387.pdf</t>
   </si>
   <si>
     <t>REFERENTE A INDICAÇÃO Nº 148/2025, DE AUTORIA DO VEREADOR REINALDO VALENTIM FRASSON</t>
   </si>
   <si>
     <t>15380</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15380/1388.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15380/1388.pdf</t>
   </si>
   <si>
     <t>REFERENTE A INDICAÇÃO Nº 146/2025, DE AUTORIA DO VEREADOR REINALDO VALENTIM FRASSON</t>
   </si>
   <si>
     <t>15381</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15381/1389.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15381/1389.pdf</t>
   </si>
   <si>
     <t>REFERENTE A INDICAÇÃO Nº 147/2025, DE AUTORIA DO VEREADOR REINALDO VALENTIM FRASSON</t>
   </si>
   <si>
     <t>15408</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15408/1456.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15408/1456.pdf</t>
   </si>
   <si>
     <t>REFERENTE A INDICAÇÃO Nº 198/2025, DE AUTORIA DO VEREADOR ADRIANO DOMINGOS CIURLLETI</t>
   </si>
   <si>
     <t>15460</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15460/res_of_2.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15460/res_of_2.pdf</t>
   </si>
   <si>
     <t>REFERENTE A INDICAÇÃO Nº 272/2025, DE AUTORIA DO VEREADOR JUAREZ JOSÉ XAVIER</t>
   </si>
   <si>
     <t>15467</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15467/1573.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15467/1573.pdf</t>
   </si>
   <si>
     <t>REFERENTE A INDICAÇÃO Nº 294/2025, DE AUTORIA DO VEREADOR REINALDO VALENTIM FRASSON</t>
   </si>
   <si>
     <t>15468</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15468/1574.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15468/1574.pdf</t>
   </si>
   <si>
     <t>REFERENTE A INDICAÇÃO Nº 270/2025, DE AUTORIA DOS VEREADORES MARTIM MIGUEL TRARBACH E REINALDO VALENTIM FRASSON</t>
   </si>
   <si>
     <t>15469</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15469/1576.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15469/1576.pdf</t>
   </si>
   <si>
     <t>REFERENTE A INDICAÇÃO Nº 246/2025, DE AUTORIA DO VEREADOR HILÁRIO OLIVEIRA NETO</t>
   </si>
   <si>
     <t>15505</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15505/1668.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15505/1668.pdf</t>
   </si>
   <si>
     <t>REFERENTE A INDICAÇÃO Nº 112/2025, DE AUTORIA DO VEREADOR JUAREZ JOSÉ XAVIER</t>
   </si>
   <si>
     <t>15506</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15506/1669.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15506/1669.pdf</t>
   </si>
   <si>
     <t>REFERENTE A INDICAÇÃO Nº 111/2025, DE AUTORIA DO VEREADOR ABRÃO LEVI KIFFER</t>
   </si>
   <si>
     <t>15507</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15507/1670.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15507/1670.pdf</t>
   </si>
   <si>
     <t>REFERENTE A INDICAÇÃO Nº 108/2025, DE AUTORIA DO VEREADOR MARTIM MIGUEL TRARBACH</t>
   </si>
   <si>
     <t>15508</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15508/1671.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15508/1671.pdf</t>
   </si>
   <si>
     <t>REFERENTE A INDICAÇÃO Nº 045/2025, DE AUTORIA DO VEREADOR DIOGO ENDLICH DE OLIVEIRA</t>
   </si>
   <si>
     <t>15509</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15509/1673.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15509/1673.pdf</t>
   </si>
   <si>
     <t>REFERENTE A INDICAÇÃO Nº 279/2025, DE AUTORIA DO VEREADOR DORIVANIO STEIN</t>
   </si>
   <si>
     <t>15510</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15510/1674.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15510/1674.pdf</t>
   </si>
   <si>
     <t>REFERENTE A INDICAÇÃO Nº 181/2025, DE AUTORIA DO VEREADOR CEZAR TADEU RONCHI JUNIOR</t>
   </si>
   <si>
     <t>15511</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15511/1675.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15511/1675.pdf</t>
   </si>
   <si>
     <t>REFERENTE A INDICAÇÃO Nº 286/2025, DE AUTORIA DOS VEREADORES ANGELO FERNANDES TRASPADINI E REINALDO VALENTIM FRASSON</t>
   </si>
   <si>
     <t>15512</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15512/1676.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15512/1676.pdf</t>
   </si>
   <si>
     <t>REFERENTE A INDICAÇÃO Nº 287/2025, DE AUTORIA DO VEREADOR ANGELO FERNANDES TRASPADINI</t>
   </si>
   <si>
     <t>15513</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15513/1677.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15513/1677.pdf</t>
   </si>
   <si>
     <t>REFERENTE A INDICAÇÃO Nº 196/2025, DE AUTORIA DO VEREADOR ADRIANO DOMINGOS CIURLLETI</t>
   </si>
   <si>
     <t>15547</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15547/res_ind__1731.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15547/res_ind__1731.pdf</t>
   </si>
   <si>
     <t>REFERENTE A INDICAÇÃO Nº 284/2025, DE AUTORIA DO VEREADOR ANGELO FERNANDES TRASPADINI</t>
   </si>
   <si>
     <t>15548</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15548/res_ind.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15548/res_ind.pdf</t>
   </si>
   <si>
     <t>REFERENTE A INDICAÇÃO Nº 044/2025, DE AUTORIA DO VEREADOR DIOGO ENDLICH DE OLIVEIRA</t>
   </si>
   <si>
     <t>15550</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15550/resp_ind_1730.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15550/resp_ind_1730.pdf</t>
   </si>
   <si>
     <t>REFERENTE A INDICAÇÃO Nº 254/2025, DE AUTORIA DO VEREADOR JUAREZ JOSÉ XAVIER</t>
   </si>
   <si>
     <t>15551</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15551/resp_ind.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15551/resp_ind.pdf</t>
   </si>
   <si>
     <t>REFERENTE A INDICAÇÃO Nº 247/2025, DE AUTORIA DOS VEREADORES HILÁRIO OLIVEIRA NETO E CEZAR TADEU RONCHI JUNIOR</t>
   </si>
   <si>
     <t>15553</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15553/res_ind_791.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15553/res_ind_791.pdf</t>
   </si>
   <si>
     <t>REFERENTE A INDICAÇÃO Nº 160/2025, DE AUTORIA DO VEREADOR DIOGO ENDLICH DE OLIVEIRA</t>
   </si>
   <si>
     <t>15554</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15554/res_ind_792.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15554/res_ind_792.pdf</t>
   </si>
   <si>
     <t>REFERENTE A INDICAÇÃO Nº 304/2025, DE AUTORIA DO VEREADOR ANGELO FERNANDES TRASPADINI</t>
   </si>
   <si>
     <t>15557</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15557/1796.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15557/1796.pdf</t>
   </si>
   <si>
     <t>REFERENTE A INDICAÇÃO Nº 261/2025, DE AUTORIA DO VEREADOR CEZAR TADEU RONCHI JUNIOR</t>
   </si>
   <si>
     <t>15558</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15558/1797.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15558/1797.pdf</t>
   </si>
   <si>
     <t>REFERENTE A INDICAÇÃO Nº 46/2025, DE AUTORIA DOS VEREADORES DIOGO ENDLICH DE OLIVEIRA E DORIVANIO STEIN</t>
   </si>
   <si>
     <t>15559</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15559/1798.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15559/1798.pdf</t>
   </si>
   <si>
     <t>REFERENTE A INDICAÇÃO Nº 083/2025, DE AUTORIA DO VEREADOR DIOGO ENDLICH DE OLIVEIRA</t>
   </si>
   <si>
     <t>15640</t>
   </si>
   <si>
     <t>Thiago Freitas do Rosário</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15640/resp_req__1953.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15640/resp_req__1953.pdf</t>
   </si>
   <si>
     <t>REFERENTE AS INDICAÇÕES Nº 318/2025, 334/2025, 336/2025, 317/2025, 268/2025, 267/2025, 297/2025, 298/2025, 353/2025, 248/2025, 249/2025, 165/2025, 280/2025, 144/2025, 143/2025, 229/2025 E 266/2025.</t>
   </si>
   <si>
     <t>15641</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15641/res__ind1.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15641/res__ind1.pdf</t>
   </si>
   <si>
     <t>REFERENTE AS INDICAÇÕES: 263/2025; 159/2025; 277/2025 E 244/2025</t>
   </si>
   <si>
     <t>15642</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15642/res_ind.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15642/res_ind.pdf</t>
   </si>
   <si>
     <t>REFERENTE AS INDICAÇÕES: 150/2025; 236/2025; 283/2025; 292/2025; 250/2025; 149/2025; 167/2025E 168/2025.</t>
   </si>
   <si>
     <t>15645</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15645/ofpm878.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15645/ofpm878.pdf</t>
   </si>
   <si>
     <t>REFERENTE A INDICAÇÃO Nº 313/2025, DE AUTORIA DO VEREADOR CEZAR TADEU RONCHI JUNIOR</t>
   </si>
   <si>
     <t>15711</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15711/2186.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15711/2186.pdf</t>
   </si>
   <si>
     <t>REFERENTE A INDICAÇÃO Nº 133/2025, DE AUTORIA DO VEREADOR ABRÃO LEVI KIFFER</t>
   </si>
   <si>
     <t>15712</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15712/2187.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15712/2187.pdf</t>
   </si>
   <si>
     <t>RESPOSTA DE INDICAÇÃO Nº 217/2025, DE AUTORIA DO VEREADOR ABRÃO LEVI KIFFER</t>
   </si>
   <si>
     <t>15713</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15713/2188.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15713/2188.pdf</t>
   </si>
   <si>
     <t>REFERENTE A INDICAÇÃO Nº 218/2025, DE AUTORIA DO VEREADOR ABRÃO LEVI KIFFER</t>
   </si>
   <si>
     <t>15714</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15714/2189.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15714/2189.pdf</t>
   </si>
   <si>
     <t>REFERENTE A INDICAÇÃO Nº 238/2025, DE AUTORIA DO VEREADOR ABRÃO LEVI KIFFER</t>
   </si>
   <si>
     <t>15715</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15715/2190.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15715/2190.pdf</t>
   </si>
   <si>
     <t>REFERENTE A INDICAÇÃO Nº 341/2025, DE AUTORIA DO VEREADOR ABRÃO LEVI KIFFER</t>
   </si>
   <si>
     <t>15716</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15716/2191.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15716/2191.pdf</t>
   </si>
   <si>
     <t>REFERENTE A INDICAÇÃO Nº 361/2025, DE AUTORIA DO VEREADOR ABRÃO LEVI KIFFER</t>
   </si>
   <si>
     <t>15717</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15717/2192.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15717/2192.pdf</t>
   </si>
   <si>
     <t>REFERENTE A INDICAÇÃO Nº 399/2025, DE AUTORIA DO VEREADOR DORIVANIO STEIN</t>
   </si>
   <si>
     <t>15718</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15718/2193.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15718/2193.pdf</t>
   </si>
   <si>
     <t>REFERENTE A INDICAÇÃO Nº 396/2025, DE AUTORIA DO VEREADOR DIOGO ENDLICH DE OLIVEIRA</t>
   </si>
   <si>
     <t>15719</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15719/2194.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15719/2194.pdf</t>
   </si>
   <si>
     <t>REFERENTE A INDICAÇÃO Nº 405/2025, DE AUTORIA DO VEREADOR MARTIM MIGUEL TRARBACH</t>
   </si>
   <si>
     <t>15750</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15750/resp_ind_1.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15750/resp_ind_1.pdf</t>
   </si>
   <si>
     <t>REFERENTE A INDICAÇÃO Nº 365/2025, DE AUTORIA DO VEREADOR ANGELO FERNANDES TRASPADINI</t>
   </si>
   <si>
     <t>15751</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15751/resp_ind_2.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15751/resp_ind_2.pdf</t>
   </si>
   <si>
     <t>REFERENTE A INDICAÇÃO Nº 394/2025, DE AUTORIA DO VEREADOR DIOGO ENDLICH DE OLIVEIRA</t>
   </si>
   <si>
     <t>15752</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15752/resp_ind__3.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15752/resp_ind__3.pdf</t>
   </si>
   <si>
     <t>REFERENTE A INDICAÇÃO Nº 395/2025, DE AUTORIA DO VEREADOR DIOGO ENDLICH DE OLIVEIRA</t>
   </si>
   <si>
     <t>15753</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15753/resp_ind_4.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15753/resp_ind_4.pdf</t>
   </si>
   <si>
     <t>REFERENTE A INDICAÇÃO Nº 404/2025, DE AUTORIA DO VEREADOR HILÁRIO OLIVEIRA NETO</t>
   </si>
   <si>
     <t>15754</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15754/resp_ind_6.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15754/resp_ind_6.pdf</t>
   </si>
   <si>
     <t>REFERENTE A INDICAÇÃO Nº 326/2025, DE AUTORIA DO VEREADOR ABRÃO LEVI KIFFER</t>
   </si>
   <si>
     <t>15755</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15755/resp_ind_7.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15755/resp_ind_7.pdf</t>
   </si>
   <si>
     <t>REFERENTE A INDICAÇÃO Nº 173/2025, DE AUTORIA DO VEREADOR REINALDO VALENTIM FRASSON</t>
   </si>
   <si>
     <t>15756</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15756/resp_ind_8.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15756/resp_ind_8.pdf</t>
   </si>
   <si>
     <t>REFERENTE A INDICAÇÃO Nº 388/2025, DE AUTORIA DO VEREADOR REINALDO VALENTIM FRASSON</t>
   </si>
   <si>
     <t>14904</t>
   </si>
   <si>
     <t>RUE</t>
   </si>
   <si>
     <t>Requerimento de Urgência Especial</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14904/requerimento_de_urgencia_especial.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14904/requerimento_de_urgencia_especial.pdf</t>
   </si>
   <si>
     <t>REQUER CONCESSÃO DE URGÊNCIA ESPECIAL PARA O PROJETO DE LEI ORDINÁRIA N° 032/2025, DE AUTORIA DA _x000D_
 MESA DIRETORA QUE:  _x000D_
 ALTERA DE DISPOSITIVOS NA ESTRUTURA ADMINISTRATIVA DO PODER LEGISLATIVO MUNICIPAL, LEI MUNICIPAL Nº.  2.766, DE 28 DE FEVEREIRO DE 2025.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
@@ -10946,68 +10989,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14616/ind_1.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14617/ind_02.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14618/078.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14643/079.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14644/080.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14619/06.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14620/07.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14621/ind_08.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14622/ind_09.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14638/ind_10_1.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14623/ind_11.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14639/ind_12.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14624/ind_13.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14625/ind_14.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14626/ind_15.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14627/ind_16.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14628/ind_17.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14629/ind_18.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14661/indicacao_19.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14662/indicacao_20.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14663/indicacao_21.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14664/indicacao_22.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14691/pdf.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14665/indicacao_24.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14693/025.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14666/indicacao_26.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14667/indicacao_27.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14668/indicacao_28.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14669/indicacao_29.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14670/indicacao_30.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14671/indicacao_31.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14672/indicacao_32.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14673/indicacao_33.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14674/indicacao_34.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14692/035.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14675/indicacao_36.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14695/151.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14739/ind_038_coquinho.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14740/ind_039_adriano.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14741/ind_040_adriano.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14742/ind_041_cezinha.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14743/ind_042_cezinha.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14744/ind_043_cezinha.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14745/ind_044_diogo.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14746/ind_045_diogo.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14747/ind_046_diogo_vaninho_1.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14748/ind_047_vaninho.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14749/ind_048_vaninho.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14750/ind_049_cabral.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14751/ind_050_cabral.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14752/ind_051_hilario.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14753/ind_052_juarez.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14754/ind_053_martim.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14755/ind_054_martim.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14756/ind_055_martim.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14757/ind_056_chapolim.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14762/ind_57.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14758/ind_58_plenario.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14759/ind_59_juarez.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14760/ind_60_coquinho.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14775/ind61.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14776/ind62.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14777/ind63.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14778/ind64.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14779/ind65.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14780/ind66.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14781/ind67.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14811/ind.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14782/ind69.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14783/ind70.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14784/ind71.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14785/ind72.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14786/ind73.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14787/ind74.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14788/ind75.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14812/76a.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14861/ind77_coquinho.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14862/ind78_coquinho.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14863/ind79_coquinho.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14864/ind80_adriano.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14865/ind81_angelo.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14866/ind82_diogo.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14867/ind83_diog3.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14868/ind84_vaninho.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14869/ind85_vaninho.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14870/ind86_hilario.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14871/ind87_cabral.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14872/ind88_juarez.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14873/ind89_martim.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14874/ind90_martim.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14875/ind91_martim.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14876/ind92_chapolim.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14877/ind93_chapolim.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14878/ind94_chapolim.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14887/indicacao_95-2025_-_cabral.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14880/ind96_juarez.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14946/ind_97_adriano.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14947/ind_98_adriano.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14948/ind_99_adriano.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14949/ind_100_cezinha.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14950/ind_101_vaninho.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14951/ind_102_hilario.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14952/ind_103_hilario.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14953/ind_104_hilario.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14954/ind_105.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14955/ind_106.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14956/ind_107.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14957/ind_108_martim.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14958/ind_109.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14959/ind_110.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14960/indicacao_111coquinho.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14961/ind_112_juarez.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15017/ind113.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15018/ind114.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15019/ind115.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15020/ind116.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15021/ind117.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15022/ind118.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15023/ind119.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15024/ind120.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15025/ind121.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15026/ind122.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15027/ind123.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15031/124_1.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15032/125.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15033/ind_126.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15034/ind_127.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15028/128_2.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15029/129_1.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15080/ind_130.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15081/ind_131.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15030/132.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15040/ind133_coquinho.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15041/ind134_adriano.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15042/ind135_adriano.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15043/ind136_adriano.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15044/ind137_cezinha.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15045/ind138_cezinha.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15046/ind139_ceinha.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15047/ind140_vaninho_juarez.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15048/ind_141_hilario_chapolim.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15049/ind142_cabral.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15050/ind143_cabral.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15051/ind144_cabral.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15052/ind145_martim.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15053/ind146_chapolim.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15054/ind147_chapolim.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15055/ind148.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15056/ind149_juarez.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15057/ind150_juarez.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15058/ind151_vaninho.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15096/806.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15107/ind153_adriano.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15108/ind154_angelo.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15109/ind155_angelo.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15110/ind156_angelo.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15111/ind157_cezinha.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15112/ind_158_-_certo.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15113/ind159_diogo.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15114/ind160_diogo.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15115/ind161_vaninho.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15116/ind162_vaninho_martim.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15117/ind163_hilario.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15118/ind164_hilario.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15119/ind_165_-_certa.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15120/ind_166_-_certa.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15121/ind167_juarez.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15122/ind168_juarez.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15123/ind169_juarez.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15124/ind170_martim.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15125/ind171_martim_-_cabral.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15126/indicacao_172-2025_-_reinaldo_valentim_frasson.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15127/ind173_chapolim.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15163/ind174.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15164/ind175.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15165/ind176.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15166/ind177.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15167/ind178.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15168/ind179.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15169/ind180.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15170/ind181.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15171/ind182.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15172/ind183.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15173/ind184.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15174/ind185.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15175/ind186.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15176/ind187.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15177/ind188.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15178/ind189.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15179/ind190.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15180/ind191.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15181/ind192.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15182/ind193.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15183/ind194.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15184/ind195.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15195/1001.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15196/ind197.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15197/ind198.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15198/ind_199.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15199/ind_200.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15200/ind201.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15201/ind202.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15202/ind203.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15203/ind204.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15204/ind205.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15205/ind206.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15206/ind207.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15207/ind208.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15208/ind209.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15209/ind210.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15210/ind211.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15211/ind212.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15212/ind213.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15213/ind214.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15214/ind215.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15215/ind216.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15222/ind_217.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15223/ind218.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15224/ind219.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15225/ind220.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15226/ind221.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15281/ind250.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15387/ind_278.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15411/ind_285.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15412/ind_286.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15413/ind_287.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15414/ind_288.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15415/ind_289.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15416/ind_290.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15417/ind_291.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15418/ind_292.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15419/ind_293.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15420/ind_294.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15421/ind_295.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15422/ind_296.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15423/ind_297.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15424/ind_298.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15425/ind_299.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15426/ind_300.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15427/ind_301.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15442/ind_302.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15443/ind_303.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15444/ind_304.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15445/ind_305.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15446/ind_306.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15447/ind_307.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15448/ind_308.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15449/ind_309.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15450/ind_310.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15470/ind__311.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15471/ind__312.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15472/ind__313.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15473/ind__314.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15474/ind__315.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15475/ind__316.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15476/ind__317.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15477/ind__318.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15478/ind__319.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15479/ind__320.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15480/ind__321.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15481/ind__322.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15482/ind__323.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15483/ind__324.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15484/ind__325.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15516/ind__326.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15517/ind__327.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15518/ind__328.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15519/ind__329.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15520/ind__330.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15521/ind__331.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15522/ind__332.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15523/ind__333.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15524/ind__334.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15525/ind__335.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15526/ind__336.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15527/ind___337.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15528/ind__338.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15570/ind__339.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15571/ind__340.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15572/ind__341.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15573/ind__342.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15574/ind__343.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15575/ind__344.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15576/ind__345.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15577/ind__346.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15578/ind__347.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15579/ind__348.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15580/ind__349.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15581/ind__350.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15582/ind__351.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15583/ind__352.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15584/ind__353.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15585/ind__354.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15586/ind__355.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15587/ind__356.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15588/ind__357.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15589/ind__358.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15590/ind__359.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15618/ind__360.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15619/ind__361.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15620/ind__362.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15621/ind__363.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15622/ind__364.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15623/ind__365.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15624/ind__366.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15625/ind__367.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15626/ind__368.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15627/ind___369.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15628/ind__370.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15629/ind__371.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15630/ind__372.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15631/ind__373.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15632/ind__374.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15633/ind__375.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15639/ind_376.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15646/ind__378.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15647/ind__379.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15648/ind__380.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15649/ind__381.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15650/ind__382.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15651/ind__383.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15652/ind__384.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15653/ind__385.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15654/ind__386.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15655/ind__387.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15656/ind__388.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15657/ind__389.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15658/ind__390.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15666/ind__391.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15667/ind__392.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15689/ind__393.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15668/ind__394.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15669/ind__395.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15670/ind__396.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15671/ind__397.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15672/ind__398.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15673/ind__399.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15674/ind__400.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15675/ind__401.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15676/ind__402.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15677/ind__403.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15678/ind__404.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15679/ind__405.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15680/ind__406.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15681/ind__407.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15720/ind__408.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15721/ind__409.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15722/ind__410.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15723/ind__411.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15724/ind__412.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15710/413.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15725/ind__414.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14690/159.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14799/mocao_02.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14962/mocao_04_chapolim.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15079/770.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15128/mocao_06_-_certa.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15185/mo07.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15186/m_8.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15242/mocao_09.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15289/mocao_10.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15290/mocao11.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15342/moc_012.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15405/mocao_013.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15428/moc_14.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15485/moc_15.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15529/1689.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14800/parecer_02.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14801/parece_03.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14802/parece_04.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14803/parece_05.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14804/parece_06.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14805/parece_07.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14806/parece_08.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14807/parece_09.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14808/parecer_10.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14809/parece_11.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14882/parecer_12.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14883/parecer_13.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14884/parecer_14.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14885/parecer_15.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14886/parecer_16.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14963/parecer_017.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14964/parecer_018.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14965/parecer_019.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14966/parecer_020.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14967/parecer_021.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14968/parecer_022.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15059/parecer_25.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15060/parecer_26.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15061/parecer_27.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15062/parecer_28.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15063/parecer29.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15064/parecer_30.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15065/parecer_31.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15066/parecer_32.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15067/parecer_33.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15068/parecer_34.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15258/parecer_38.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15259/parecer_39.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15260/parecer40.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15261/parecer41.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15262/parecer42.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15263/parecer43.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15264/parecer44.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15265/parecer45.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15343/par046.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15344/par047.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15345/par048.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15346/par049.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15347/par050.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15348/par051.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15429/parecer_052.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15430/parecer_053.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15451/parecer__54.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15452/parecer_056.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15486/par_57.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15487/par_58.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15540/pc_59-2025.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15541/pc_60-2025.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15542/pc_61-2025.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15543/pc_62-2025.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15544/pc_63-2025.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15694/par__065.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15695/par__066.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15696/par__069.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15697/par__070.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15698/par__072.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15699/par__073.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15700/par__074.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15701/par__075.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15702/par__076.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15726/parecer__078.25.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15727/parecer__080.25.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15757/par__081.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15758/par__082.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15759/par__083.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15760/par__084.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15761/par__086.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15762/par__087.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15763/par__088.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15764/par__089.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15765/par__90.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15773/par__91.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15766/par__92.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15767/par__93.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15768/par__94.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15769/par__95.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15770/par__96.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15771/par__97.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15774/par_98.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15431/projeto_de_decreto_01.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14677/pll_01.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14678/pll_02.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14679/pll_03.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14681/pll_05.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14688/pll_07.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14689/pll_08.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14647/pl_009-2025.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14641/pll_10.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14642/pll_11.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14646/pll012.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14648/pl_013-2025.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14676/projeto_014.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14738/246.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14810/pll_016.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14789/pl17.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14790/pl18.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14791/pl19.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14792/pl20.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14794/pl_-_hilario_21-25.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14793/pl22.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14914/pll023.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14915/pll024.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14916/pll_025.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14917/pll_026.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14888/pl27_angelo.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14889/pl28_cezinha.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14890/pl29_cezinha.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14891/pl30_cezinha.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14892/pl31_adriano.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14893/pl32_camara.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14977/pll_34_1.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14969/projeto_no_35_cezinha.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14970/projeto_no_36_diogo.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14978/pll_37.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14979/pll_38.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15012/pll._039.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15074/pll_40.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15075/pll_041.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15076/pll_042.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15077/pl_43.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15014/p44.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15013/p45.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15015/p46.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15016/p047.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15069/pl_048_vaninho.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15070/pl_49_martim.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15071/pl_50_martim.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15072/pl_51_hilario.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15073/pl_52_hilario.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15661/pl_53.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15131/pl_54_cezinha.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15132/pl55_mesa.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15187/pl56.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15188/pl57.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15189/pl58.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15216/pl_059.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15254/pl60.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15255/pl61.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15256/pl62.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15257/pl63.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15286/pl64.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15287/pl_l65.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15288/pl66.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15349/pl_67.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15350/pl_68.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15351/pl_69.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15352/pl_070.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15353/pl_071.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15354/pl72.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15355/pl_073_1.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15393/pl_74.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15394/pl_75.pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15395/pl_76.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15396/pl_77.pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15437/pl_78.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15438/pl_79.pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15439/pl_80.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15457/pl_81.pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15459/pl_82.pdf" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15453/pl_83.pdf" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15454/pl_84.pdf" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15488/pl_85.pdf" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15501/pl_86.pdf" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15502/pl_87.pdf" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15503/pl_88.pdf" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15489/pl_89.pdf" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15490/pl_90.pdf" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15491/pl_91.pdf" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15492/pl_92.pdf" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15493/pl_93.pdf" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15504/pl_94.pdf" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15494/pl_95.pdf" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15495/pl_96.pdf" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15496/pl_97.pdf" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15514/pl_98.pdf" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15515/pl_99.pdf" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15662/pl_100.pdf" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15530/pl__101.pdf" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15531/pl___102.pdf" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15532/pl_103.pdf" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15533/pl__104.pdf" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15534/pl__105.pdf" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15591/pl_106.pdf" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15592/pl__107.pdf" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15593/pl_108.pdf" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15594/pl_109.pdf" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15595/pl_110.pdf" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15634/pl__111.pdf" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15596/pl_112.pdf" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15615/pl_113.pdf" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15616/pl_114.pdf" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15617/pl_115.pdf" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15606/pl__116.pdf" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15607/pl_117.pdf" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15608/pl__118.pdf" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15609/pl__119.pdf" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15610/pl__120.pdf" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15690/pl_121.pdf" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15746/pl_122.pdf" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15747/pl__125.pdf" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15749/pl__126.pdf" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15682/pl__127.pdf" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15683/pl__128.pdf" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15684/pl__129.pdf" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15685/pl___130.pdf" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15686/pl__131.pdf" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15729/pl_032.pdf" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15730/pl_133.pdf" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15704/pl__134.pdf" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15728/pl__135.pdf" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15705/pll136.pdf" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15706/pl__137.pdf" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15748/pl__138.pdf" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15707/2157.pdf" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15708/pl_140.pdf" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15782/pl_141.pdf" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15775/pl_142.pdf" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14838/pr01.pdf" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15301/pr02.pdf" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14840/pr03.pdf" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15133/projeto_de_resolucao_004_mesa.pdf" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15465/pr05.pdf" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15545/projeto__resolucao___06.pdf" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14645/req_01_1.pdf" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14630/req_02.pdf" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14631/req_03.pdf" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14632/req_04.pdf" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14633/req_05.pdf" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14634/req_06.pdf" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14635/req_07.pdf" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14636/req_08.pdf" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14637/req_09.pdf" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14682/requerimento_010.pdf" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14683/requerimento_011.pdf" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14684/requerimento_012.pdf" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14685/requerimento_013.pdf" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14686/requerimento_014.pdf" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14694/158.pdf" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14735/req_016_adriano.pdf" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14761/req._017.pdf" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14763/req_18_cabral.pdf" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14736/req_19_chapolim.pdf" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14737/req_20_hilario.pdf" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14764/req_21_plenario.pdf" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14795/req22.pdf" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14796/req23.pdf" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14797/req24.pdf" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14798/req_025.pdf" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14894/req_26.pdf" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14895/req27_adriano.pdf" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14905/req28.pdf" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14896/req_29_diogo_e_chapolim.pdf" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14897/req30_vaninho.pdf" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14898/req31_hilario.pdf" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14899/req32_hilario.pdf" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14900/req33_cabral.pdf" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14976/req_34_cezinha.pdf" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14971/requerimento_35_vaninho.pdf" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14972/requerimento_36_vereadores.pdf" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14973/requerimento_37_plenario.pdf" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14974/requerimento_38_plenario.pdf" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14975/requerimento_39_juarez.pdf" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15008/543.pdf" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15010/req41.pdf" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15011/req42.pdf" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15078/req__43.pdf" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15129/req44_adriano_vaninho.pdf" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15130/req_45_-certo.pdf" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15190/req46.pdf" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15191/req47.pdf" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15192/req48.pdf" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15193/req49.pdf" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15194/req50.pdf" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15221/1052.pdf" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15219/req053_a.pdf" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15220/req054.pdf" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15249/req55.pdf" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15250/req56.pdf" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15251/req57.pdf" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15252/req58.pdf" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15377/req_59.pdf" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15253/req60.pdf" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15291/req61.pdf" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15292/req62.pdf" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15293/req_63.pdf" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15294/req_64.pdf" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15295/req_65.pdf" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15378/req_66.pdf" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15356/req68.pdf" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15357/req69.pdf" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15358/req70.pdf" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15359/req71.pdf" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15360/req72.pdf" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15361/req73.pdf" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15397/req_74.pdf" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15398/req_75.pdf" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15402/req76.pdf" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15403/req77.pdf" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15399/req_79.pdf" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15400/req_80.pdf" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15432/req_81.pdf" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15433/req_82.pdf" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15434/req_83.pdf" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15435/req_84.pdf" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15440/req_85.pdf" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15455/req_86.pdf" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15456/req_87.pdf" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15497/req__88.pdf" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15498/req__89.pdf" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15499/req__90.pdf" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15535/req__91.pdf" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15536/req___92.pdf" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15537/req___93.pdf" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15546/req__94.pdf" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15597/req__95.pdf" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15598/req__96.pdf" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15599/req__97.pdf" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15600/req__98.pdf" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15601/req__99.pdf" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15602/requerimento_100-2025.pdf" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15635/req__101.pdf" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15636/req__102.pdf" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15637/req__103.pdf" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15638/req__104.pdf" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15663/req__105.pdf" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15659/req___106.pdf" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15660/req___107.pdf" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15687/req__108.pdf" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15688/req__109.pdf" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15692/req_110.pdf" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15743/req_111.pdf" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15744/req__112.pdf" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15745/req__113.pdf" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15731/req___114.pdf" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15732/req__115.pdf" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15733/req__116.pdf" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15734/req__117.pdf" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15735/req___118.pdf" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15736/req__119.pdf" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15709/120.pdf" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15737/req___121.pdf" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15772/req_122.pdf" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14829/r0125.pdf" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14830/resolucao_002-2025_-_limita_0001.pdf" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14831/r0325.pdf" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15785/resolucao_007-2025_28-11-2025-1.pdf" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14901/proposta_emenda_001.pdf" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14902/proposta_emenda_002.pdf" TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14903/proposta_emenda_003_a_b.pdf" TargetMode="External"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15738/proposta_de_emenda.pdf" TargetMode="External"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14943/emenda_04.pdf" TargetMode="External"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14944/emenda_05.pdf" TargetMode="External"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14945/emenda_06.pdf" TargetMode="External"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15783/pe08.pdf" TargetMode="External"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15611/proposta_de_emenda__modificativa___12.pdf" TargetMode="External"/><Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15612/proposta_emenda_aditiva_09.pdf" TargetMode="External"/><Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15613/proposta__emenda__aditiva__10.pdf" TargetMode="External"/><Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15614/proposta__emenda_aditiva__11.pdf" TargetMode="External"/><Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15691/proposta___013.pdf" TargetMode="External"/><Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15693/pe_014.pdf" TargetMode="External"/><Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14653/122.pdf" TargetMode="External"/><Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14729/203.pdf" TargetMode="External"/><Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14732/217.pdf" TargetMode="External"/><Relationship Id="rId739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14733/218.pdf" TargetMode="External"/><Relationship Id="rId740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14734/219_1.pdf" TargetMode="External"/><Relationship Id="rId741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14771/299.pdf" TargetMode="External"/><Relationship Id="rId742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14815/353.pdf" TargetMode="External"/><Relationship Id="rId743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14817/355.pdf" TargetMode="External"/><Relationship Id="rId744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14906/459.pdf" TargetMode="External"/><Relationship Id="rId745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14924/545.pdf" TargetMode="External"/><Relationship Id="rId746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14925/546.pdf" TargetMode="External"/><Relationship Id="rId747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14926/547.pdf" TargetMode="External"/><Relationship Id="rId748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14927/548.pdf" TargetMode="External"/><Relationship Id="rId749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14928/549.pdf" TargetMode="External"/><Relationship Id="rId750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14929/550.pdf" TargetMode="External"/><Relationship Id="rId751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14999/622.pdf" TargetMode="External"/><Relationship Id="rId752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15001/625.pdf" TargetMode="External"/><Relationship Id="rId753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15002/626.pdf" TargetMode="External"/><Relationship Id="rId754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15003/627.pdf" TargetMode="External"/><Relationship Id="rId755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15007/631.pdf" TargetMode="External"/><Relationship Id="rId756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15035/694.pdf" TargetMode="External"/><Relationship Id="rId757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15036/695.pdf" TargetMode="External"/><Relationship Id="rId758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15039/697.pdf" TargetMode="External"/><Relationship Id="rId759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15082/resposta_req.pdf" TargetMode="External"/><Relationship Id="rId760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15083/787.pdf" TargetMode="External"/><Relationship Id="rId761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15104/831.pdf" TargetMode="External"/><Relationship Id="rId762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15105/832.pdf" TargetMode="External"/><Relationship Id="rId763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15247/1183.pdf" TargetMode="External"/><Relationship Id="rId764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15248/1176.pdf" TargetMode="External"/><Relationship Id="rId765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15266/1211.pdf" TargetMode="External"/><Relationship Id="rId766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15267/1214.pdf" TargetMode="External"/><Relationship Id="rId767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15268/1207_1.pdf" TargetMode="External"/><Relationship Id="rId768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15296/1267_1.pdf" TargetMode="External"/><Relationship Id="rId769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15297/1269_1.pdf" TargetMode="External"/><Relationship Id="rId770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15298/1270_1.pdf" TargetMode="External"/><Relationship Id="rId771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15299/1285.pdf" TargetMode="External"/><Relationship Id="rId772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15300/1286.pdf" TargetMode="External"/><Relationship Id="rId773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15320/1295.pdf" TargetMode="External"/><Relationship Id="rId774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15323/1283_compressed.pdf" TargetMode="External"/><Relationship Id="rId775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15401/1414.pdf" TargetMode="External"/><Relationship Id="rId776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15406/1455.pdf" TargetMode="External"/><Relationship Id="rId777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15407/1409.pdf" TargetMode="External"/><Relationship Id="rId778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15409/1457.pdf" TargetMode="External"/><Relationship Id="rId779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15410/1459.pdf" TargetMode="External"/><Relationship Id="rId780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15436/resposta_requerimento.pdf" TargetMode="External"/><Relationship Id="rId781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15441/1498.pdf" TargetMode="External"/><Relationship Id="rId782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15458/resposta__de_requerimento.pdf" TargetMode="External"/><Relationship Id="rId783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15462/1554.pdf" TargetMode="External"/><Relationship Id="rId784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15463/1555.pdf" TargetMode="External"/><Relationship Id="rId785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15464/1556.pdf" TargetMode="External"/><Relationship Id="rId786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15466/1571.pdf" TargetMode="External"/><Relationship Id="rId787" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15500/resp_req.pdf" TargetMode="External"/><Relationship Id="rId788" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15538/res_req.pdf" TargetMode="External"/><Relationship Id="rId789" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15539/resposta_req.pdf" TargetMode="External"/><Relationship Id="rId790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15549/resp__req.pdf" TargetMode="External"/><Relationship Id="rId791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15552/res_req_38.pdf" TargetMode="External"/><Relationship Id="rId792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15555/1753.pdf" TargetMode="External"/><Relationship Id="rId793" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15556/1753.pdf" TargetMode="External"/><Relationship Id="rId794" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15560/1800.pdf" TargetMode="External"/><Relationship Id="rId795" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15561/1802.pdf" TargetMode="External"/><Relationship Id="rId796" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15562/1803.pdf" TargetMode="External"/><Relationship Id="rId797" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15563/1804.pdf" TargetMode="External"/><Relationship Id="rId798" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15564/1805.pdf" TargetMode="External"/><Relationship Id="rId799" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15565/1806.pdf" TargetMode="External"/><Relationship Id="rId800" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15566/1810.pdf" TargetMode="External"/><Relationship Id="rId801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15567/1811.pdf" TargetMode="External"/><Relationship Id="rId802" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15568/1812.pdf" TargetMode="External"/><Relationship Id="rId803" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15569/1813.pdf" TargetMode="External"/><Relationship Id="rId804" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15603/1873.pdf" TargetMode="External"/><Relationship Id="rId805" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15604/resp_req.pdf" TargetMode="External"/><Relationship Id="rId806" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15605/res.pdf" TargetMode="External"/><Relationship Id="rId807" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15643/resp_requerimento.pdf" TargetMode="External"/><Relationship Id="rId808" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15644/1979.pdf" TargetMode="External"/><Relationship Id="rId809" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15664/96.pdf" TargetMode="External"/><Relationship Id="rId810" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15665/97.pdf" TargetMode="External"/><Relationship Id="rId811" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15703/resp_req.pdf" TargetMode="External"/><Relationship Id="rId812" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15739/res__req_uerimento.pdf" TargetMode="External"/><Relationship Id="rId813" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15740/1.pdf" TargetMode="External"/><Relationship Id="rId814" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15741/2.pdf" TargetMode="External"/><Relationship Id="rId815" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15742/3.pdf" TargetMode="External"/><Relationship Id="rId816" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15776/2170.pdf" TargetMode="External"/><Relationship Id="rId817" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15777/2172.pdf" TargetMode="External"/><Relationship Id="rId818" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15778/2252.pdf" TargetMode="External"/><Relationship Id="rId819" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15779/2311.pdf" TargetMode="External"/><Relationship Id="rId820" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15780/2312.pdf" TargetMode="External"/><Relationship Id="rId821" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15781/2327.pdf" TargetMode="External"/><Relationship Id="rId822" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15784/09-compactado_1.pdf" TargetMode="External"/><Relationship Id="rId823" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14656/125.pdf" TargetMode="External"/><Relationship Id="rId824" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14657/126.pdf" TargetMode="External"/><Relationship Id="rId825" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14658/127.pdf" TargetMode="External"/><Relationship Id="rId826" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14696/171.pdf" TargetMode="External"/><Relationship Id="rId827" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14730/204.pdf" TargetMode="External"/><Relationship Id="rId828" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14731/205.pdf" TargetMode="External"/><Relationship Id="rId829" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14769/297.pdf" TargetMode="External"/><Relationship Id="rId830" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14770/298.pdf" TargetMode="External"/><Relationship Id="rId831" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14772/300.pdf" TargetMode="External"/><Relationship Id="rId832" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14816/354.pdf" TargetMode="External"/><Relationship Id="rId833" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14818/356.pdf" TargetMode="External"/><Relationship Id="rId834" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14819/357.pdf" TargetMode="External"/><Relationship Id="rId835" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14820/358.pdf" TargetMode="External"/><Relationship Id="rId836" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14821/359.pdf" TargetMode="External"/><Relationship Id="rId837" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14822/360.pdf" TargetMode="External"/><Relationship Id="rId838" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14823/361.pdf" TargetMode="External"/><Relationship Id="rId839" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14824/366.pdf" TargetMode="External"/><Relationship Id="rId840" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14825/367.pdf" TargetMode="External"/><Relationship Id="rId841" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14826/368.pdf" TargetMode="External"/><Relationship Id="rId842" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14827/369.pdf" TargetMode="External"/><Relationship Id="rId843" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14841/392.pdf" TargetMode="External"/><Relationship Id="rId844" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14907/460.pdf" TargetMode="External"/><Relationship Id="rId845" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14908/461.pdf" TargetMode="External"/><Relationship Id="rId846" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14909/462.pdf" TargetMode="External"/><Relationship Id="rId847" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14910/463.pdf" TargetMode="External"/><Relationship Id="rId848" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14911/464.pdf" TargetMode="External"/><Relationship Id="rId849" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14912/465.pdf" TargetMode="External"/><Relationship Id="rId850" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14913/466.pdf" TargetMode="External"/><Relationship Id="rId851" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14918/525.pdf" TargetMode="External"/><Relationship Id="rId852" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14919/526.pdf" TargetMode="External"/><Relationship Id="rId853" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14920/527.pdf" TargetMode="External"/><Relationship Id="rId854" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14921/528.pdf" TargetMode="External"/><Relationship Id="rId855" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14922/529.pdf" TargetMode="External"/><Relationship Id="rId856" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14923/530.pdf" TargetMode="External"/><Relationship Id="rId857" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14930/551.pdf" TargetMode="External"/><Relationship Id="rId858" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14931/552.pdf" TargetMode="External"/><Relationship Id="rId859" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14932/553.pdf" TargetMode="External"/><Relationship Id="rId860" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14933/554.pdf" TargetMode="External"/><Relationship Id="rId861" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14934/555.pdf" TargetMode="External"/><Relationship Id="rId862" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14935/556.pdf" TargetMode="External"/><Relationship Id="rId863" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14936/557.pdf" TargetMode="External"/><Relationship Id="rId864" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14937/558.pdf" TargetMode="External"/><Relationship Id="rId865" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14938/559.pdf" TargetMode="External"/><Relationship Id="rId866" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14939/560.pdf" TargetMode="External"/><Relationship Id="rId867" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14940/561.pdf" TargetMode="External"/><Relationship Id="rId868" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14941/562.pdf" TargetMode="External"/><Relationship Id="rId869" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14942/563.pdf" TargetMode="External"/><Relationship Id="rId870" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14980/575.pdf" TargetMode="External"/><Relationship Id="rId871" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14981/576.pdf" TargetMode="External"/><Relationship Id="rId872" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14982/577.pdf" TargetMode="External"/><Relationship Id="rId873" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14983/578.pdf" TargetMode="External"/><Relationship Id="rId874" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14984/574.pdf" TargetMode="External"/><Relationship Id="rId875" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14985/579.pdf" TargetMode="External"/><Relationship Id="rId876" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14986/580.pdf" TargetMode="External"/><Relationship Id="rId877" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14987/581.pdf" TargetMode="External"/><Relationship Id="rId878" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14988/582.pdf" TargetMode="External"/><Relationship Id="rId879" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14989/583.pdf" TargetMode="External"/><Relationship Id="rId880" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14990/584.pdf" TargetMode="External"/><Relationship Id="rId881" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14991/585.pdf" TargetMode="External"/><Relationship Id="rId882" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14992/586.pdf" TargetMode="External"/><Relationship Id="rId883" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14993/587.pdf" TargetMode="External"/><Relationship Id="rId884" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14994/588.pdf" TargetMode="External"/><Relationship Id="rId885" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14995/589.pdf" TargetMode="External"/><Relationship Id="rId886" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14996/590.pdf" TargetMode="External"/><Relationship Id="rId887" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15000/623.pdf" TargetMode="External"/><Relationship Id="rId888" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15004/628.pdf" TargetMode="External"/><Relationship Id="rId889" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15005/629.pdf" TargetMode="External"/><Relationship Id="rId890" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15006/630.pdf" TargetMode="External"/><Relationship Id="rId891" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15038/696.pdf" TargetMode="External"/><Relationship Id="rId892" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15084/788.pdf" TargetMode="External"/><Relationship Id="rId893" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15085/789.pdf" TargetMode="External"/><Relationship Id="rId894" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15086/790.pdf" TargetMode="External"/><Relationship Id="rId895" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15087/797.pdf" TargetMode="External"/><Relationship Id="rId896" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15088/798.pdf" TargetMode="External"/><Relationship Id="rId897" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15089/799.pdf" TargetMode="External"/><Relationship Id="rId898" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15090/800.pdf" TargetMode="External"/><Relationship Id="rId899" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15091/801.pdf" TargetMode="External"/><Relationship Id="rId900" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15092/802.pdf" TargetMode="External"/><Relationship Id="rId901" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15093/803.pdf" TargetMode="External"/><Relationship Id="rId902" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15094/804.pdf" TargetMode="External"/><Relationship Id="rId903" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15095/805.pdf" TargetMode="External"/><Relationship Id="rId904" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15097/807.pdf" TargetMode="External"/><Relationship Id="rId905" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15098/808.pdf" TargetMode="External"/><Relationship Id="rId906" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15099/809.pdf" TargetMode="External"/><Relationship Id="rId907" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15100/810_1.pdf" TargetMode="External"/><Relationship Id="rId908" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15101/811.pdf" TargetMode="External"/><Relationship Id="rId909" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15102/812_1.pdf" TargetMode="External"/><Relationship Id="rId910" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15106/833.pdf" TargetMode="External"/><Relationship Id="rId911" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15134/789.pdf" TargetMode="External"/><Relationship Id="rId912" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15135/790.pdf" TargetMode="External"/><Relationship Id="rId913" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15136/797.pdf" TargetMode="External"/><Relationship Id="rId914" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15137/798.pdf" TargetMode="External"/><Relationship Id="rId915" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15138/799.pdf" TargetMode="External"/><Relationship Id="rId916" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15139/800.pdf" TargetMode="External"/><Relationship Id="rId917" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15140/801.pdf" TargetMode="External"/><Relationship Id="rId918" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15141/802.pdf" TargetMode="External"/><Relationship Id="rId919" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15142/803.pdf" TargetMode="External"/><Relationship Id="rId920" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15143/804.pdf" TargetMode="External"/><Relationship Id="rId921" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15144/805.pdf" TargetMode="External"/><Relationship Id="rId922" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15145/806.pdf" TargetMode="External"/><Relationship Id="rId923" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15146/807.pdf" TargetMode="External"/><Relationship Id="rId924" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15147/808.pdf" TargetMode="External"/><Relationship Id="rId925" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15148/809.pdf" TargetMode="External"/><Relationship Id="rId926" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15149/810.pdf" TargetMode="External"/><Relationship Id="rId927" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15150/811.pdf" TargetMode="External"/><Relationship Id="rId928" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15151/908.pdf" TargetMode="External"/><Relationship Id="rId929" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15152/908.pdf" TargetMode="External"/><Relationship Id="rId930" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15153/909.pdf" TargetMode="External"/><Relationship Id="rId931" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15154/910.pdf" TargetMode="External"/><Relationship Id="rId932" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15155/911.pdf" TargetMode="External"/><Relationship Id="rId933" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15156/928.pdf" TargetMode="External"/><Relationship Id="rId934" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15157/930.pdf" TargetMode="External"/><Relationship Id="rId935" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15158/931.pdf" TargetMode="External"/><Relationship Id="rId936" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15159/932.pdf" TargetMode="External"/><Relationship Id="rId937" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15160/933.pdf" TargetMode="External"/><Relationship Id="rId938" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15161/934.pdf" TargetMode="External"/><Relationship Id="rId939" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15162/935.pdf" TargetMode="External"/><Relationship Id="rId940" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15243/1178.pdf" TargetMode="External"/><Relationship Id="rId941" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15244/1179.pdf" TargetMode="External"/><Relationship Id="rId942" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15245/1180.pdf" TargetMode="External"/><Relationship Id="rId943" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15246/1181.pdf" TargetMode="External"/><Relationship Id="rId944" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15302/1303.pdf" TargetMode="External"/><Relationship Id="rId945" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15303/1304.pdf" TargetMode="External"/><Relationship Id="rId946" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15304/1305.pdf" TargetMode="External"/><Relationship Id="rId947" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15305/1306.pdf" TargetMode="External"/><Relationship Id="rId948" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15306/1307.pdf" TargetMode="External"/><Relationship Id="rId949" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15307/1308.pdf" TargetMode="External"/><Relationship Id="rId950" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15308/1309.pdf" TargetMode="External"/><Relationship Id="rId951" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15309/1310.pdf" TargetMode="External"/><Relationship Id="rId952" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15310/1311.pdf" TargetMode="External"/><Relationship Id="rId953" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15311/1312.pdf" TargetMode="External"/><Relationship Id="rId954" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15312/1313.pdf" TargetMode="External"/><Relationship Id="rId955" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15313/1316.pdf" TargetMode="External"/><Relationship Id="rId956" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15314/1318.pdf" TargetMode="External"/><Relationship Id="rId957" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15315/1326.pdf" TargetMode="External"/><Relationship Id="rId958" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15316/1327.pdf" TargetMode="External"/><Relationship Id="rId959" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15317/1328.pdf" TargetMode="External"/><Relationship Id="rId960" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15318/1329.pdf" TargetMode="External"/><Relationship Id="rId961" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15319/1330.pdf" TargetMode="External"/><Relationship Id="rId962" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15321/1315.pdf" TargetMode="External"/><Relationship Id="rId963" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15322/1331_1.pdf" TargetMode="External"/><Relationship Id="rId964" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15362/1382.pdf" TargetMode="External"/><Relationship Id="rId965" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15363/1383.pdf" TargetMode="External"/><Relationship Id="rId966" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15364/1384.pdf" TargetMode="External"/><Relationship Id="rId967" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15365/1385.pdf" TargetMode="External"/><Relationship Id="rId968" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15366/1386.pdf" TargetMode="External"/><Relationship Id="rId969" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15370/1390.pdf" TargetMode="External"/><Relationship Id="rId970" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15371/1391.pdf" TargetMode="External"/><Relationship Id="rId971" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15372/1392.pdf" TargetMode="External"/><Relationship Id="rId972" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15373/1395.pdf" TargetMode="External"/><Relationship Id="rId973" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15374/1396.pdf" TargetMode="External"/><Relationship Id="rId974" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15375/1397.pdf" TargetMode="External"/><Relationship Id="rId975" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15376/1398.pdf" TargetMode="External"/><Relationship Id="rId976" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15379/1387.pdf" TargetMode="External"/><Relationship Id="rId977" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15380/1388.pdf" TargetMode="External"/><Relationship Id="rId978" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15381/1389.pdf" TargetMode="External"/><Relationship Id="rId979" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15408/1456.pdf" TargetMode="External"/><Relationship Id="rId980" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15460/res_of_2.pdf" TargetMode="External"/><Relationship Id="rId981" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15467/1573.pdf" TargetMode="External"/><Relationship Id="rId982" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15468/1574.pdf" TargetMode="External"/><Relationship Id="rId983" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15469/1576.pdf" TargetMode="External"/><Relationship Id="rId984" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15505/1668.pdf" TargetMode="External"/><Relationship Id="rId985" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15506/1669.pdf" TargetMode="External"/><Relationship Id="rId986" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15507/1670.pdf" TargetMode="External"/><Relationship Id="rId987" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15508/1671.pdf" TargetMode="External"/><Relationship Id="rId988" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15509/1673.pdf" TargetMode="External"/><Relationship Id="rId989" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15510/1674.pdf" TargetMode="External"/><Relationship Id="rId990" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15511/1675.pdf" TargetMode="External"/><Relationship Id="rId991" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15512/1676.pdf" TargetMode="External"/><Relationship Id="rId992" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15513/1677.pdf" TargetMode="External"/><Relationship Id="rId993" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15547/res_ind__1731.pdf" TargetMode="External"/><Relationship Id="rId994" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15548/res_ind.pdf" TargetMode="External"/><Relationship Id="rId995" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15550/resp_ind_1730.pdf" TargetMode="External"/><Relationship Id="rId996" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15551/resp_ind.pdf" TargetMode="External"/><Relationship Id="rId997" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15553/res_ind_791.pdf" TargetMode="External"/><Relationship Id="rId998" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15554/res_ind_792.pdf" TargetMode="External"/><Relationship Id="rId999" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15557/1796.pdf" TargetMode="External"/><Relationship Id="rId1000" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15558/1797.pdf" TargetMode="External"/><Relationship Id="rId1001" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15559/1798.pdf" TargetMode="External"/><Relationship Id="rId1002" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15640/resp_req__1953.pdf" TargetMode="External"/><Relationship Id="rId1003" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15641/res__ind1.pdf" TargetMode="External"/><Relationship Id="rId1004" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15642/res_ind.pdf" TargetMode="External"/><Relationship Id="rId1005" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15645/ofpm878.pdf" TargetMode="External"/><Relationship Id="rId1006" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15711/2186.pdf" TargetMode="External"/><Relationship Id="rId1007" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15712/2187.pdf" TargetMode="External"/><Relationship Id="rId1008" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15713/2188.pdf" TargetMode="External"/><Relationship Id="rId1009" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15714/2189.pdf" TargetMode="External"/><Relationship Id="rId1010" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15715/2190.pdf" TargetMode="External"/><Relationship Id="rId1011" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15716/2191.pdf" TargetMode="External"/><Relationship Id="rId1012" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15717/2192.pdf" TargetMode="External"/><Relationship Id="rId1013" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15718/2193.pdf" TargetMode="External"/><Relationship Id="rId1014" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15719/2194.pdf" TargetMode="External"/><Relationship Id="rId1015" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15750/resp_ind_1.pdf" TargetMode="External"/><Relationship Id="rId1016" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15751/resp_ind_2.pdf" TargetMode="External"/><Relationship Id="rId1017" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15752/resp_ind__3.pdf" TargetMode="External"/><Relationship Id="rId1018" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15753/resp_ind_4.pdf" TargetMode="External"/><Relationship Id="rId1019" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15754/resp_ind_6.pdf" TargetMode="External"/><Relationship Id="rId1020" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15755/resp_ind_7.pdf" TargetMode="External"/><Relationship Id="rId1021" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15756/resp_ind_8.pdf" TargetMode="External"/><Relationship Id="rId1022" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14904/requerimento_de_urgencia_especial.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14616/ind_1.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14617/ind_02.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14618/078.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14643/079.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14644/080.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14619/06.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14620/07.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14621/ind_08.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14622/ind_09.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14638/ind_10_1.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14623/ind_11.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14639/ind_12.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14624/ind_13.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14625/ind_14.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14626/ind_15.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14627/ind_16.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14628/ind_17.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14629/ind_18.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14661/indicacao_19.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14662/indicacao_20.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14663/indicacao_21.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14664/indicacao_22.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14691/pdf.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14665/indicacao_24.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14693/025.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14666/indicacao_26.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14667/indicacao_27.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14668/indicacao_28.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14669/indicacao_29.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14670/indicacao_30.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14671/indicacao_31.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14672/indicacao_32.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14673/indicacao_33.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14674/indicacao_34.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14692/035.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14675/indicacao_36.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14695/151.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14739/ind_038_coquinho.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14740/ind_039_adriano.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14741/ind_040_adriano.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14742/ind_041_cezinha.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14743/ind_042_cezinha.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14744/ind_043_cezinha.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14745/ind_044_diogo.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14746/ind_045_diogo.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14747/ind_046_diogo_vaninho_1.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14748/ind_047_vaninho.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14749/ind_048_vaninho.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14750/ind_049_cabral.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14751/ind_050_cabral.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14752/ind_051_hilario.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14753/ind_052_juarez.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14754/ind_053_martim.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14755/ind_054_martim.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14756/ind_055_martim.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14757/ind_056_chapolim.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14762/ind_57.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14758/ind_58_plenario.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14759/ind_59_juarez.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14760/ind_60_coquinho.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14775/ind61.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14776/ind62.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14777/ind63.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14778/ind64.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14779/ind65.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14780/ind66.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14781/ind67.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14811/ind.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14782/ind69.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14783/ind70.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14784/ind71.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14785/ind72.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14786/ind73.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14787/ind74.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14788/ind75.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14812/76a.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14861/ind77_coquinho.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14862/ind78_coquinho.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14863/ind79_coquinho.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14864/ind80_adriano.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14865/ind81_angelo.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14866/ind82_diogo.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14867/ind83_diog3.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14868/ind84_vaninho.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14869/ind85_vaninho.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14870/ind86_hilario.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14871/ind87_cabral.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14872/ind88_juarez.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14873/ind89_martim.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14874/ind90_martim.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14875/ind91_martim.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14876/ind92_chapolim.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14877/ind93_chapolim.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14878/ind94_chapolim.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14887/indicacao_95-2025_-_cabral.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14880/ind96_juarez.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14946/ind_97_adriano.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14947/ind_98_adriano.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14948/ind_99_adriano.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14949/ind_100_cezinha.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14950/ind_101_vaninho.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14951/ind_102_hilario.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14952/ind_103_hilario.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14953/ind_104_hilario.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14954/ind_105.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14955/ind_106.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14956/ind_107.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14957/ind_108_martim.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14958/ind_109.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14959/ind_110.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14960/indicacao_111coquinho.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14961/ind_112_juarez.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15017/ind113.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15018/ind114.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15019/ind115.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15020/ind116.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15021/ind117.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15022/ind118.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15023/ind119.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15024/ind120.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15025/ind121.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15026/ind122.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15027/ind123.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15031/124_1.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15032/125.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15033/ind_126.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15034/ind_127.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15028/128_2.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15029/129_1.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15080/ind_130.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15081/ind_131.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15030/132.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15040/ind133_coquinho.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15041/ind134_adriano.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15042/ind135_adriano.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15043/ind136_adriano.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15044/ind137_cezinha.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15045/ind138_cezinha.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15046/ind139_ceinha.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15047/ind140_vaninho_juarez.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15048/ind_141_hilario_chapolim.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15049/ind142_cabral.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15050/ind143_cabral.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15051/ind144_cabral.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15052/ind145_martim.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15053/ind146_chapolim.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15054/ind147_chapolim.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15055/ind148.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15056/ind149_juarez.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15057/ind150_juarez.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15058/ind151_vaninho.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15096/806.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15107/ind153_adriano.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15108/ind154_angelo.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15109/ind155_angelo.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15110/ind156_angelo.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15111/ind157_cezinha.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15112/ind_158_-_certo.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15113/ind159_diogo.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15114/ind160_diogo.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15115/ind161_vaninho.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15116/ind162_vaninho_martim.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15117/ind163_hilario.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15118/ind164_hilario.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15119/ind_165_-_certa.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15120/ind_166_-_certa.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15121/ind167_juarez.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15122/ind168_juarez.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15123/ind169_juarez.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15124/ind170_martim.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15125/ind171_martim_-_cabral.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15126/indicacao_172-2025_-_reinaldo_valentim_frasson.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15127/ind173_chapolim.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15163/ind174.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15164/ind175.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15165/ind176.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15166/ind177.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15167/ind178.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15168/ind179.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15169/ind180.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15170/ind181.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15171/ind182.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15172/ind183.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15173/ind184.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15174/ind185.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15175/ind186.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15176/ind187.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15177/ind188.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15178/ind189.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15179/ind190.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15180/ind191.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15181/ind192.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15182/ind193.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15183/ind194.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15184/ind195.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15195/1001.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15196/ind197.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15197/ind198.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15198/ind_199.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15199/ind_200.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15200/ind201.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15201/ind202.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15202/ind203.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15203/ind204.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15204/ind205.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15205/ind206.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15206/ind207.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15207/ind208.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15208/ind209.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15209/ind210.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15210/ind211.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15211/ind212.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15212/ind213.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15213/ind214.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15214/ind215.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15215/ind216.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15222/ind_217.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15223/ind218.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15224/ind219.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15225/ind220.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15226/ind221.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15281/ind250.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15387/ind_278.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15411/ind_285.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15412/ind_286.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15413/ind_287.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15414/ind_288.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15415/ind_289.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15416/ind_290.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15417/ind_291.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15418/ind_292.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15419/ind_293.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15420/ind_294.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15421/ind_295.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15422/ind_296.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15423/ind_297.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15424/ind_298.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15425/ind_299.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15426/ind_300.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15427/ind_301.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15442/ind_302.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15443/ind_303.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15444/ind_304.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15445/ind_305.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15446/ind_306.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15447/ind_307.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15448/ind_308.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15449/ind_309.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15450/ind_310.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15470/ind__311.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15471/ind__312.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15472/ind__313.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15473/ind__314.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15474/ind__315.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15475/ind__316.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15476/ind__317.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15477/ind__318.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15478/ind__319.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15479/ind__320.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15480/ind__321.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15481/ind__322.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15482/ind__323.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15483/ind__324.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15484/ind__325.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15516/ind__326.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15517/ind__327.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15518/ind__328.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15519/ind__329.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15520/ind__330.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15521/ind__331.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15522/ind__332.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15523/ind__333.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15524/ind__334.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15525/ind__335.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15526/ind__336.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15527/ind___337.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15528/ind__338.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15570/ind__339.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15571/ind__340.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15572/ind__341.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15573/ind__342.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15574/ind__343.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15575/ind__344.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15576/ind__345.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15577/ind__346.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15578/ind__347.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15579/ind__348.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15580/ind__349.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15581/ind__350.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15582/ind__351.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15583/ind__352.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15584/ind__353.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15585/ind__354.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15586/ind__355.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15587/ind__356.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15588/ind__357.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15589/ind__358.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15590/ind__359.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15618/ind__360.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15619/ind__361.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15620/ind__362.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15621/ind__363.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15622/ind__364.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15623/ind__365.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15624/ind__366.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15625/ind__367.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15626/ind__368.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15627/ind___369.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15628/ind__370.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15629/ind__371.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15630/ind__372.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15631/ind__373.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15632/ind__374.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15633/ind__375.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15639/ind_376.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15646/ind__378.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15647/ind__379.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15648/ind__380.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15649/ind__381.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15650/ind__382.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15651/ind__383.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15652/ind__384.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15653/ind__385.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15654/ind__386.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15655/ind__387.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15656/ind__388.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15657/ind__389.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15658/ind__390.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15666/ind__391.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15667/ind__392.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15689/ind__393.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15668/ind__394.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15669/ind__395.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15670/ind__396.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15671/ind__397.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15672/ind__398.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15673/ind__399.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15674/ind__400.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15675/ind__401.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15676/ind__402.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15677/ind__403.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15678/ind__404.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15679/ind__405.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15680/ind__406.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15681/ind__407.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15720/ind__408.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15721/ind__409.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15722/ind__410.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15723/ind__411.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15724/ind__412.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15710/413.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15725/ind__414.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14690/159.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14799/mocao_02.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14962/mocao_04_chapolim.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15079/770.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15128/mocao_06_-_certa.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15185/mo07.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15186/m_8.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15242/mocao_09.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15289/mocao_10.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15290/mocao11.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15342/moc_012.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15405/mocao_013.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15428/moc_14.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15485/moc_15.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15529/1689.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14800/parecer_02.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14801/parece_03.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14802/parece_04.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14803/parece_05.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14804/parece_06.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14805/parece_07.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14806/parece_08.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14807/parece_09.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14808/parecer_10.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14809/parece_11.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14882/parecer_12.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14883/parecer_13.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14884/parecer_14.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14885/parecer_15.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14886/parecer_16.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14963/parecer_017.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14964/parecer_018.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14965/parecer_019.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14966/parecer_020.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14967/parecer_021.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14968/parecer_022.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15059/parecer_25.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15060/parecer_26.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15061/parecer_27.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15062/parecer_28.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15063/parecer29.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15064/parecer_30.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15065/parecer_31.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15066/parecer_32.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15067/parecer_33.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15068/parecer_34.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15258/parecer_38.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15259/parecer_39.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15260/parecer40.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15261/parecer41.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15262/parecer42.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15263/parecer43.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15264/parecer44.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15265/parecer45.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15343/par046.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15344/par047.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15345/par048.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15346/par049.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15347/par050.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15348/par051.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15429/parecer_052.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15430/parecer_053.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15451/parecer__54.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15452/parecer_056.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15486/par_57.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15487/par_58.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15540/pc_59-2025.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15541/pc_60-2025.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15542/pc_61-2025.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15543/pc_62-2025.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15544/pc_63-2025.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15694/par__065.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15695/par__066.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15696/par__069.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15697/par__070.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15698/par__072.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15699/par__073.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15700/par__074.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15701/par__075.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15702/par__076.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15726/parecer__078.25.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15727/parecer__080.25.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15757/par__081.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15758/par__082.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15759/par__083.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15760/par__084.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15761/par__086.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15762/par__087.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15763/par__088.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15764/par__089.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15765/par__90.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15773/par__91.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15766/par__92.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15767/par__93.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15768/par__94.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15769/par__95.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15770/par__96.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15771/par__97.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15774/par_98.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15431/projeto_de_decreto_01.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14677/pll_01.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14678/pll_02.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14679/pll_03.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14681/pll_05.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14688/pll_07.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14689/pll_08.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14647/pl_009-2025.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14641/pll_10.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14642/pll_11.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14646/pll012.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14648/pl_013-2025.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14676/projeto_014.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14738/246.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14810/pll_016.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14789/pl17.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14790/pl18.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14791/pl19.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14792/pl20.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14794/pl_-_hilario_21-25.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14793/pl22.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14914/pll023.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14915/pll024.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14916/pll_025.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14917/pll_026.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14888/pl27_angelo.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14889/pl28_cezinha.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14890/pl29_cezinha.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14891/pl30_cezinha.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14892/pl31_adriano.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14893/pl32_camara.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14977/pll_34_1.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14969/projeto_no_35_cezinha.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14970/projeto_no_36_diogo.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14978/pll_37.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14979/pll_38.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15012/pll._039.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15074/pll_40.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15075/pll_041.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15076/pll_042.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15077/pl_43.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15014/p44.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15013/p45.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15015/p46.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15016/p047.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15069/pl_048_vaninho.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15070/pl_49_martim.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15071/pl_50_martim.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15072/pl_51_hilario.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15073/pl_52_hilario.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15661/pl_53.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15131/pl_54_cezinha.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15132/pl55_mesa.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15187/pl56.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15188/pl57.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15189/pl58.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15216/pl_059.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15254/pl60.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15255/pl61.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15256/pl62.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15257/pl63.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15286/pl64.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15287/pl_l65.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15288/pl66.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15349/pl_67.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15350/pl_68.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15351/pl_69.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15352/pl_070.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15353/pl_071.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15354/pl72.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15355/pl_073_1.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15393/pl_74.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15394/pl_75.pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15395/pl_76.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15396/pl_77.pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15437/pl_78.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15438/pl_79.pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15439/pl_80.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15457/pl_81.pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15459/pl_82.pdf" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15453/pl_83.pdf" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15454/pl_84.pdf" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15488/pl_85.pdf" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15501/pl_86.pdf" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15502/pl_87.pdf" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15503/pl_88.pdf" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15489/pl_89.pdf" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15490/pl_90.pdf" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15491/pl_91.pdf" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15492/pl_92.pdf" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15493/pl_93.pdf" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15504/pl_94.pdf" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15494/pl_95.pdf" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15495/pl_96.pdf" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15496/pl_97.pdf" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15514/pl_98.pdf" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15515/pl_99.pdf" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15662/pl_100.pdf" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15530/pl__101.pdf" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15531/pl___102.pdf" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15532/pl_103.pdf" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15533/pl__104.pdf" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15534/pl__105.pdf" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15591/pl_106.pdf" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15592/pl__107.pdf" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15593/pl_108.pdf" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15594/pl_109.pdf" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15595/pl_110.pdf" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15634/pl__111.pdf" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15596/pl_112.pdf" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15615/pl_113.pdf" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15616/pl_114.pdf" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15617/pl_115.pdf" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15606/pl__116.pdf" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15607/pl_117.pdf" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15608/pl__118.pdf" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15609/pl__119.pdf" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15610/pl__120.pdf" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15690/pl_121.pdf" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15746/pl_122.pdf" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15874/pl_123.pdf" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15875/pl_124.pdf" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15747/pl__125.pdf" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15749/pl__126.pdf" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15682/pl__127.pdf" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15683/pl__128.pdf" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15684/pl__129.pdf" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15685/pl___130.pdf" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15686/pl__131.pdf" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15729/pl_032.pdf" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15730/pl_133.pdf" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15704/pl__134.pdf" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15728/pl__135.pdf" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15705/pll136.pdf" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15706/pl__137.pdf" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15748/pl__138.pdf" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15707/2157.pdf" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15708/pl_140.pdf" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15782/pl_141.pdf" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15775/pl_142.pdf" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15788/pl_143.pdf" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15789/pl_144.pdf" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15790/pl_145.pdf" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14838/pr01.pdf" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15301/pr02.pdf" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14840/pr03.pdf" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15133/projeto_de_resolucao_004_mesa.pdf" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15465/pr05.pdf" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15545/projeto__resolucao___06.pdf" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14645/req_01_1.pdf" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14630/req_02.pdf" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14631/req_03.pdf" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14632/req_04.pdf" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14633/req_05.pdf" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14634/req_06.pdf" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14635/req_07.pdf" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14636/req_08.pdf" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14637/req_09.pdf" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14682/requerimento_010.pdf" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14683/requerimento_011.pdf" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14684/requerimento_012.pdf" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14685/requerimento_013.pdf" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14686/requerimento_014.pdf" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14694/158.pdf" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14735/req_016_adriano.pdf" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14761/req._017.pdf" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14763/req_18_cabral.pdf" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14736/req_19_chapolim.pdf" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14737/req_20_hilario.pdf" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14764/req_21_plenario.pdf" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14795/req22.pdf" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14796/req23.pdf" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14797/req24.pdf" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14798/req_025.pdf" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14894/req_26.pdf" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14895/req27_adriano.pdf" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14905/req28.pdf" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14896/req_29_diogo_e_chapolim.pdf" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14897/req30_vaninho.pdf" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14898/req31_hilario.pdf" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14899/req32_hilario.pdf" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14900/req33_cabral.pdf" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14976/req_34_cezinha.pdf" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14971/requerimento_35_vaninho.pdf" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14972/requerimento_36_vereadores.pdf" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14973/requerimento_37_plenario.pdf" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14974/requerimento_38_plenario.pdf" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14975/requerimento_39_juarez.pdf" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15008/543.pdf" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15010/req41.pdf" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15011/req42.pdf" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15078/req__43.pdf" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15129/req44_adriano_vaninho.pdf" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15130/req_45_-certo.pdf" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15190/req46.pdf" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15191/req47.pdf" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15192/req48.pdf" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15193/req49.pdf" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15194/req50.pdf" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15221/1052.pdf" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15219/req053_a.pdf" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15220/req054.pdf" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15249/req55.pdf" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15250/req56.pdf" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15251/req57.pdf" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15252/req58.pdf" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15377/req_59.pdf" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15253/req60.pdf" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15291/req61.pdf" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15292/req62.pdf" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15293/req_63.pdf" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15294/req_64.pdf" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15295/req_65.pdf" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15378/req_66.pdf" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15356/req68.pdf" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15357/req69.pdf" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15358/req70.pdf" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15359/req71.pdf" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15360/req72.pdf" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15361/req73.pdf" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15397/req_74.pdf" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15398/req_75.pdf" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15402/req76.pdf" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15403/req77.pdf" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15399/req_79.pdf" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15400/req_80.pdf" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15432/req_81.pdf" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15433/req_82.pdf" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15434/req_83.pdf" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15435/req_84.pdf" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15440/req_85.pdf" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15455/req_86.pdf" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15456/req_87.pdf" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15497/req__88.pdf" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15498/req__89.pdf" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15499/req__90.pdf" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15535/req__91.pdf" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15536/req___92.pdf" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15537/req___93.pdf" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15546/req__94.pdf" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15597/req__95.pdf" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15598/req__96.pdf" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15599/req__97.pdf" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15600/req__98.pdf" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15601/req__99.pdf" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15602/requerimento_100-2025.pdf" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15635/req__101.pdf" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15636/req__102.pdf" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15637/req__103.pdf" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15638/req__104.pdf" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15663/req__105.pdf" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15659/req___106.pdf" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15660/req___107.pdf" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15687/req__108.pdf" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15688/req__109.pdf" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15692/req_110.pdf" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15743/req_111.pdf" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15744/req__112.pdf" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15745/req__113.pdf" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15731/req___114.pdf" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15732/req__115.pdf" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15733/req__116.pdf" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15734/req__117.pdf" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15735/req___118.pdf" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15736/req__119.pdf" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15709/120.pdf" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15737/req___121.pdf" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15772/req_122.pdf" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14829/r0125.pdf" TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14830/resolucao_002-2025_-_limita_0001.pdf" TargetMode="External"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14831/r0325.pdf" TargetMode="External"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15785/resolucao_007-2025_28-11-2025-1.pdf" TargetMode="External"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14901/proposta_emenda_001.pdf" TargetMode="External"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14902/proposta_emenda_002.pdf" TargetMode="External"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14903/proposta_emenda_003_a_b.pdf" TargetMode="External"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15738/proposta_de_emenda.pdf" TargetMode="External"/><Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14943/emenda_04.pdf" TargetMode="External"/><Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14944/emenda_05.pdf" TargetMode="External"/><Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14945/emenda_06.pdf" TargetMode="External"/><Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15783/pe08.pdf" TargetMode="External"/><Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15611/proposta_de_emenda__modificativa___12.pdf" TargetMode="External"/><Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15612/proposta_emenda_aditiva_09.pdf" TargetMode="External"/><Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15613/proposta__emenda__aditiva__10.pdf" TargetMode="External"/><Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15614/proposta__emenda_aditiva__11.pdf" TargetMode="External"/><Relationship Id="rId739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15691/proposta___013.pdf" TargetMode="External"/><Relationship Id="rId740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15693/pe_014.pdf" TargetMode="External"/><Relationship Id="rId741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14653/122.pdf" TargetMode="External"/><Relationship Id="rId742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14729/203.pdf" TargetMode="External"/><Relationship Id="rId743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14732/217.pdf" TargetMode="External"/><Relationship Id="rId744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14733/218.pdf" TargetMode="External"/><Relationship Id="rId745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14734/219_1.pdf" TargetMode="External"/><Relationship Id="rId746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14771/299.pdf" TargetMode="External"/><Relationship Id="rId747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14815/353.pdf" TargetMode="External"/><Relationship Id="rId748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14817/355.pdf" TargetMode="External"/><Relationship Id="rId749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14906/459.pdf" TargetMode="External"/><Relationship Id="rId750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14924/545.pdf" TargetMode="External"/><Relationship Id="rId751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14925/546.pdf" TargetMode="External"/><Relationship Id="rId752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14926/547.pdf" TargetMode="External"/><Relationship Id="rId753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14927/548.pdf" TargetMode="External"/><Relationship Id="rId754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14928/549.pdf" TargetMode="External"/><Relationship Id="rId755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14929/550.pdf" TargetMode="External"/><Relationship Id="rId756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14999/622.pdf" TargetMode="External"/><Relationship Id="rId757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15001/625.pdf" TargetMode="External"/><Relationship Id="rId758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15002/626.pdf" TargetMode="External"/><Relationship Id="rId759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15003/627.pdf" TargetMode="External"/><Relationship Id="rId760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15007/631.pdf" TargetMode="External"/><Relationship Id="rId761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15035/694.pdf" TargetMode="External"/><Relationship Id="rId762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15036/695.pdf" TargetMode="External"/><Relationship Id="rId763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15039/697.pdf" TargetMode="External"/><Relationship Id="rId764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15082/resposta_req.pdf" TargetMode="External"/><Relationship Id="rId765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15083/787.pdf" TargetMode="External"/><Relationship Id="rId766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15104/831.pdf" TargetMode="External"/><Relationship Id="rId767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15105/832.pdf" TargetMode="External"/><Relationship Id="rId768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15247/1183.pdf" TargetMode="External"/><Relationship Id="rId769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15248/1176.pdf" TargetMode="External"/><Relationship Id="rId770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15266/1211.pdf" TargetMode="External"/><Relationship Id="rId771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15267/1214.pdf" TargetMode="External"/><Relationship Id="rId772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15268/1207_1.pdf" TargetMode="External"/><Relationship Id="rId773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15296/1267_1.pdf" TargetMode="External"/><Relationship Id="rId774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15297/1269_1.pdf" TargetMode="External"/><Relationship Id="rId775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15298/1270_1.pdf" TargetMode="External"/><Relationship Id="rId776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15299/1285.pdf" TargetMode="External"/><Relationship Id="rId777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15300/1286.pdf" TargetMode="External"/><Relationship Id="rId778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15320/1295.pdf" TargetMode="External"/><Relationship Id="rId779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15323/1283_compressed.pdf" TargetMode="External"/><Relationship Id="rId780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15401/1414.pdf" TargetMode="External"/><Relationship Id="rId781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15406/1455.pdf" TargetMode="External"/><Relationship Id="rId782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15407/1409.pdf" TargetMode="External"/><Relationship Id="rId783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15409/1457.pdf" TargetMode="External"/><Relationship Id="rId784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15410/1459.pdf" TargetMode="External"/><Relationship Id="rId785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15436/resposta_requerimento.pdf" TargetMode="External"/><Relationship Id="rId786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15441/1498.pdf" TargetMode="External"/><Relationship Id="rId787" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15458/resposta__de_requerimento.pdf" TargetMode="External"/><Relationship Id="rId788" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15462/1554.pdf" TargetMode="External"/><Relationship Id="rId789" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15463/1555.pdf" TargetMode="External"/><Relationship Id="rId790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15464/1556.pdf" TargetMode="External"/><Relationship Id="rId791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15466/1571.pdf" TargetMode="External"/><Relationship Id="rId792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15500/resp_req.pdf" TargetMode="External"/><Relationship Id="rId793" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15538/res_req.pdf" TargetMode="External"/><Relationship Id="rId794" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15539/resposta_req.pdf" TargetMode="External"/><Relationship Id="rId795" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15549/resp__req.pdf" TargetMode="External"/><Relationship Id="rId796" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15552/res_req_38.pdf" TargetMode="External"/><Relationship Id="rId797" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15555/1753.pdf" TargetMode="External"/><Relationship Id="rId798" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15556/1753.pdf" TargetMode="External"/><Relationship Id="rId799" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15560/1800.pdf" TargetMode="External"/><Relationship Id="rId800" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15561/1802.pdf" TargetMode="External"/><Relationship Id="rId801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15562/1803.pdf" TargetMode="External"/><Relationship Id="rId802" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15563/1804.pdf" TargetMode="External"/><Relationship Id="rId803" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15564/1805.pdf" TargetMode="External"/><Relationship Id="rId804" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15565/1806.pdf" TargetMode="External"/><Relationship Id="rId805" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15566/1810.pdf" TargetMode="External"/><Relationship Id="rId806" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15567/1811.pdf" TargetMode="External"/><Relationship Id="rId807" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15568/1812.pdf" TargetMode="External"/><Relationship Id="rId808" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15569/1813.pdf" TargetMode="External"/><Relationship Id="rId809" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15603/1873.pdf" TargetMode="External"/><Relationship Id="rId810" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15604/resp_req.pdf" TargetMode="External"/><Relationship Id="rId811" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15605/res.pdf" TargetMode="External"/><Relationship Id="rId812" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15643/resp_requerimento.pdf" TargetMode="External"/><Relationship Id="rId813" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15644/1979.pdf" TargetMode="External"/><Relationship Id="rId814" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15664/96.pdf" TargetMode="External"/><Relationship Id="rId815" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15665/97.pdf" TargetMode="External"/><Relationship Id="rId816" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15703/resp_req.pdf" TargetMode="External"/><Relationship Id="rId817" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15739/res__req_uerimento.pdf" TargetMode="External"/><Relationship Id="rId818" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15740/1.pdf" TargetMode="External"/><Relationship Id="rId819" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15741/2.pdf" TargetMode="External"/><Relationship Id="rId820" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15742/3.pdf" TargetMode="External"/><Relationship Id="rId821" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15776/2170.pdf" TargetMode="External"/><Relationship Id="rId822" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15777/2172.pdf" TargetMode="External"/><Relationship Id="rId823" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15778/2252.pdf" TargetMode="External"/><Relationship Id="rId824" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15779/2311.pdf" TargetMode="External"/><Relationship Id="rId825" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15780/2312.pdf" TargetMode="External"/><Relationship Id="rId826" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15781/2327.pdf" TargetMode="External"/><Relationship Id="rId827" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15784/09-compactado_1.pdf" TargetMode="External"/><Relationship Id="rId828" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14656/125.pdf" TargetMode="External"/><Relationship Id="rId829" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14657/126.pdf" TargetMode="External"/><Relationship Id="rId830" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14658/127.pdf" TargetMode="External"/><Relationship Id="rId831" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14696/171.pdf" TargetMode="External"/><Relationship Id="rId832" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14730/204.pdf" TargetMode="External"/><Relationship Id="rId833" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14731/205.pdf" TargetMode="External"/><Relationship Id="rId834" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14769/297.pdf" TargetMode="External"/><Relationship Id="rId835" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14770/298.pdf" TargetMode="External"/><Relationship Id="rId836" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14772/300.pdf" TargetMode="External"/><Relationship Id="rId837" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14816/354.pdf" TargetMode="External"/><Relationship Id="rId838" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14818/356.pdf" TargetMode="External"/><Relationship Id="rId839" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14819/357.pdf" TargetMode="External"/><Relationship Id="rId840" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14820/358.pdf" TargetMode="External"/><Relationship Id="rId841" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14821/359.pdf" TargetMode="External"/><Relationship Id="rId842" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14822/360.pdf" TargetMode="External"/><Relationship Id="rId843" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14823/361.pdf" TargetMode="External"/><Relationship Id="rId844" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14824/366.pdf" TargetMode="External"/><Relationship Id="rId845" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14825/367.pdf" TargetMode="External"/><Relationship Id="rId846" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14826/368.pdf" TargetMode="External"/><Relationship Id="rId847" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14827/369.pdf" TargetMode="External"/><Relationship Id="rId848" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14841/392.pdf" TargetMode="External"/><Relationship Id="rId849" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14907/460.pdf" TargetMode="External"/><Relationship Id="rId850" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14908/461.pdf" TargetMode="External"/><Relationship Id="rId851" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14909/462.pdf" TargetMode="External"/><Relationship Id="rId852" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14910/463.pdf" TargetMode="External"/><Relationship Id="rId853" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14911/464.pdf" TargetMode="External"/><Relationship Id="rId854" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14912/465.pdf" TargetMode="External"/><Relationship Id="rId855" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14913/466.pdf" TargetMode="External"/><Relationship Id="rId856" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14918/525.pdf" TargetMode="External"/><Relationship Id="rId857" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14919/526.pdf" TargetMode="External"/><Relationship Id="rId858" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14920/527.pdf" TargetMode="External"/><Relationship Id="rId859" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14921/528.pdf" TargetMode="External"/><Relationship Id="rId860" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14922/529.pdf" TargetMode="External"/><Relationship Id="rId861" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14923/530.pdf" TargetMode="External"/><Relationship Id="rId862" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14930/551.pdf" TargetMode="External"/><Relationship Id="rId863" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14931/552.pdf" TargetMode="External"/><Relationship Id="rId864" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14932/553.pdf" TargetMode="External"/><Relationship Id="rId865" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14933/554.pdf" TargetMode="External"/><Relationship Id="rId866" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14934/555.pdf" TargetMode="External"/><Relationship Id="rId867" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14935/556.pdf" TargetMode="External"/><Relationship Id="rId868" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14936/557.pdf" TargetMode="External"/><Relationship Id="rId869" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14937/558.pdf" TargetMode="External"/><Relationship Id="rId870" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14938/559.pdf" TargetMode="External"/><Relationship Id="rId871" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14939/560.pdf" TargetMode="External"/><Relationship Id="rId872" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14940/561.pdf" TargetMode="External"/><Relationship Id="rId873" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14941/562.pdf" TargetMode="External"/><Relationship Id="rId874" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14942/563.pdf" TargetMode="External"/><Relationship Id="rId875" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14980/575.pdf" TargetMode="External"/><Relationship Id="rId876" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14981/576.pdf" TargetMode="External"/><Relationship Id="rId877" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14982/577.pdf" TargetMode="External"/><Relationship Id="rId878" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14983/578.pdf" TargetMode="External"/><Relationship Id="rId879" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14984/574.pdf" TargetMode="External"/><Relationship Id="rId880" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14985/579.pdf" TargetMode="External"/><Relationship Id="rId881" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14986/580.pdf" TargetMode="External"/><Relationship Id="rId882" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14987/581.pdf" TargetMode="External"/><Relationship Id="rId883" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14988/582.pdf" TargetMode="External"/><Relationship Id="rId884" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14989/583.pdf" TargetMode="External"/><Relationship Id="rId885" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14990/584.pdf" TargetMode="External"/><Relationship Id="rId886" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14991/585.pdf" TargetMode="External"/><Relationship Id="rId887" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14992/586.pdf" TargetMode="External"/><Relationship Id="rId888" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14993/587.pdf" TargetMode="External"/><Relationship Id="rId889" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14994/588.pdf" TargetMode="External"/><Relationship Id="rId890" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14995/589.pdf" TargetMode="External"/><Relationship Id="rId891" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14996/590.pdf" TargetMode="External"/><Relationship Id="rId892" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15000/623.pdf" TargetMode="External"/><Relationship Id="rId893" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15004/628.pdf" TargetMode="External"/><Relationship Id="rId894" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15005/629.pdf" TargetMode="External"/><Relationship Id="rId895" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15006/630.pdf" TargetMode="External"/><Relationship Id="rId896" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15038/696.pdf" TargetMode="External"/><Relationship Id="rId897" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15084/788.pdf" TargetMode="External"/><Relationship Id="rId898" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15085/789.pdf" TargetMode="External"/><Relationship Id="rId899" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15086/790.pdf" TargetMode="External"/><Relationship Id="rId900" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15087/797.pdf" TargetMode="External"/><Relationship Id="rId901" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15088/798.pdf" TargetMode="External"/><Relationship Id="rId902" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15089/799.pdf" TargetMode="External"/><Relationship Id="rId903" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15090/800.pdf" TargetMode="External"/><Relationship Id="rId904" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15091/801.pdf" TargetMode="External"/><Relationship Id="rId905" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15092/802.pdf" TargetMode="External"/><Relationship Id="rId906" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15093/803.pdf" TargetMode="External"/><Relationship Id="rId907" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15094/804.pdf" TargetMode="External"/><Relationship Id="rId908" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15095/805.pdf" TargetMode="External"/><Relationship Id="rId909" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15097/807.pdf" TargetMode="External"/><Relationship Id="rId910" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15098/808.pdf" TargetMode="External"/><Relationship Id="rId911" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15099/809.pdf" TargetMode="External"/><Relationship Id="rId912" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15100/810_1.pdf" TargetMode="External"/><Relationship Id="rId913" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15101/811.pdf" TargetMode="External"/><Relationship Id="rId914" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15102/812_1.pdf" TargetMode="External"/><Relationship Id="rId915" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15106/833.pdf" TargetMode="External"/><Relationship Id="rId916" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15134/789.pdf" TargetMode="External"/><Relationship Id="rId917" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15135/790.pdf" TargetMode="External"/><Relationship Id="rId918" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15136/797.pdf" TargetMode="External"/><Relationship Id="rId919" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15137/798.pdf" TargetMode="External"/><Relationship Id="rId920" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15138/799.pdf" TargetMode="External"/><Relationship Id="rId921" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15139/800.pdf" TargetMode="External"/><Relationship Id="rId922" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15140/801.pdf" TargetMode="External"/><Relationship Id="rId923" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15141/802.pdf" TargetMode="External"/><Relationship Id="rId924" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15142/803.pdf" TargetMode="External"/><Relationship Id="rId925" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15143/804.pdf" TargetMode="External"/><Relationship Id="rId926" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15144/805.pdf" TargetMode="External"/><Relationship Id="rId927" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15145/806.pdf" TargetMode="External"/><Relationship Id="rId928" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15146/807.pdf" TargetMode="External"/><Relationship Id="rId929" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15147/808.pdf" TargetMode="External"/><Relationship Id="rId930" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15148/809.pdf" TargetMode="External"/><Relationship Id="rId931" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15149/810.pdf" TargetMode="External"/><Relationship Id="rId932" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15150/811.pdf" TargetMode="External"/><Relationship Id="rId933" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15151/908.pdf" TargetMode="External"/><Relationship Id="rId934" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15152/908.pdf" TargetMode="External"/><Relationship Id="rId935" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15153/909.pdf" TargetMode="External"/><Relationship Id="rId936" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15154/910.pdf" TargetMode="External"/><Relationship Id="rId937" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15155/911.pdf" TargetMode="External"/><Relationship Id="rId938" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15156/928.pdf" TargetMode="External"/><Relationship Id="rId939" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15157/930.pdf" TargetMode="External"/><Relationship Id="rId940" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15158/931.pdf" TargetMode="External"/><Relationship Id="rId941" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15159/932.pdf" TargetMode="External"/><Relationship Id="rId942" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15160/933.pdf" TargetMode="External"/><Relationship Id="rId943" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15161/934.pdf" TargetMode="External"/><Relationship Id="rId944" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15162/935.pdf" TargetMode="External"/><Relationship Id="rId945" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15243/1178.pdf" TargetMode="External"/><Relationship Id="rId946" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15244/1179.pdf" TargetMode="External"/><Relationship Id="rId947" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15245/1180.pdf" TargetMode="External"/><Relationship Id="rId948" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15246/1181.pdf" TargetMode="External"/><Relationship Id="rId949" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15302/1303.pdf" TargetMode="External"/><Relationship Id="rId950" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15303/1304.pdf" TargetMode="External"/><Relationship Id="rId951" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15304/1305.pdf" TargetMode="External"/><Relationship Id="rId952" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15305/1306.pdf" TargetMode="External"/><Relationship Id="rId953" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15306/1307.pdf" TargetMode="External"/><Relationship Id="rId954" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15307/1308.pdf" TargetMode="External"/><Relationship Id="rId955" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15308/1309.pdf" TargetMode="External"/><Relationship Id="rId956" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15309/1310.pdf" TargetMode="External"/><Relationship Id="rId957" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15310/1311.pdf" TargetMode="External"/><Relationship Id="rId958" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15311/1312.pdf" TargetMode="External"/><Relationship Id="rId959" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15312/1313.pdf" TargetMode="External"/><Relationship Id="rId960" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15313/1316.pdf" TargetMode="External"/><Relationship Id="rId961" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15314/1318.pdf" TargetMode="External"/><Relationship Id="rId962" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15315/1326.pdf" TargetMode="External"/><Relationship Id="rId963" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15316/1327.pdf" TargetMode="External"/><Relationship Id="rId964" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15317/1328.pdf" TargetMode="External"/><Relationship Id="rId965" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15318/1329.pdf" TargetMode="External"/><Relationship Id="rId966" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15319/1330.pdf" TargetMode="External"/><Relationship Id="rId967" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15321/1315.pdf" TargetMode="External"/><Relationship Id="rId968" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15322/1331_1.pdf" TargetMode="External"/><Relationship Id="rId969" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15362/1382.pdf" TargetMode="External"/><Relationship Id="rId970" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15363/1383.pdf" TargetMode="External"/><Relationship Id="rId971" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15364/1384.pdf" TargetMode="External"/><Relationship Id="rId972" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15365/1385.pdf" TargetMode="External"/><Relationship Id="rId973" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15366/1386.pdf" TargetMode="External"/><Relationship Id="rId974" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15370/1390.pdf" TargetMode="External"/><Relationship Id="rId975" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15371/1391.pdf" TargetMode="External"/><Relationship Id="rId976" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15372/1392.pdf" TargetMode="External"/><Relationship Id="rId977" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15373/1395.pdf" TargetMode="External"/><Relationship Id="rId978" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15374/1396.pdf" TargetMode="External"/><Relationship Id="rId979" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15375/1397.pdf" TargetMode="External"/><Relationship Id="rId980" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15376/1398.pdf" TargetMode="External"/><Relationship Id="rId981" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15379/1387.pdf" TargetMode="External"/><Relationship Id="rId982" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15380/1388.pdf" TargetMode="External"/><Relationship Id="rId983" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15381/1389.pdf" TargetMode="External"/><Relationship Id="rId984" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15408/1456.pdf" TargetMode="External"/><Relationship Id="rId985" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15460/res_of_2.pdf" TargetMode="External"/><Relationship Id="rId986" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15467/1573.pdf" TargetMode="External"/><Relationship Id="rId987" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15468/1574.pdf" TargetMode="External"/><Relationship Id="rId988" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15469/1576.pdf" TargetMode="External"/><Relationship Id="rId989" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15505/1668.pdf" TargetMode="External"/><Relationship Id="rId990" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15506/1669.pdf" TargetMode="External"/><Relationship Id="rId991" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15507/1670.pdf" TargetMode="External"/><Relationship Id="rId992" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15508/1671.pdf" TargetMode="External"/><Relationship Id="rId993" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15509/1673.pdf" TargetMode="External"/><Relationship Id="rId994" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15510/1674.pdf" TargetMode="External"/><Relationship Id="rId995" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15511/1675.pdf" TargetMode="External"/><Relationship Id="rId996" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15512/1676.pdf" TargetMode="External"/><Relationship Id="rId997" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15513/1677.pdf" TargetMode="External"/><Relationship Id="rId998" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15547/res_ind__1731.pdf" TargetMode="External"/><Relationship Id="rId999" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15548/res_ind.pdf" TargetMode="External"/><Relationship Id="rId1000" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15550/resp_ind_1730.pdf" TargetMode="External"/><Relationship Id="rId1001" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15551/resp_ind.pdf" TargetMode="External"/><Relationship Id="rId1002" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15553/res_ind_791.pdf" TargetMode="External"/><Relationship Id="rId1003" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15554/res_ind_792.pdf" TargetMode="External"/><Relationship Id="rId1004" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15557/1796.pdf" TargetMode="External"/><Relationship Id="rId1005" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15558/1797.pdf" TargetMode="External"/><Relationship Id="rId1006" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15559/1798.pdf" TargetMode="External"/><Relationship Id="rId1007" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15640/resp_req__1953.pdf" TargetMode="External"/><Relationship Id="rId1008" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15641/res__ind1.pdf" TargetMode="External"/><Relationship Id="rId1009" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15642/res_ind.pdf" TargetMode="External"/><Relationship Id="rId1010" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15645/ofpm878.pdf" TargetMode="External"/><Relationship Id="rId1011" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15711/2186.pdf" TargetMode="External"/><Relationship Id="rId1012" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15712/2187.pdf" TargetMode="External"/><Relationship Id="rId1013" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15713/2188.pdf" TargetMode="External"/><Relationship Id="rId1014" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15714/2189.pdf" TargetMode="External"/><Relationship Id="rId1015" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15715/2190.pdf" TargetMode="External"/><Relationship Id="rId1016" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15716/2191.pdf" TargetMode="External"/><Relationship Id="rId1017" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15717/2192.pdf" TargetMode="External"/><Relationship Id="rId1018" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15718/2193.pdf" TargetMode="External"/><Relationship Id="rId1019" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15719/2194.pdf" TargetMode="External"/><Relationship Id="rId1020" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15750/resp_ind_1.pdf" TargetMode="External"/><Relationship Id="rId1021" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15751/resp_ind_2.pdf" TargetMode="External"/><Relationship Id="rId1022" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15752/resp_ind__3.pdf" TargetMode="External"/><Relationship Id="rId1023" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15753/resp_ind_4.pdf" TargetMode="External"/><Relationship Id="rId1024" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15754/resp_ind_6.pdf" TargetMode="External"/><Relationship Id="rId1025" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15755/resp_ind_7.pdf" TargetMode="External"/><Relationship Id="rId1026" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15756/resp_ind_8.pdf" TargetMode="External"/><Relationship Id="rId1027" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/14904/requerimento_de_urgencia_especial.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H1023"/>
+  <dimension ref="A1:H1028"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="158" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="127.85546875" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="127" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
@@ -25881,11687 +25924,11817 @@
       </c>
       <c r="D574" t="s">
         <v>1769</v>
       </c>
       <c r="E574" t="s">
         <v>1770</v>
       </c>
       <c r="F574" t="s">
         <v>638</v>
       </c>
       <c r="G574" s="1" t="s">
         <v>2131</v>
       </c>
       <c r="H574" t="s">
         <v>2132</v>
       </c>
     </row>
     <row r="575" spans="1:8">
       <c r="A575" t="s">
         <v>2133</v>
       </c>
       <c r="B575" t="s">
         <v>9</v>
       </c>
       <c r="C575" t="s">
-        <v>525</v>
+        <v>516</v>
       </c>
       <c r="D575" t="s">
         <v>1769</v>
       </c>
       <c r="E575" t="s">
         <v>1770</v>
       </c>
       <c r="F575" t="s">
         <v>187</v>
       </c>
       <c r="G575" s="1" t="s">
         <v>2134</v>
       </c>
       <c r="H575" t="s">
-        <v>2135</v>
+        <v>1933</v>
       </c>
     </row>
     <row r="576" spans="1:8">
       <c r="A576" t="s">
-        <v>2136</v>
+        <v>2135</v>
       </c>
       <c r="B576" t="s">
         <v>9</v>
       </c>
       <c r="C576" t="s">
-        <v>530</v>
+        <v>520</v>
       </c>
       <c r="D576" t="s">
         <v>1769</v>
       </c>
       <c r="E576" t="s">
         <v>1770</v>
       </c>
+      <c r="F576" t="s">
+        <v>187</v>
+      </c>
       <c r="G576" s="1" t="s">
+        <v>2136</v>
+      </c>
+      <c r="H576" t="s">
         <v>2137</v>
-      </c>
-[...1 lines deleted...]
-        <v>2138</v>
       </c>
     </row>
     <row r="577" spans="1:8">
       <c r="A577" t="s">
-        <v>2139</v>
+        <v>2138</v>
       </c>
       <c r="B577" t="s">
         <v>9</v>
       </c>
       <c r="C577" t="s">
-        <v>535</v>
+        <v>525</v>
       </c>
       <c r="D577" t="s">
         <v>1769</v>
       </c>
       <c r="E577" t="s">
         <v>1770</v>
       </c>
       <c r="F577" t="s">
         <v>187</v>
       </c>
       <c r="G577" s="1" t="s">
+        <v>2139</v>
+      </c>
+      <c r="H577" t="s">
         <v>2140</v>
-      </c>
-[...1 lines deleted...]
-        <v>2141</v>
       </c>
     </row>
     <row r="578" spans="1:8">
       <c r="A578" t="s">
-        <v>2142</v>
+        <v>2141</v>
       </c>
       <c r="B578" t="s">
         <v>9</v>
       </c>
       <c r="C578" t="s">
-        <v>539</v>
+        <v>530</v>
       </c>
       <c r="D578" t="s">
         <v>1769</v>
       </c>
       <c r="E578" t="s">
         <v>1770</v>
       </c>
-      <c r="F578" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G578" s="1" t="s">
+        <v>2142</v>
+      </c>
+      <c r="H578" t="s">
         <v>2143</v>
-      </c>
-[...1 lines deleted...]
-        <v>2144</v>
       </c>
     </row>
     <row r="579" spans="1:8">
       <c r="A579" t="s">
-        <v>2145</v>
+        <v>2144</v>
       </c>
       <c r="B579" t="s">
         <v>9</v>
       </c>
       <c r="C579" t="s">
-        <v>543</v>
+        <v>535</v>
       </c>
       <c r="D579" t="s">
         <v>1769</v>
       </c>
       <c r="E579" t="s">
         <v>1770</v>
       </c>
       <c r="F579" t="s">
         <v>187</v>
       </c>
       <c r="G579" s="1" t="s">
+        <v>2145</v>
+      </c>
+      <c r="H579" t="s">
         <v>2146</v>
-      </c>
-[...1 lines deleted...]
-        <v>2147</v>
       </c>
     </row>
     <row r="580" spans="1:8">
       <c r="A580" t="s">
-        <v>2148</v>
+        <v>2147</v>
       </c>
       <c r="B580" t="s">
         <v>9</v>
       </c>
       <c r="C580" t="s">
-        <v>547</v>
+        <v>539</v>
       </c>
       <c r="D580" t="s">
         <v>1769</v>
       </c>
       <c r="E580" t="s">
         <v>1770</v>
       </c>
       <c r="F580" t="s">
-        <v>59</v>
+        <v>187</v>
       </c>
       <c r="G580" s="1" t="s">
+        <v>2148</v>
+      </c>
+      <c r="H580" t="s">
         <v>2149</v>
-      </c>
-[...1 lines deleted...]
-        <v>2150</v>
       </c>
     </row>
     <row r="581" spans="1:8">
       <c r="A581" t="s">
-        <v>2151</v>
+        <v>2150</v>
       </c>
       <c r="B581" t="s">
         <v>9</v>
       </c>
       <c r="C581" t="s">
-        <v>551</v>
+        <v>543</v>
       </c>
       <c r="D581" t="s">
         <v>1769</v>
       </c>
       <c r="E581" t="s">
         <v>1770</v>
       </c>
       <c r="F581" t="s">
-        <v>125</v>
+        <v>187</v>
       </c>
       <c r="G581" s="1" t="s">
+        <v>2151</v>
+      </c>
+      <c r="H581" t="s">
         <v>2152</v>
-      </c>
-[...1 lines deleted...]
-        <v>2153</v>
       </c>
     </row>
     <row r="582" spans="1:8">
       <c r="A582" t="s">
-        <v>2154</v>
+        <v>2153</v>
       </c>
       <c r="B582" t="s">
         <v>9</v>
       </c>
       <c r="C582" t="s">
-        <v>555</v>
+        <v>547</v>
       </c>
       <c r="D582" t="s">
         <v>1769</v>
       </c>
       <c r="E582" t="s">
         <v>1770</v>
       </c>
       <c r="F582" t="s">
-        <v>638</v>
+        <v>59</v>
       </c>
       <c r="G582" s="1" t="s">
+        <v>2154</v>
+      </c>
+      <c r="H582" t="s">
         <v>2155</v>
-      </c>
-[...1 lines deleted...]
-        <v>2156</v>
       </c>
     </row>
     <row r="583" spans="1:8">
       <c r="A583" t="s">
-        <v>2157</v>
+        <v>2156</v>
       </c>
       <c r="B583" t="s">
         <v>9</v>
       </c>
       <c r="C583" t="s">
-        <v>559</v>
+        <v>551</v>
       </c>
       <c r="D583" t="s">
         <v>1769</v>
       </c>
       <c r="E583" t="s">
         <v>1770</v>
       </c>
       <c r="F583" t="s">
-        <v>72</v>
+        <v>125</v>
       </c>
       <c r="G583" s="1" t="s">
+        <v>2157</v>
+      </c>
+      <c r="H583" t="s">
         <v>2158</v>
-      </c>
-[...1 lines deleted...]
-        <v>2159</v>
       </c>
     </row>
     <row r="584" spans="1:8">
       <c r="A584" t="s">
-        <v>2160</v>
+        <v>2159</v>
       </c>
       <c r="B584" t="s">
         <v>9</v>
       </c>
       <c r="C584" t="s">
-        <v>563</v>
+        <v>555</v>
       </c>
       <c r="D584" t="s">
         <v>1769</v>
       </c>
       <c r="E584" t="s">
         <v>1770</v>
       </c>
       <c r="F584" t="s">
+        <v>638</v>
+      </c>
+      <c r="G584" s="1" t="s">
+        <v>2160</v>
+      </c>
+      <c r="H584" t="s">
         <v>2161</v>
-      </c>
-[...4 lines deleted...]
-        <v>2163</v>
       </c>
     </row>
     <row r="585" spans="1:8">
       <c r="A585" t="s">
-        <v>2164</v>
+        <v>2162</v>
       </c>
       <c r="B585" t="s">
         <v>9</v>
       </c>
       <c r="C585" t="s">
-        <v>567</v>
+        <v>559</v>
       </c>
       <c r="D585" t="s">
         <v>1769</v>
       </c>
       <c r="E585" t="s">
         <v>1770</v>
       </c>
       <c r="F585" t="s">
-        <v>54</v>
+        <v>72</v>
       </c>
       <c r="G585" s="1" t="s">
-        <v>2165</v>
+        <v>2163</v>
       </c>
       <c r="H585" t="s">
-        <v>2166</v>
+        <v>2164</v>
       </c>
     </row>
     <row r="586" spans="1:8">
       <c r="A586" t="s">
-        <v>2167</v>
+        <v>2165</v>
       </c>
       <c r="B586" t="s">
         <v>9</v>
       </c>
       <c r="C586" t="s">
-        <v>571</v>
+        <v>563</v>
       </c>
       <c r="D586" t="s">
         <v>1769</v>
       </c>
       <c r="E586" t="s">
         <v>1770</v>
       </c>
       <c r="F586" t="s">
-        <v>187</v>
+        <v>2166</v>
       </c>
       <c r="G586" s="1" t="s">
+        <v>2167</v>
+      </c>
+      <c r="H586" t="s">
         <v>2168</v>
-      </c>
-[...1 lines deleted...]
-        <v>2169</v>
       </c>
     </row>
     <row r="587" spans="1:8">
       <c r="A587" t="s">
-        <v>2170</v>
+        <v>2169</v>
       </c>
       <c r="B587" t="s">
         <v>9</v>
       </c>
       <c r="C587" t="s">
-        <v>575</v>
+        <v>567</v>
       </c>
       <c r="D587" t="s">
         <v>1769</v>
       </c>
       <c r="E587" t="s">
         <v>1770</v>
       </c>
       <c r="F587" t="s">
-        <v>187</v>
+        <v>54</v>
       </c>
       <c r="G587" s="1" t="s">
+        <v>2170</v>
+      </c>
+      <c r="H587" t="s">
         <v>2171</v>
-      </c>
-[...1 lines deleted...]
-        <v>2172</v>
       </c>
     </row>
     <row r="588" spans="1:8">
       <c r="A588" t="s">
-        <v>2173</v>
+        <v>2172</v>
       </c>
       <c r="B588" t="s">
         <v>9</v>
       </c>
       <c r="C588" t="s">
-        <v>579</v>
+        <v>571</v>
       </c>
       <c r="D588" t="s">
         <v>1769</v>
       </c>
       <c r="E588" t="s">
         <v>1770</v>
       </c>
       <c r="F588" t="s">
-        <v>72</v>
+        <v>187</v>
       </c>
       <c r="G588" s="1" t="s">
+        <v>2173</v>
+      </c>
+      <c r="H588" t="s">
         <v>2174</v>
-      </c>
-[...1 lines deleted...]
-        <v>2175</v>
       </c>
     </row>
     <row r="589" spans="1:8">
       <c r="A589" t="s">
-        <v>2176</v>
+        <v>2175</v>
       </c>
       <c r="B589" t="s">
         <v>9</v>
       </c>
       <c r="C589" t="s">
-        <v>583</v>
+        <v>575</v>
       </c>
       <c r="D589" t="s">
         <v>1769</v>
       </c>
       <c r="E589" t="s">
         <v>1770</v>
       </c>
       <c r="F589" t="s">
         <v>187</v>
       </c>
       <c r="G589" s="1" t="s">
+        <v>2176</v>
+      </c>
+      <c r="H589" t="s">
         <v>2177</v>
-      </c>
-[...1 lines deleted...]
-        <v>1933</v>
       </c>
     </row>
     <row r="590" spans="1:8">
       <c r="A590" t="s">
         <v>2178</v>
       </c>
       <c r="B590" t="s">
         <v>9</v>
       </c>
       <c r="C590" t="s">
-        <v>587</v>
+        <v>579</v>
       </c>
       <c r="D590" t="s">
         <v>1769</v>
       </c>
       <c r="E590" t="s">
         <v>1770</v>
+      </c>
+      <c r="F590" t="s">
+        <v>72</v>
       </c>
       <c r="G590" s="1" t="s">
         <v>2179</v>
       </c>
       <c r="H590" t="s">
         <v>2180</v>
       </c>
     </row>
     <row r="591" spans="1:8">
       <c r="A591" t="s">
         <v>2181</v>
       </c>
       <c r="B591" t="s">
         <v>9</v>
       </c>
       <c r="C591" t="s">
-        <v>592</v>
+        <v>583</v>
       </c>
       <c r="D591" t="s">
         <v>1769</v>
       </c>
       <c r="E591" t="s">
         <v>1770</v>
       </c>
       <c r="F591" t="s">
-        <v>638</v>
+        <v>187</v>
       </c>
       <c r="G591" s="1" t="s">
         <v>2182</v>
       </c>
       <c r="H591" t="s">
-        <v>2183</v>
+        <v>1933</v>
       </c>
     </row>
     <row r="592" spans="1:8">
       <c r="A592" t="s">
-        <v>2184</v>
+        <v>2183</v>
       </c>
       <c r="B592" t="s">
         <v>9</v>
       </c>
       <c r="C592" t="s">
-        <v>597</v>
+        <v>587</v>
       </c>
       <c r="D592" t="s">
         <v>1769</v>
       </c>
       <c r="E592" t="s">
         <v>1770</v>
       </c>
-      <c r="F592" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G592" s="1" t="s">
+        <v>2184</v>
+      </c>
+      <c r="H592" t="s">
         <v>2185</v>
-      </c>
-[...1 lines deleted...]
-        <v>2186</v>
       </c>
     </row>
     <row r="593" spans="1:8">
       <c r="A593" t="s">
+        <v>2186</v>
+      </c>
+      <c r="B593" t="s">
+        <v>9</v>
+      </c>
+      <c r="C593" t="s">
+        <v>592</v>
+      </c>
+      <c r="D593" t="s">
+        <v>1769</v>
+      </c>
+      <c r="E593" t="s">
+        <v>1770</v>
+      </c>
+      <c r="F593" t="s">
+        <v>638</v>
+      </c>
+      <c r="G593" s="1" t="s">
         <v>2187</v>
       </c>
-      <c r="B593" t="s">
-[...5 lines deleted...]
-      <c r="D593" t="s">
+      <c r="H593" t="s">
         <v>2188</v>
-      </c>
-[...7 lines deleted...]
-        <v>2191</v>
       </c>
     </row>
     <row r="594" spans="1:8">
       <c r="A594" t="s">
-        <v>2192</v>
+        <v>2189</v>
       </c>
       <c r="B594" t="s">
         <v>9</v>
       </c>
       <c r="C594" t="s">
-        <v>17</v>
+        <v>597</v>
       </c>
       <c r="D594" t="s">
-        <v>2188</v>
+        <v>1769</v>
       </c>
       <c r="E594" t="s">
-        <v>2189</v>
+        <v>1770</v>
+      </c>
+      <c r="F594" t="s">
+        <v>638</v>
       </c>
       <c r="G594" s="1" t="s">
-        <v>2193</v>
+        <v>2190</v>
       </c>
       <c r="H594" t="s">
-        <v>2194</v>
+        <v>2191</v>
       </c>
     </row>
     <row r="595" spans="1:8">
       <c r="A595" t="s">
-        <v>2195</v>
+        <v>2192</v>
       </c>
       <c r="B595" t="s">
         <v>9</v>
       </c>
       <c r="C595" t="s">
-        <v>21</v>
+        <v>601</v>
       </c>
       <c r="D595" t="s">
-        <v>2188</v>
+        <v>1769</v>
       </c>
       <c r="E595" t="s">
-        <v>2189</v>
+        <v>1770</v>
+      </c>
+      <c r="F595" t="s">
+        <v>638</v>
       </c>
       <c r="G595" s="1" t="s">
-        <v>2196</v>
+        <v>2193</v>
       </c>
       <c r="H595" t="s">
-        <v>2197</v>
+        <v>2194</v>
       </c>
     </row>
     <row r="596" spans="1:8">
       <c r="A596" t="s">
-        <v>2198</v>
+        <v>2195</v>
       </c>
       <c r="B596" t="s">
         <v>9</v>
       </c>
       <c r="C596" t="s">
-        <v>25</v>
+        <v>605</v>
       </c>
       <c r="D596" t="s">
-        <v>2188</v>
+        <v>1769</v>
       </c>
       <c r="E596" t="s">
-        <v>2189</v>
+        <v>1770</v>
+      </c>
+      <c r="F596" t="s">
+        <v>638</v>
       </c>
       <c r="G596" s="1" t="s">
-        <v>2199</v>
+        <v>2196</v>
       </c>
       <c r="H596" t="s">
-        <v>2200</v>
+        <v>2197</v>
       </c>
     </row>
     <row r="597" spans="1:8">
       <c r="A597" t="s">
-        <v>2201</v>
+        <v>2198</v>
       </c>
       <c r="B597" t="s">
         <v>9</v>
       </c>
       <c r="C597" t="s">
-        <v>30</v>
+        <v>609</v>
       </c>
       <c r="D597" t="s">
-        <v>2188</v>
+        <v>1769</v>
       </c>
       <c r="E597" t="s">
-        <v>2189</v>
+        <v>1770</v>
+      </c>
+      <c r="F597" t="s">
+        <v>638</v>
       </c>
       <c r="G597" s="1" t="s">
-        <v>2202</v>
+        <v>2199</v>
       </c>
       <c r="H597" t="s">
-        <v>2203</v>
+        <v>2200</v>
       </c>
     </row>
     <row r="598" spans="1:8">
       <c r="A598" t="s">
+        <v>2201</v>
+      </c>
+      <c r="B598" t="s">
+        <v>9</v>
+      </c>
+      <c r="C598" t="s">
+        <v>10</v>
+      </c>
+      <c r="D598" t="s">
+        <v>2202</v>
+      </c>
+      <c r="E598" t="s">
+        <v>2203</v>
+      </c>
+      <c r="G598" s="1" t="s">
         <v>2204</v>
       </c>
-      <c r="B598" t="s">
-[...11 lines deleted...]
-      <c r="F598" t="s">
+      <c r="H598" t="s">
         <v>2205</v>
-      </c>
-[...4 lines deleted...]
-        <v>2207</v>
       </c>
     </row>
     <row r="599" spans="1:8">
       <c r="A599" t="s">
+        <v>2206</v>
+      </c>
+      <c r="B599" t="s">
+        <v>9</v>
+      </c>
+      <c r="C599" t="s">
+        <v>17</v>
+      </c>
+      <c r="D599" t="s">
+        <v>2202</v>
+      </c>
+      <c r="E599" t="s">
+        <v>2203</v>
+      </c>
+      <c r="G599" s="1" t="s">
+        <v>2207</v>
+      </c>
+      <c r="H599" t="s">
         <v>2208</v>
-      </c>
-[...19 lines deleted...]
-        <v>2212</v>
       </c>
     </row>
     <row r="600" spans="1:8">
       <c r="A600" t="s">
-        <v>2213</v>
+        <v>2209</v>
       </c>
       <c r="B600" t="s">
         <v>9</v>
       </c>
       <c r="C600" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="D600" t="s">
-        <v>2209</v>
+        <v>2202</v>
       </c>
       <c r="E600" t="s">
+        <v>2203</v>
+      </c>
+      <c r="G600" s="1" t="s">
         <v>2210</v>
       </c>
-      <c r="F600" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H600" t="s">
-        <v>2215</v>
+        <v>2211</v>
       </c>
     </row>
     <row r="601" spans="1:8">
       <c r="A601" t="s">
-        <v>2216</v>
+        <v>2212</v>
       </c>
       <c r="B601" t="s">
         <v>9</v>
       </c>
       <c r="C601" t="s">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="D601" t="s">
-        <v>2209</v>
+        <v>2202</v>
       </c>
       <c r="E601" t="s">
-        <v>2210</v>
-[...2 lines deleted...]
-        <v>200</v>
+        <v>2203</v>
       </c>
       <c r="G601" s="1" t="s">
-        <v>2217</v>
+        <v>2213</v>
       </c>
       <c r="H601" t="s">
-        <v>2218</v>
+        <v>2214</v>
       </c>
     </row>
     <row r="602" spans="1:8">
       <c r="A602" t="s">
-        <v>2219</v>
+        <v>2215</v>
       </c>
       <c r="B602" t="s">
         <v>9</v>
       </c>
       <c r="C602" t="s">
-        <v>25</v>
+        <v>30</v>
       </c>
       <c r="D602" t="s">
-        <v>2209</v>
+        <v>2202</v>
       </c>
       <c r="E602" t="s">
-        <v>2210</v>
-[...2 lines deleted...]
-        <v>125</v>
+        <v>2203</v>
       </c>
       <c r="G602" s="1" t="s">
-        <v>2220</v>
+        <v>2216</v>
       </c>
       <c r="H602" t="s">
-        <v>2221</v>
+        <v>2217</v>
       </c>
     </row>
     <row r="603" spans="1:8">
       <c r="A603" t="s">
-        <v>2222</v>
+        <v>2218</v>
       </c>
       <c r="B603" t="s">
         <v>9</v>
       </c>
       <c r="C603" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="D603" t="s">
-        <v>2209</v>
+        <v>2202</v>
       </c>
       <c r="E603" t="s">
-        <v>2210</v>
+        <v>2203</v>
       </c>
       <c r="F603" t="s">
-        <v>2161</v>
+        <v>2219</v>
       </c>
       <c r="G603" s="1" t="s">
-        <v>2223</v>
+        <v>2220</v>
       </c>
       <c r="H603" t="s">
-        <v>2224</v>
+        <v>2221</v>
       </c>
     </row>
     <row r="604" spans="1:8">
       <c r="A604" t="s">
+        <v>2222</v>
+      </c>
+      <c r="B604" t="s">
+        <v>9</v>
+      </c>
+      <c r="C604" t="s">
+        <v>10</v>
+      </c>
+      <c r="D604" t="s">
+        <v>2223</v>
+      </c>
+      <c r="E604" t="s">
+        <v>2224</v>
+      </c>
+      <c r="F604" t="s">
+        <v>187</v>
+      </c>
+      <c r="G604" s="1" t="s">
         <v>2225</v>
       </c>
-      <c r="B604" t="s">
-[...14 lines deleted...]
-      <c r="G604" s="1" t="s">
+      <c r="H604" t="s">
         <v>2226</v>
-      </c>
-[...1 lines deleted...]
-        <v>2227</v>
       </c>
     </row>
     <row r="605" spans="1:8">
       <c r="A605" t="s">
+        <v>2227</v>
+      </c>
+      <c r="B605" t="s">
+        <v>9</v>
+      </c>
+      <c r="C605" t="s">
+        <v>17</v>
+      </c>
+      <c r="D605" t="s">
+        <v>2223</v>
+      </c>
+      <c r="E605" t="s">
+        <v>2224</v>
+      </c>
+      <c r="F605" t="s">
+        <v>187</v>
+      </c>
+      <c r="G605" s="1" t="s">
         <v>2228</v>
       </c>
-      <c r="B605" t="s">
-[...14 lines deleted...]
-      <c r="G605" s="1" t="s">
+      <c r="H605" t="s">
         <v>2229</v>
-      </c>
-[...1 lines deleted...]
-        <v>2230</v>
       </c>
     </row>
     <row r="606" spans="1:8">
       <c r="A606" t="s">
+        <v>2230</v>
+      </c>
+      <c r="B606" t="s">
+        <v>9</v>
+      </c>
+      <c r="C606" t="s">
+        <v>21</v>
+      </c>
+      <c r="D606" t="s">
+        <v>2223</v>
+      </c>
+      <c r="E606" t="s">
+        <v>2224</v>
+      </c>
+      <c r="F606" t="s">
+        <v>200</v>
+      </c>
+      <c r="G606" s="1" t="s">
         <v>2231</v>
       </c>
-      <c r="B606" t="s">
-[...14 lines deleted...]
-      <c r="G606" s="1" t="s">
+      <c r="H606" t="s">
         <v>2232</v>
-      </c>
-[...1 lines deleted...]
-        <v>2233</v>
       </c>
     </row>
     <row r="607" spans="1:8">
       <c r="A607" t="s">
+        <v>2233</v>
+      </c>
+      <c r="B607" t="s">
+        <v>9</v>
+      </c>
+      <c r="C607" t="s">
+        <v>25</v>
+      </c>
+      <c r="D607" t="s">
+        <v>2223</v>
+      </c>
+      <c r="E607" t="s">
+        <v>2224</v>
+      </c>
+      <c r="F607" t="s">
+        <v>125</v>
+      </c>
+      <c r="G607" s="1" t="s">
         <v>2234</v>
       </c>
-      <c r="B607" t="s">
-[...14 lines deleted...]
-      <c r="G607" s="1" t="s">
+      <c r="H607" t="s">
         <v>2235</v>
-      </c>
-[...1 lines deleted...]
-        <v>2236</v>
       </c>
     </row>
     <row r="608" spans="1:8">
       <c r="A608" t="s">
+        <v>2236</v>
+      </c>
+      <c r="B608" t="s">
+        <v>9</v>
+      </c>
+      <c r="C608" t="s">
+        <v>30</v>
+      </c>
+      <c r="D608" t="s">
+        <v>2223</v>
+      </c>
+      <c r="E608" t="s">
+        <v>2224</v>
+      </c>
+      <c r="F608" t="s">
+        <v>2166</v>
+      </c>
+      <c r="G608" s="1" t="s">
         <v>2237</v>
       </c>
-      <c r="B608" t="s">
-[...14 lines deleted...]
-      <c r="G608" s="1" t="s">
+      <c r="H608" t="s">
         <v>2238</v>
-      </c>
-[...1 lines deleted...]
-        <v>2239</v>
       </c>
     </row>
     <row r="609" spans="1:8">
       <c r="A609" t="s">
+        <v>2239</v>
+      </c>
+      <c r="B609" t="s">
+        <v>9</v>
+      </c>
+      <c r="C609" t="s">
+        <v>34</v>
+      </c>
+      <c r="D609" t="s">
+        <v>2223</v>
+      </c>
+      <c r="E609" t="s">
+        <v>2224</v>
+      </c>
+      <c r="F609" t="s">
+        <v>54</v>
+      </c>
+      <c r="G609" s="1" t="s">
         <v>2240</v>
       </c>
-      <c r="B609" t="s">
-[...14 lines deleted...]
-      <c r="G609" s="1" t="s">
+      <c r="H609" t="s">
         <v>2241</v>
-      </c>
-[...1 lines deleted...]
-        <v>2242</v>
       </c>
     </row>
     <row r="610" spans="1:8">
       <c r="A610" t="s">
-        <v>2243</v>
+        <v>2242</v>
       </c>
       <c r="B610" t="s">
         <v>9</v>
       </c>
       <c r="C610" t="s">
-        <v>63</v>
+        <v>39</v>
       </c>
       <c r="D610" t="s">
-        <v>2209</v>
+        <v>2223</v>
       </c>
       <c r="E610" t="s">
-        <v>2210</v>
+        <v>2224</v>
       </c>
       <c r="F610" t="s">
         <v>72</v>
       </c>
       <c r="G610" s="1" t="s">
+        <v>2243</v>
+      </c>
+      <c r="H610" t="s">
         <v>2244</v>
-      </c>
-[...1 lines deleted...]
-        <v>2245</v>
       </c>
     </row>
     <row r="611" spans="1:8">
       <c r="A611" t="s">
+        <v>2245</v>
+      </c>
+      <c r="B611" t="s">
+        <v>9</v>
+      </c>
+      <c r="C611" t="s">
+        <v>44</v>
+      </c>
+      <c r="D611" t="s">
+        <v>2223</v>
+      </c>
+      <c r="E611" t="s">
+        <v>2224</v>
+      </c>
+      <c r="F611" t="s">
+        <v>72</v>
+      </c>
+      <c r="G611" s="1" t="s">
         <v>2246</v>
       </c>
-      <c r="B611" t="s">
-[...14 lines deleted...]
-      <c r="G611" s="1" t="s">
+      <c r="H611" t="s">
         <v>2247</v>
-      </c>
-[...1 lines deleted...]
-        <v>2248</v>
       </c>
     </row>
     <row r="612" spans="1:8">
       <c r="A612" t="s">
+        <v>2248</v>
+      </c>
+      <c r="B612" t="s">
+        <v>9</v>
+      </c>
+      <c r="C612" t="s">
+        <v>48</v>
+      </c>
+      <c r="D612" t="s">
+        <v>2223</v>
+      </c>
+      <c r="E612" t="s">
+        <v>2224</v>
+      </c>
+      <c r="F612" t="s">
+        <v>13</v>
+      </c>
+      <c r="G612" s="1" t="s">
         <v>2249</v>
       </c>
-      <c r="B612" t="s">
-[...14 lines deleted...]
-      <c r="G612" s="1" t="s">
+      <c r="H612" t="s">
         <v>2250</v>
-      </c>
-[...1 lines deleted...]
-        <v>2251</v>
       </c>
     </row>
     <row r="613" spans="1:8">
       <c r="A613" t="s">
+        <v>2251</v>
+      </c>
+      <c r="B613" t="s">
+        <v>9</v>
+      </c>
+      <c r="C613" t="s">
+        <v>53</v>
+      </c>
+      <c r="D613" t="s">
+        <v>2223</v>
+      </c>
+      <c r="E613" t="s">
+        <v>2224</v>
+      </c>
+      <c r="F613" t="s">
+        <v>187</v>
+      </c>
+      <c r="G613" s="1" t="s">
         <v>2252</v>
       </c>
-      <c r="B613" t="s">
-[...14 lines deleted...]
-      <c r="G613" s="1" t="s">
+      <c r="H613" t="s">
         <v>2253</v>
-      </c>
-[...1 lines deleted...]
-        <v>2254</v>
       </c>
     </row>
     <row r="614" spans="1:8">
       <c r="A614" t="s">
+        <v>2254</v>
+      </c>
+      <c r="B614" t="s">
+        <v>9</v>
+      </c>
+      <c r="C614" t="s">
+        <v>58</v>
+      </c>
+      <c r="D614" t="s">
+        <v>2223</v>
+      </c>
+      <c r="E614" t="s">
+        <v>2224</v>
+      </c>
+      <c r="F614" t="s">
+        <v>187</v>
+      </c>
+      <c r="G614" s="1" t="s">
         <v>2255</v>
       </c>
-      <c r="B614" t="s">
-[...14 lines deleted...]
-      <c r="G614" s="1" t="s">
+      <c r="H614" t="s">
         <v>2256</v>
-      </c>
-[...1 lines deleted...]
-        <v>2257</v>
       </c>
     </row>
     <row r="615" spans="1:8">
       <c r="A615" t="s">
+        <v>2257</v>
+      </c>
+      <c r="B615" t="s">
+        <v>9</v>
+      </c>
+      <c r="C615" t="s">
+        <v>63</v>
+      </c>
+      <c r="D615" t="s">
+        <v>2223</v>
+      </c>
+      <c r="E615" t="s">
+        <v>2224</v>
+      </c>
+      <c r="F615" t="s">
+        <v>72</v>
+      </c>
+      <c r="G615" s="1" t="s">
         <v>2258</v>
       </c>
-      <c r="B615" t="s">
-[...14 lines deleted...]
-      <c r="G615" s="1" t="s">
+      <c r="H615" t="s">
         <v>2259</v>
-      </c>
-[...1 lines deleted...]
-        <v>2260</v>
       </c>
     </row>
     <row r="616" spans="1:8">
       <c r="A616" t="s">
-        <v>2261</v>
+        <v>2260</v>
       </c>
       <c r="B616" t="s">
         <v>9</v>
       </c>
       <c r="C616" t="s">
-        <v>89</v>
+        <v>67</v>
       </c>
       <c r="D616" t="s">
-        <v>2209</v>
+        <v>2223</v>
       </c>
       <c r="E616" t="s">
-        <v>2210</v>
+        <v>2224</v>
       </c>
       <c r="F616" t="s">
         <v>54</v>
       </c>
       <c r="G616" s="1" t="s">
+        <v>2261</v>
+      </c>
+      <c r="H616" t="s">
         <v>2262</v>
-      </c>
-[...1 lines deleted...]
-        <v>2263</v>
       </c>
     </row>
     <row r="617" spans="1:8">
       <c r="A617" t="s">
+        <v>2263</v>
+      </c>
+      <c r="B617" t="s">
+        <v>9</v>
+      </c>
+      <c r="C617" t="s">
+        <v>71</v>
+      </c>
+      <c r="D617" t="s">
+        <v>2223</v>
+      </c>
+      <c r="E617" t="s">
+        <v>2224</v>
+      </c>
+      <c r="F617" t="s">
+        <v>54</v>
+      </c>
+      <c r="G617" s="1" t="s">
         <v>2264</v>
       </c>
-      <c r="B617" t="s">
-[...14 lines deleted...]
-      <c r="G617" s="1" t="s">
+      <c r="H617" t="s">
         <v>2265</v>
-      </c>
-[...1 lines deleted...]
-        <v>2266</v>
       </c>
     </row>
     <row r="618" spans="1:8">
       <c r="A618" t="s">
+        <v>2266</v>
+      </c>
+      <c r="B618" t="s">
+        <v>9</v>
+      </c>
+      <c r="C618" t="s">
+        <v>76</v>
+      </c>
+      <c r="D618" t="s">
+        <v>2223</v>
+      </c>
+      <c r="E618" t="s">
+        <v>2224</v>
+      </c>
+      <c r="F618" t="s">
+        <v>35</v>
+      </c>
+      <c r="G618" s="1" t="s">
         <v>2267</v>
       </c>
-      <c r="B618" t="s">
-[...14 lines deleted...]
-      <c r="G618" s="1" t="s">
+      <c r="H618" t="s">
         <v>2268</v>
-      </c>
-[...1 lines deleted...]
-        <v>2269</v>
       </c>
     </row>
     <row r="619" spans="1:8">
       <c r="A619" t="s">
+        <v>2269</v>
+      </c>
+      <c r="B619" t="s">
+        <v>9</v>
+      </c>
+      <c r="C619" t="s">
+        <v>80</v>
+      </c>
+      <c r="D619" t="s">
+        <v>2223</v>
+      </c>
+      <c r="E619" t="s">
+        <v>2224</v>
+      </c>
+      <c r="F619" t="s">
+        <v>26</v>
+      </c>
+      <c r="G619" s="1" t="s">
         <v>2270</v>
       </c>
-      <c r="B619" t="s">
-[...14 lines deleted...]
-      <c r="G619" s="1" t="s">
+      <c r="H619" t="s">
         <v>2271</v>
-      </c>
-[...1 lines deleted...]
-        <v>2272</v>
       </c>
     </row>
     <row r="620" spans="1:8">
       <c r="A620" t="s">
+        <v>2272</v>
+      </c>
+      <c r="B620" t="s">
+        <v>9</v>
+      </c>
+      <c r="C620" t="s">
+        <v>85</v>
+      </c>
+      <c r="D620" t="s">
+        <v>2223</v>
+      </c>
+      <c r="E620" t="s">
+        <v>2224</v>
+      </c>
+      <c r="F620" t="s">
+        <v>737</v>
+      </c>
+      <c r="G620" s="1" t="s">
         <v>2273</v>
       </c>
-      <c r="B620" t="s">
-[...11 lines deleted...]
-      <c r="F620" t="s">
+      <c r="H620" t="s">
         <v>2274</v>
-      </c>
-[...4 lines deleted...]
-        <v>2276</v>
       </c>
     </row>
     <row r="621" spans="1:8">
       <c r="A621" t="s">
+        <v>2275</v>
+      </c>
+      <c r="B621" t="s">
+        <v>9</v>
+      </c>
+      <c r="C621" t="s">
+        <v>89</v>
+      </c>
+      <c r="D621" t="s">
+        <v>2223</v>
+      </c>
+      <c r="E621" t="s">
+        <v>2224</v>
+      </c>
+      <c r="F621" t="s">
+        <v>54</v>
+      </c>
+      <c r="G621" s="1" t="s">
+        <v>2276</v>
+      </c>
+      <c r="H621" t="s">
         <v>2277</v>
-      </c>
-[...19 lines deleted...]
-        <v>2279</v>
       </c>
     </row>
     <row r="622" spans="1:8">
       <c r="A622" t="s">
+        <v>2278</v>
+      </c>
+      <c r="B622" t="s">
+        <v>9</v>
+      </c>
+      <c r="C622" t="s">
+        <v>94</v>
+      </c>
+      <c r="D622" t="s">
+        <v>2223</v>
+      </c>
+      <c r="E622" t="s">
+        <v>2224</v>
+      </c>
+      <c r="F622" t="s">
+        <v>72</v>
+      </c>
+      <c r="G622" s="1" t="s">
+        <v>2279</v>
+      </c>
+      <c r="H622" t="s">
         <v>2280</v>
-      </c>
-[...19 lines deleted...]
-        <v>2282</v>
       </c>
     </row>
     <row r="623" spans="1:8">
       <c r="A623" t="s">
+        <v>2281</v>
+      </c>
+      <c r="B623" t="s">
+        <v>9</v>
+      </c>
+      <c r="C623" t="s">
+        <v>98</v>
+      </c>
+      <c r="D623" t="s">
+        <v>2223</v>
+      </c>
+      <c r="E623" t="s">
+        <v>2224</v>
+      </c>
+      <c r="F623" t="s">
+        <v>125</v>
+      </c>
+      <c r="G623" s="1" t="s">
+        <v>2282</v>
+      </c>
+      <c r="H623" t="s">
         <v>2283</v>
-      </c>
-[...19 lines deleted...]
-        <v>2285</v>
       </c>
     </row>
     <row r="624" spans="1:8">
       <c r="A624" t="s">
+        <v>2284</v>
+      </c>
+      <c r="B624" t="s">
+        <v>9</v>
+      </c>
+      <c r="C624" t="s">
+        <v>102</v>
+      </c>
+      <c r="D624" t="s">
+        <v>2223</v>
+      </c>
+      <c r="E624" t="s">
+        <v>2224</v>
+      </c>
+      <c r="F624" t="s">
+        <v>166</v>
+      </c>
+      <c r="G624" s="1" t="s">
+        <v>2285</v>
+      </c>
+      <c r="H624" t="s">
         <v>2286</v>
-      </c>
-[...19 lines deleted...]
-        <v>2289</v>
       </c>
     </row>
     <row r="625" spans="1:8">
       <c r="A625" t="s">
+        <v>2287</v>
+      </c>
+      <c r="B625" t="s">
+        <v>9</v>
+      </c>
+      <c r="C625" t="s">
+        <v>106</v>
+      </c>
+      <c r="D625" t="s">
+        <v>2223</v>
+      </c>
+      <c r="E625" t="s">
+        <v>2224</v>
+      </c>
+      <c r="F625" t="s">
+        <v>2288</v>
+      </c>
+      <c r="G625" s="1" t="s">
+        <v>2289</v>
+      </c>
+      <c r="H625" t="s">
         <v>2290</v>
-      </c>
-[...19 lines deleted...]
-        <v>2292</v>
       </c>
     </row>
     <row r="626" spans="1:8">
       <c r="A626" t="s">
+        <v>2291</v>
+      </c>
+      <c r="B626" t="s">
+        <v>9</v>
+      </c>
+      <c r="C626" t="s">
+        <v>111</v>
+      </c>
+      <c r="D626" t="s">
+        <v>2223</v>
+      </c>
+      <c r="E626" t="s">
+        <v>2224</v>
+      </c>
+      <c r="F626" t="s">
+        <v>2288</v>
+      </c>
+      <c r="G626" s="1" t="s">
+        <v>2292</v>
+      </c>
+      <c r="H626" t="s">
         <v>2293</v>
-      </c>
-[...19 lines deleted...]
-        <v>2295</v>
       </c>
     </row>
     <row r="627" spans="1:8">
       <c r="A627" t="s">
+        <v>2294</v>
+      </c>
+      <c r="B627" t="s">
+        <v>9</v>
+      </c>
+      <c r="C627" t="s">
+        <v>115</v>
+      </c>
+      <c r="D627" t="s">
+        <v>2223</v>
+      </c>
+      <c r="E627" t="s">
+        <v>2224</v>
+      </c>
+      <c r="F627" t="s">
+        <v>54</v>
+      </c>
+      <c r="G627" s="1" t="s">
+        <v>2295</v>
+      </c>
+      <c r="H627" t="s">
         <v>2296</v>
-      </c>
-[...19 lines deleted...]
-        <v>2298</v>
       </c>
     </row>
     <row r="628" spans="1:8">
       <c r="A628" t="s">
+        <v>2297</v>
+      </c>
+      <c r="B628" t="s">
+        <v>9</v>
+      </c>
+      <c r="C628" t="s">
+        <v>119</v>
+      </c>
+      <c r="D628" t="s">
+        <v>2223</v>
+      </c>
+      <c r="E628" t="s">
+        <v>2224</v>
+      </c>
+      <c r="F628" t="s">
+        <v>54</v>
+      </c>
+      <c r="G628" s="1" t="s">
+        <v>2298</v>
+      </c>
+      <c r="H628" t="s">
         <v>2299</v>
-      </c>
-[...19 lines deleted...]
-        <v>2301</v>
       </c>
     </row>
     <row r="629" spans="1:8">
       <c r="A629" t="s">
+        <v>2300</v>
+      </c>
+      <c r="B629" t="s">
+        <v>9</v>
+      </c>
+      <c r="C629" t="s">
+        <v>124</v>
+      </c>
+      <c r="D629" t="s">
+        <v>2223</v>
+      </c>
+      <c r="E629" t="s">
+        <v>2224</v>
+      </c>
+      <c r="F629" t="s">
+        <v>2301</v>
+      </c>
+      <c r="G629" s="1" t="s">
         <v>2302</v>
       </c>
-      <c r="B629" t="s">
-[...14 lines deleted...]
-      <c r="G629" s="1" t="s">
+      <c r="H629" t="s">
         <v>2303</v>
-      </c>
-[...1 lines deleted...]
-        <v>2304</v>
       </c>
     </row>
     <row r="630" spans="1:8">
       <c r="A630" t="s">
+        <v>2304</v>
+      </c>
+      <c r="B630" t="s">
+        <v>9</v>
+      </c>
+      <c r="C630" t="s">
+        <v>129</v>
+      </c>
+      <c r="D630" t="s">
+        <v>2223</v>
+      </c>
+      <c r="E630" t="s">
+        <v>2224</v>
+      </c>
+      <c r="F630" t="s">
+        <v>26</v>
+      </c>
+      <c r="G630" s="1" t="s">
         <v>2305</v>
       </c>
-      <c r="B630" t="s">
-[...14 lines deleted...]
-      <c r="G630" s="1" t="s">
+      <c r="H630" t="s">
         <v>2306</v>
-      </c>
-[...1 lines deleted...]
-        <v>2307</v>
       </c>
     </row>
     <row r="631" spans="1:8">
       <c r="A631" t="s">
+        <v>2307</v>
+      </c>
+      <c r="B631" t="s">
+        <v>9</v>
+      </c>
+      <c r="C631" t="s">
+        <v>133</v>
+      </c>
+      <c r="D631" t="s">
+        <v>2223</v>
+      </c>
+      <c r="E631" t="s">
+        <v>2224</v>
+      </c>
+      <c r="F631" t="s">
+        <v>35</v>
+      </c>
+      <c r="G631" s="1" t="s">
         <v>2308</v>
       </c>
-      <c r="B631" t="s">
-[...14 lines deleted...]
-      <c r="G631" s="1" t="s">
+      <c r="H631" t="s">
         <v>2309</v>
-      </c>
-[...1 lines deleted...]
-        <v>2310</v>
       </c>
     </row>
     <row r="632" spans="1:8">
       <c r="A632" t="s">
+        <v>2310</v>
+      </c>
+      <c r="B632" t="s">
+        <v>9</v>
+      </c>
+      <c r="C632" t="s">
+        <v>137</v>
+      </c>
+      <c r="D632" t="s">
+        <v>2223</v>
+      </c>
+      <c r="E632" t="s">
+        <v>2224</v>
+      </c>
+      <c r="F632" t="s">
+        <v>526</v>
+      </c>
+      <c r="G632" s="1" t="s">
         <v>2311</v>
       </c>
-      <c r="B632" t="s">
-[...14 lines deleted...]
-      <c r="G632" s="1" t="s">
+      <c r="H632" t="s">
         <v>2312</v>
-      </c>
-[...1 lines deleted...]
-        <v>2313</v>
       </c>
     </row>
     <row r="633" spans="1:8">
       <c r="A633" t="s">
-        <v>2314</v>
+        <v>2313</v>
       </c>
       <c r="B633" t="s">
         <v>9</v>
       </c>
       <c r="C633" t="s">
-        <v>161</v>
+        <v>141</v>
       </c>
       <c r="D633" t="s">
-        <v>2209</v>
+        <v>2223</v>
       </c>
       <c r="E633" t="s">
-        <v>2210</v>
+        <v>2224</v>
       </c>
       <c r="F633" t="s">
         <v>40</v>
       </c>
       <c r="G633" s="1" t="s">
+        <v>2314</v>
+      </c>
+      <c r="H633" t="s">
         <v>2315</v>
-      </c>
-[...1 lines deleted...]
-        <v>2316</v>
       </c>
     </row>
     <row r="634" spans="1:8">
       <c r="A634" t="s">
+        <v>2316</v>
+      </c>
+      <c r="B634" t="s">
+        <v>9</v>
+      </c>
+      <c r="C634" t="s">
+        <v>145</v>
+      </c>
+      <c r="D634" t="s">
+        <v>2223</v>
+      </c>
+      <c r="E634" t="s">
+        <v>2224</v>
+      </c>
+      <c r="F634" t="s">
+        <v>125</v>
+      </c>
+      <c r="G634" s="1" t="s">
         <v>2317</v>
       </c>
-      <c r="B634" t="s">
-[...11 lines deleted...]
-      <c r="F634" t="s">
+      <c r="H634" t="s">
         <v>2318</v>
-      </c>
-[...4 lines deleted...]
-        <v>2320</v>
       </c>
     </row>
     <row r="635" spans="1:8">
       <c r="A635" t="s">
+        <v>2319</v>
+      </c>
+      <c r="B635" t="s">
+        <v>9</v>
+      </c>
+      <c r="C635" t="s">
+        <v>149</v>
+      </c>
+      <c r="D635" t="s">
+        <v>2223</v>
+      </c>
+      <c r="E635" t="s">
+        <v>2224</v>
+      </c>
+      <c r="F635" t="s">
+        <v>125</v>
+      </c>
+      <c r="G635" s="1" t="s">
+        <v>2320</v>
+      </c>
+      <c r="H635" t="s">
         <v>2321</v>
-      </c>
-[...19 lines deleted...]
-        <v>2323</v>
       </c>
     </row>
     <row r="636" spans="1:8">
       <c r="A636" t="s">
+        <v>2322</v>
+      </c>
+      <c r="B636" t="s">
+        <v>9</v>
+      </c>
+      <c r="C636" t="s">
+        <v>153</v>
+      </c>
+      <c r="D636" t="s">
+        <v>2223</v>
+      </c>
+      <c r="E636" t="s">
+        <v>2224</v>
+      </c>
+      <c r="F636" t="s">
+        <v>54</v>
+      </c>
+      <c r="G636" s="1" t="s">
+        <v>2323</v>
+      </c>
+      <c r="H636" t="s">
         <v>2324</v>
-      </c>
-[...19 lines deleted...]
-        <v>2326</v>
       </c>
     </row>
     <row r="637" spans="1:8">
       <c r="A637" t="s">
+        <v>2325</v>
+      </c>
+      <c r="B637" t="s">
+        <v>9</v>
+      </c>
+      <c r="C637" t="s">
+        <v>157</v>
+      </c>
+      <c r="D637" t="s">
+        <v>2223</v>
+      </c>
+      <c r="E637" t="s">
+        <v>2224</v>
+      </c>
+      <c r="F637" t="s">
+        <v>187</v>
+      </c>
+      <c r="G637" s="1" t="s">
+        <v>2326</v>
+      </c>
+      <c r="H637" t="s">
         <v>2327</v>
-      </c>
-[...19 lines deleted...]
-        <v>2329</v>
       </c>
     </row>
     <row r="638" spans="1:8">
       <c r="A638" t="s">
+        <v>2328</v>
+      </c>
+      <c r="B638" t="s">
+        <v>9</v>
+      </c>
+      <c r="C638" t="s">
+        <v>161</v>
+      </c>
+      <c r="D638" t="s">
+        <v>2223</v>
+      </c>
+      <c r="E638" t="s">
+        <v>2224</v>
+      </c>
+      <c r="F638" t="s">
+        <v>40</v>
+      </c>
+      <c r="G638" s="1" t="s">
+        <v>2329</v>
+      </c>
+      <c r="H638" t="s">
         <v>2330</v>
-      </c>
-[...19 lines deleted...]
-        <v>2332</v>
       </c>
     </row>
     <row r="639" spans="1:8">
       <c r="A639" t="s">
+        <v>2331</v>
+      </c>
+      <c r="B639" t="s">
+        <v>9</v>
+      </c>
+      <c r="C639" t="s">
+        <v>165</v>
+      </c>
+      <c r="D639" t="s">
+        <v>2223</v>
+      </c>
+      <c r="E639" t="s">
+        <v>2224</v>
+      </c>
+      <c r="F639" t="s">
+        <v>2332</v>
+      </c>
+      <c r="G639" s="1" t="s">
         <v>2333</v>
       </c>
-      <c r="B639" t="s">
-[...14 lines deleted...]
-      <c r="G639" s="1" t="s">
+      <c r="H639" t="s">
         <v>2334</v>
-      </c>
-[...1 lines deleted...]
-        <v>2335</v>
       </c>
     </row>
     <row r="640" spans="1:8">
       <c r="A640" t="s">
+        <v>2335</v>
+      </c>
+      <c r="B640" t="s">
+        <v>9</v>
+      </c>
+      <c r="C640" t="s">
+        <v>170</v>
+      </c>
+      <c r="D640" t="s">
+        <v>2223</v>
+      </c>
+      <c r="E640" t="s">
+        <v>2224</v>
+      </c>
+      <c r="F640" t="s">
+        <v>166</v>
+      </c>
+      <c r="G640" s="1" t="s">
         <v>2336</v>
       </c>
-      <c r="B640" t="s">
-[...14 lines deleted...]
-      <c r="G640" s="1" t="s">
+      <c r="H640" t="s">
         <v>2337</v>
-      </c>
-[...1 lines deleted...]
-        <v>2338</v>
       </c>
     </row>
     <row r="641" spans="1:8">
       <c r="A641" t="s">
+        <v>2338</v>
+      </c>
+      <c r="B641" t="s">
+        <v>9</v>
+      </c>
+      <c r="C641" t="s">
+        <v>174</v>
+      </c>
+      <c r="D641" t="s">
+        <v>2223</v>
+      </c>
+      <c r="E641" t="s">
+        <v>2224</v>
+      </c>
+      <c r="F641" t="s">
+        <v>166</v>
+      </c>
+      <c r="G641" s="1" t="s">
         <v>2339</v>
       </c>
-      <c r="B641" t="s">
-[...14 lines deleted...]
-      <c r="G641" s="1" t="s">
+      <c r="H641" t="s">
         <v>2340</v>
-      </c>
-[...1 lines deleted...]
-        <v>2341</v>
       </c>
     </row>
     <row r="642" spans="1:8">
       <c r="A642" t="s">
+        <v>2341</v>
+      </c>
+      <c r="B642" t="s">
+        <v>9</v>
+      </c>
+      <c r="C642" t="s">
+        <v>178</v>
+      </c>
+      <c r="D642" t="s">
+        <v>2223</v>
+      </c>
+      <c r="E642" t="s">
+        <v>2224</v>
+      </c>
+      <c r="F642" t="s">
+        <v>81</v>
+      </c>
+      <c r="G642" s="1" t="s">
         <v>2342</v>
       </c>
-      <c r="B642" t="s">
-[...14 lines deleted...]
-      <c r="G642" s="1" t="s">
+      <c r="H642" t="s">
         <v>2343</v>
-      </c>
-[...1 lines deleted...]
-        <v>2344</v>
       </c>
     </row>
     <row r="643" spans="1:8">
       <c r="A643" t="s">
+        <v>2344</v>
+      </c>
+      <c r="B643" t="s">
+        <v>9</v>
+      </c>
+      <c r="C643" t="s">
+        <v>182</v>
+      </c>
+      <c r="D643" t="s">
+        <v>2223</v>
+      </c>
+      <c r="E643" t="s">
+        <v>2224</v>
+      </c>
+      <c r="F643" t="s">
+        <v>35</v>
+      </c>
+      <c r="G643" s="1" t="s">
         <v>2345</v>
       </c>
-      <c r="B643" t="s">
-[...11 lines deleted...]
-      <c r="F643" t="s">
+      <c r="H643" t="s">
         <v>2346</v>
-      </c>
-[...4 lines deleted...]
-        <v>2348</v>
       </c>
     </row>
     <row r="644" spans="1:8">
       <c r="A644" t="s">
-        <v>2349</v>
+        <v>2347</v>
       </c>
       <c r="B644" t="s">
         <v>9</v>
       </c>
       <c r="C644" t="s">
-        <v>208</v>
+        <v>186</v>
       </c>
       <c r="D644" t="s">
-        <v>2209</v>
+        <v>2223</v>
       </c>
       <c r="E644" t="s">
-        <v>2210</v>
+        <v>2224</v>
       </c>
       <c r="F644" t="s">
         <v>40</v>
       </c>
       <c r="G644" s="1" t="s">
-        <v>2350</v>
+        <v>2348</v>
       </c>
       <c r="H644" t="s">
-        <v>2351</v>
+        <v>2349</v>
       </c>
     </row>
     <row r="645" spans="1:8">
       <c r="A645" t="s">
+        <v>2350</v>
+      </c>
+      <c r="B645" t="s">
+        <v>9</v>
+      </c>
+      <c r="C645" t="s">
+        <v>191</v>
+      </c>
+      <c r="D645" t="s">
+        <v>2223</v>
+      </c>
+      <c r="E645" t="s">
+        <v>2224</v>
+      </c>
+      <c r="F645" t="s">
+        <v>125</v>
+      </c>
+      <c r="G645" s="1" t="s">
+        <v>2351</v>
+      </c>
+      <c r="H645" t="s">
         <v>2352</v>
-      </c>
-[...19 lines deleted...]
-        <v>2354</v>
       </c>
     </row>
     <row r="646" spans="1:8">
       <c r="A646" t="s">
+        <v>2353</v>
+      </c>
+      <c r="B646" t="s">
+        <v>9</v>
+      </c>
+      <c r="C646" t="s">
+        <v>195</v>
+      </c>
+      <c r="D646" t="s">
+        <v>2223</v>
+      </c>
+      <c r="E646" t="s">
+        <v>2224</v>
+      </c>
+      <c r="F646" t="s">
+        <v>59</v>
+      </c>
+      <c r="G646" s="1" t="s">
+        <v>2354</v>
+      </c>
+      <c r="H646" t="s">
         <v>2355</v>
-      </c>
-[...19 lines deleted...]
-        <v>2357</v>
       </c>
     </row>
     <row r="647" spans="1:8">
       <c r="A647" t="s">
+        <v>2356</v>
+      </c>
+      <c r="B647" t="s">
+        <v>9</v>
+      </c>
+      <c r="C647" t="s">
+        <v>199</v>
+      </c>
+      <c r="D647" t="s">
+        <v>2223</v>
+      </c>
+      <c r="E647" t="s">
+        <v>2224</v>
+      </c>
+      <c r="F647" t="s">
+        <v>828</v>
+      </c>
+      <c r="G647" s="1" t="s">
+        <v>2357</v>
+      </c>
+      <c r="H647" t="s">
         <v>2358</v>
-      </c>
-[...19 lines deleted...]
-        <v>2360</v>
       </c>
     </row>
     <row r="648" spans="1:8">
       <c r="A648" t="s">
+        <v>2359</v>
+      </c>
+      <c r="B648" t="s">
+        <v>9</v>
+      </c>
+      <c r="C648" t="s">
+        <v>204</v>
+      </c>
+      <c r="D648" t="s">
+        <v>2223</v>
+      </c>
+      <c r="E648" t="s">
+        <v>2224</v>
+      </c>
+      <c r="F648" t="s">
+        <v>2360</v>
+      </c>
+      <c r="G648" s="1" t="s">
         <v>2361</v>
       </c>
-      <c r="B648" t="s">
-[...14 lines deleted...]
-      <c r="G648" s="1" t="s">
+      <c r="H648" t="s">
         <v>2362</v>
-      </c>
-[...1 lines deleted...]
-        <v>2363</v>
       </c>
     </row>
     <row r="649" spans="1:8">
       <c r="A649" t="s">
+        <v>2363</v>
+      </c>
+      <c r="B649" t="s">
+        <v>9</v>
+      </c>
+      <c r="C649" t="s">
+        <v>208</v>
+      </c>
+      <c r="D649" t="s">
+        <v>2223</v>
+      </c>
+      <c r="E649" t="s">
+        <v>2224</v>
+      </c>
+      <c r="F649" t="s">
+        <v>40</v>
+      </c>
+      <c r="G649" s="1" t="s">
         <v>2364</v>
       </c>
-      <c r="B649" t="s">
-[...14 lines deleted...]
-      <c r="G649" s="1" t="s">
+      <c r="H649" t="s">
         <v>2365</v>
-      </c>
-[...1 lines deleted...]
-        <v>2366</v>
       </c>
     </row>
     <row r="650" spans="1:8">
       <c r="A650" t="s">
+        <v>2366</v>
+      </c>
+      <c r="B650" t="s">
+        <v>9</v>
+      </c>
+      <c r="C650" t="s">
+        <v>212</v>
+      </c>
+      <c r="D650" t="s">
+        <v>2223</v>
+      </c>
+      <c r="E650" t="s">
+        <v>2224</v>
+      </c>
+      <c r="F650" t="s">
+        <v>54</v>
+      </c>
+      <c r="G650" s="1" t="s">
         <v>2367</v>
       </c>
-      <c r="B650" t="s">
-[...14 lines deleted...]
-      <c r="G650" s="1" t="s">
+      <c r="H650" t="s">
         <v>2368</v>
-      </c>
-[...1 lines deleted...]
-        <v>2369</v>
       </c>
     </row>
     <row r="651" spans="1:8">
       <c r="A651" t="s">
-        <v>2370</v>
+        <v>2369</v>
       </c>
       <c r="B651" t="s">
         <v>9</v>
       </c>
       <c r="C651" t="s">
-        <v>240</v>
+        <v>216</v>
       </c>
       <c r="D651" t="s">
-        <v>2209</v>
+        <v>2223</v>
       </c>
       <c r="E651" t="s">
-        <v>2210</v>
+        <v>2224</v>
       </c>
       <c r="F651" t="s">
         <v>166</v>
       </c>
       <c r="G651" s="1" t="s">
+        <v>2370</v>
+      </c>
+      <c r="H651" t="s">
         <v>2371</v>
-      </c>
-[...1 lines deleted...]
-        <v>2372</v>
       </c>
     </row>
     <row r="652" spans="1:8">
       <c r="A652" t="s">
+        <v>2372</v>
+      </c>
+      <c r="B652" t="s">
+        <v>9</v>
+      </c>
+      <c r="C652" t="s">
+        <v>220</v>
+      </c>
+      <c r="D652" t="s">
+        <v>2223</v>
+      </c>
+      <c r="E652" t="s">
+        <v>2224</v>
+      </c>
+      <c r="F652" t="s">
+        <v>166</v>
+      </c>
+      <c r="G652" s="1" t="s">
         <v>2373</v>
       </c>
-      <c r="B652" t="s">
-[...14 lines deleted...]
-      <c r="G652" s="1" t="s">
+      <c r="H652" t="s">
         <v>2374</v>
-      </c>
-[...1 lines deleted...]
-        <v>2375</v>
       </c>
     </row>
     <row r="653" spans="1:8">
       <c r="A653" t="s">
+        <v>2375</v>
+      </c>
+      <c r="B653" t="s">
+        <v>9</v>
+      </c>
+      <c r="C653" t="s">
+        <v>224</v>
+      </c>
+      <c r="D653" t="s">
+        <v>2223</v>
+      </c>
+      <c r="E653" t="s">
+        <v>2224</v>
+      </c>
+      <c r="F653" t="s">
+        <v>81</v>
+      </c>
+      <c r="G653" s="1" t="s">
         <v>2376</v>
       </c>
-      <c r="B653" t="s">
-[...11 lines deleted...]
-      <c r="F653" t="s">
+      <c r="H653" t="s">
         <v>2377</v>
-      </c>
-[...4 lines deleted...]
-        <v>2379</v>
       </c>
     </row>
     <row r="654" spans="1:8">
       <c r="A654" t="s">
+        <v>2378</v>
+      </c>
+      <c r="B654" t="s">
+        <v>9</v>
+      </c>
+      <c r="C654" t="s">
+        <v>232</v>
+      </c>
+      <c r="D654" t="s">
+        <v>2223</v>
+      </c>
+      <c r="E654" t="s">
+        <v>2224</v>
+      </c>
+      <c r="F654" t="s">
+        <v>166</v>
+      </c>
+      <c r="G654" s="1" t="s">
+        <v>2379</v>
+      </c>
+      <c r="H654" t="s">
         <v>2380</v>
-      </c>
-[...19 lines deleted...]
-        <v>2382</v>
       </c>
     </row>
     <row r="655" spans="1:8">
       <c r="A655" t="s">
+        <v>2381</v>
+      </c>
+      <c r="B655" t="s">
+        <v>9</v>
+      </c>
+      <c r="C655" t="s">
+        <v>236</v>
+      </c>
+      <c r="D655" t="s">
+        <v>2223</v>
+      </c>
+      <c r="E655" t="s">
+        <v>2224</v>
+      </c>
+      <c r="F655" t="s">
+        <v>166</v>
+      </c>
+      <c r="G655" s="1" t="s">
+        <v>2382</v>
+      </c>
+      <c r="H655" t="s">
         <v>2383</v>
-      </c>
-[...19 lines deleted...]
-        <v>2385</v>
       </c>
     </row>
     <row r="656" spans="1:8">
       <c r="A656" t="s">
+        <v>2384</v>
+      </c>
+      <c r="B656" t="s">
+        <v>9</v>
+      </c>
+      <c r="C656" t="s">
+        <v>240</v>
+      </c>
+      <c r="D656" t="s">
+        <v>2223</v>
+      </c>
+      <c r="E656" t="s">
+        <v>2224</v>
+      </c>
+      <c r="F656" t="s">
+        <v>166</v>
+      </c>
+      <c r="G656" s="1" t="s">
+        <v>2385</v>
+      </c>
+      <c r="H656" t="s">
         <v>2386</v>
-      </c>
-[...19 lines deleted...]
-        <v>2388</v>
       </c>
     </row>
     <row r="657" spans="1:8">
       <c r="A657" t="s">
+        <v>2387</v>
+      </c>
+      <c r="B657" t="s">
+        <v>9</v>
+      </c>
+      <c r="C657" t="s">
+        <v>244</v>
+      </c>
+      <c r="D657" t="s">
+        <v>2223</v>
+      </c>
+      <c r="E657" t="s">
+        <v>2224</v>
+      </c>
+      <c r="F657" t="s">
+        <v>26</v>
+      </c>
+      <c r="G657" s="1" t="s">
+        <v>2388</v>
+      </c>
+      <c r="H657" t="s">
         <v>2389</v>
-      </c>
-[...19 lines deleted...]
-        <v>2391</v>
       </c>
     </row>
     <row r="658" spans="1:8">
       <c r="A658" t="s">
+        <v>2390</v>
+      </c>
+      <c r="B658" t="s">
+        <v>9</v>
+      </c>
+      <c r="C658" t="s">
+        <v>248</v>
+      </c>
+      <c r="D658" t="s">
+        <v>2223</v>
+      </c>
+      <c r="E658" t="s">
+        <v>2224</v>
+      </c>
+      <c r="F658" t="s">
+        <v>2391</v>
+      </c>
+      <c r="G658" s="1" t="s">
         <v>2392</v>
       </c>
-      <c r="B658" t="s">
-[...14 lines deleted...]
-      <c r="G658" s="1" t="s">
+      <c r="H658" t="s">
         <v>2393</v>
-      </c>
-[...1 lines deleted...]
-        <v>2394</v>
       </c>
     </row>
     <row r="659" spans="1:8">
       <c r="A659" t="s">
-        <v>2395</v>
+        <v>2394</v>
       </c>
       <c r="B659" t="s">
         <v>9</v>
       </c>
       <c r="C659" t="s">
-        <v>272</v>
+        <v>252</v>
       </c>
       <c r="D659" t="s">
-        <v>2209</v>
+        <v>2223</v>
       </c>
       <c r="E659" t="s">
-        <v>2210</v>
+        <v>2224</v>
       </c>
       <c r="F659" t="s">
         <v>187</v>
       </c>
       <c r="G659" s="1" t="s">
+        <v>2395</v>
+      </c>
+      <c r="H659" t="s">
         <v>2396</v>
-      </c>
-[...1 lines deleted...]
-        <v>2397</v>
       </c>
     </row>
     <row r="660" spans="1:8">
       <c r="A660" t="s">
+        <v>2397</v>
+      </c>
+      <c r="B660" t="s">
+        <v>9</v>
+      </c>
+      <c r="C660" t="s">
+        <v>256</v>
+      </c>
+      <c r="D660" t="s">
+        <v>2223</v>
+      </c>
+      <c r="E660" t="s">
+        <v>2224</v>
+      </c>
+      <c r="F660" t="s">
+        <v>200</v>
+      </c>
+      <c r="G660" s="1" t="s">
         <v>2398</v>
       </c>
-      <c r="B660" t="s">
-[...14 lines deleted...]
-      <c r="G660" s="1" t="s">
+      <c r="H660" t="s">
         <v>2399</v>
-      </c>
-[...1 lines deleted...]
-        <v>2400</v>
       </c>
     </row>
     <row r="661" spans="1:8">
       <c r="A661" t="s">
+        <v>2400</v>
+      </c>
+      <c r="B661" t="s">
+        <v>9</v>
+      </c>
+      <c r="C661" t="s">
+        <v>260</v>
+      </c>
+      <c r="D661" t="s">
+        <v>2223</v>
+      </c>
+      <c r="E661" t="s">
+        <v>2224</v>
+      </c>
+      <c r="F661" t="s">
+        <v>54</v>
+      </c>
+      <c r="G661" s="1" t="s">
         <v>2401</v>
       </c>
-      <c r="B661" t="s">
-[...14 lines deleted...]
-      <c r="G661" s="1" t="s">
+      <c r="H661" t="s">
         <v>2402</v>
-      </c>
-[...1 lines deleted...]
-        <v>2403</v>
       </c>
     </row>
     <row r="662" spans="1:8">
       <c r="A662" t="s">
-        <v>2404</v>
+        <v>2403</v>
       </c>
       <c r="B662" t="s">
         <v>9</v>
       </c>
       <c r="C662" t="s">
-        <v>284</v>
+        <v>264</v>
       </c>
       <c r="D662" t="s">
-        <v>2209</v>
+        <v>2223</v>
       </c>
       <c r="E662" t="s">
-        <v>2210</v>
+        <v>2224</v>
       </c>
       <c r="F662" t="s">
         <v>166</v>
       </c>
       <c r="G662" s="1" t="s">
+        <v>2404</v>
+      </c>
+      <c r="H662" t="s">
         <v>2405</v>
-      </c>
-[...1 lines deleted...]
-        <v>2406</v>
       </c>
     </row>
     <row r="663" spans="1:8">
       <c r="A663" t="s">
-        <v>2407</v>
+        <v>2406</v>
       </c>
       <c r="B663" t="s">
         <v>9</v>
       </c>
       <c r="C663" t="s">
-        <v>288</v>
+        <v>268</v>
       </c>
       <c r="D663" t="s">
-        <v>2209</v>
+        <v>2223</v>
       </c>
       <c r="E663" t="s">
-        <v>2210</v>
+        <v>2224</v>
       </c>
       <c r="F663" t="s">
         <v>26</v>
       </c>
       <c r="G663" s="1" t="s">
+        <v>2407</v>
+      </c>
+      <c r="H663" t="s">
         <v>2408</v>
-      </c>
-[...1 lines deleted...]
-        <v>2409</v>
       </c>
     </row>
     <row r="664" spans="1:8">
       <c r="A664" t="s">
+        <v>2409</v>
+      </c>
+      <c r="B664" t="s">
+        <v>9</v>
+      </c>
+      <c r="C664" t="s">
+        <v>272</v>
+      </c>
+      <c r="D664" t="s">
+        <v>2223</v>
+      </c>
+      <c r="E664" t="s">
+        <v>2224</v>
+      </c>
+      <c r="F664" t="s">
+        <v>187</v>
+      </c>
+      <c r="G664" s="1" t="s">
         <v>2410</v>
       </c>
-      <c r="B664" t="s">
-[...14 lines deleted...]
-      <c r="G664" s="1" t="s">
+      <c r="H664" t="s">
         <v>2411</v>
-      </c>
-[...1 lines deleted...]
-        <v>2412</v>
       </c>
     </row>
     <row r="665" spans="1:8">
       <c r="A665" t="s">
+        <v>2412</v>
+      </c>
+      <c r="B665" t="s">
+        <v>9</v>
+      </c>
+      <c r="C665" t="s">
+        <v>276</v>
+      </c>
+      <c r="D665" t="s">
+        <v>2223</v>
+      </c>
+      <c r="E665" t="s">
+        <v>2224</v>
+      </c>
+      <c r="F665" t="s">
+        <v>72</v>
+      </c>
+      <c r="G665" s="1" t="s">
         <v>2413</v>
       </c>
-      <c r="B665" t="s">
-[...14 lines deleted...]
-      <c r="G665" s="1" t="s">
+      <c r="H665" t="s">
         <v>2414</v>
-      </c>
-[...1 lines deleted...]
-        <v>2415</v>
       </c>
     </row>
     <row r="666" spans="1:8">
       <c r="A666" t="s">
+        <v>2415</v>
+      </c>
+      <c r="B666" t="s">
+        <v>9</v>
+      </c>
+      <c r="C666" t="s">
+        <v>280</v>
+      </c>
+      <c r="D666" t="s">
+        <v>2223</v>
+      </c>
+      <c r="E666" t="s">
+        <v>2224</v>
+      </c>
+      <c r="F666" t="s">
+        <v>72</v>
+      </c>
+      <c r="G666" s="1" t="s">
         <v>2416</v>
       </c>
-      <c r="B666" t="s">
-[...14 lines deleted...]
-      <c r="G666" s="1" t="s">
+      <c r="H666" t="s">
         <v>2417</v>
-      </c>
-[...1 lines deleted...]
-        <v>2418</v>
       </c>
     </row>
     <row r="667" spans="1:8">
       <c r="A667" t="s">
+        <v>2418</v>
+      </c>
+      <c r="B667" t="s">
+        <v>9</v>
+      </c>
+      <c r="C667" t="s">
+        <v>284</v>
+      </c>
+      <c r="D667" t="s">
+        <v>2223</v>
+      </c>
+      <c r="E667" t="s">
+        <v>2224</v>
+      </c>
+      <c r="F667" t="s">
+        <v>166</v>
+      </c>
+      <c r="G667" s="1" t="s">
         <v>2419</v>
       </c>
-      <c r="B667" t="s">
-[...14 lines deleted...]
-      <c r="G667" s="1" t="s">
+      <c r="H667" t="s">
         <v>2420</v>
-      </c>
-[...1 lines deleted...]
-        <v>2421</v>
       </c>
     </row>
     <row r="668" spans="1:8">
       <c r="A668" t="s">
+        <v>2421</v>
+      </c>
+      <c r="B668" t="s">
+        <v>9</v>
+      </c>
+      <c r="C668" t="s">
+        <v>288</v>
+      </c>
+      <c r="D668" t="s">
+        <v>2223</v>
+      </c>
+      <c r="E668" t="s">
+        <v>2224</v>
+      </c>
+      <c r="F668" t="s">
+        <v>26</v>
+      </c>
+      <c r="G668" s="1" t="s">
         <v>2422</v>
       </c>
-      <c r="B668" t="s">
-[...11 lines deleted...]
-      <c r="F668" t="s">
+      <c r="H668" t="s">
         <v>2423</v>
-      </c>
-[...4 lines deleted...]
-        <v>2425</v>
       </c>
     </row>
     <row r="669" spans="1:8">
       <c r="A669" t="s">
+        <v>2424</v>
+      </c>
+      <c r="B669" t="s">
+        <v>9</v>
+      </c>
+      <c r="C669" t="s">
+        <v>296</v>
+      </c>
+      <c r="D669" t="s">
+        <v>2223</v>
+      </c>
+      <c r="E669" t="s">
+        <v>2224</v>
+      </c>
+      <c r="F669" t="s">
+        <v>40</v>
+      </c>
+      <c r="G669" s="1" t="s">
+        <v>2425</v>
+      </c>
+      <c r="H669" t="s">
         <v>2426</v>
-      </c>
-[...19 lines deleted...]
-        <v>2428</v>
       </c>
     </row>
     <row r="670" spans="1:8">
       <c r="A670" t="s">
+        <v>2427</v>
+      </c>
+      <c r="B670" t="s">
+        <v>9</v>
+      </c>
+      <c r="C670" t="s">
+        <v>300</v>
+      </c>
+      <c r="D670" t="s">
+        <v>2223</v>
+      </c>
+      <c r="E670" t="s">
+        <v>2224</v>
+      </c>
+      <c r="F670" t="s">
+        <v>125</v>
+      </c>
+      <c r="G670" s="1" t="s">
+        <v>2428</v>
+      </c>
+      <c r="H670" t="s">
         <v>2429</v>
-      </c>
-[...19 lines deleted...]
-        <v>2431</v>
       </c>
     </row>
     <row r="671" spans="1:8">
       <c r="A671" t="s">
+        <v>2430</v>
+      </c>
+      <c r="B671" t="s">
+        <v>9</v>
+      </c>
+      <c r="C671" t="s">
+        <v>304</v>
+      </c>
+      <c r="D671" t="s">
+        <v>2223</v>
+      </c>
+      <c r="E671" t="s">
+        <v>2224</v>
+      </c>
+      <c r="F671" t="s">
+        <v>593</v>
+      </c>
+      <c r="G671" s="1" t="s">
+        <v>2431</v>
+      </c>
+      <c r="H671" t="s">
         <v>2432</v>
-      </c>
-[...19 lines deleted...]
-        <v>2434</v>
       </c>
     </row>
     <row r="672" spans="1:8">
       <c r="A672" t="s">
+        <v>2433</v>
+      </c>
+      <c r="B672" t="s">
+        <v>9</v>
+      </c>
+      <c r="C672" t="s">
+        <v>308</v>
+      </c>
+      <c r="D672" t="s">
+        <v>2223</v>
+      </c>
+      <c r="E672" t="s">
+        <v>2224</v>
+      </c>
+      <c r="F672" t="s">
+        <v>72</v>
+      </c>
+      <c r="G672" s="1" t="s">
+        <v>2434</v>
+      </c>
+      <c r="H672" t="s">
         <v>2435</v>
-      </c>
-[...19 lines deleted...]
-        <v>2437</v>
       </c>
     </row>
     <row r="673" spans="1:8">
       <c r="A673" t="s">
+        <v>2436</v>
+      </c>
+      <c r="B673" t="s">
+        <v>9</v>
+      </c>
+      <c r="C673" t="s">
+        <v>312</v>
+      </c>
+      <c r="D673" t="s">
+        <v>2223</v>
+      </c>
+      <c r="E673" t="s">
+        <v>2224</v>
+      </c>
+      <c r="F673" t="s">
+        <v>2437</v>
+      </c>
+      <c r="G673" s="1" t="s">
         <v>2438</v>
       </c>
-      <c r="B673" t="s">
-[...11 lines deleted...]
-      <c r="F673" t="s">
+      <c r="H673" t="s">
         <v>2439</v>
-      </c>
-[...4 lines deleted...]
-        <v>2441</v>
       </c>
     </row>
     <row r="674" spans="1:8">
       <c r="A674" t="s">
+        <v>2440</v>
+      </c>
+      <c r="B674" t="s">
+        <v>9</v>
+      </c>
+      <c r="C674" t="s">
+        <v>316</v>
+      </c>
+      <c r="D674" t="s">
+        <v>2223</v>
+      </c>
+      <c r="E674" t="s">
+        <v>2224</v>
+      </c>
+      <c r="F674" t="s">
+        <v>59</v>
+      </c>
+      <c r="G674" s="1" t="s">
+        <v>2441</v>
+      </c>
+      <c r="H674" t="s">
         <v>2442</v>
-      </c>
-[...19 lines deleted...]
-        <v>2443</v>
       </c>
     </row>
     <row r="675" spans="1:8">
       <c r="A675" t="s">
+        <v>2443</v>
+      </c>
+      <c r="B675" t="s">
+        <v>9</v>
+      </c>
+      <c r="C675" t="s">
+        <v>319</v>
+      </c>
+      <c r="D675" t="s">
+        <v>2223</v>
+      </c>
+      <c r="E675" t="s">
+        <v>2224</v>
+      </c>
+      <c r="F675" t="s">
+        <v>26</v>
+      </c>
+      <c r="G675" s="1" t="s">
         <v>2444</v>
       </c>
-      <c r="B675" t="s">
-[...14 lines deleted...]
-      <c r="G675" s="1" t="s">
+      <c r="H675" t="s">
         <v>2445</v>
-      </c>
-[...1 lines deleted...]
-        <v>2446</v>
       </c>
     </row>
     <row r="676" spans="1:8">
       <c r="A676" t="s">
+        <v>2446</v>
+      </c>
+      <c r="B676" t="s">
+        <v>9</v>
+      </c>
+      <c r="C676" t="s">
+        <v>323</v>
+      </c>
+      <c r="D676" t="s">
+        <v>2223</v>
+      </c>
+      <c r="E676" t="s">
+        <v>2224</v>
+      </c>
+      <c r="F676" t="s">
+        <v>40</v>
+      </c>
+      <c r="G676" s="1" t="s">
         <v>2447</v>
       </c>
-      <c r="B676" t="s">
-[...14 lines deleted...]
-      <c r="G676" s="1" t="s">
+      <c r="H676" t="s">
         <v>2448</v>
-      </c>
-[...1 lines deleted...]
-        <v>2449</v>
       </c>
     </row>
     <row r="677" spans="1:8">
       <c r="A677" t="s">
+        <v>2449</v>
+      </c>
+      <c r="B677" t="s">
+        <v>9</v>
+      </c>
+      <c r="C677" t="s">
+        <v>327</v>
+      </c>
+      <c r="D677" t="s">
+        <v>2223</v>
+      </c>
+      <c r="E677" t="s">
+        <v>2224</v>
+      </c>
+      <c r="F677" t="s">
+        <v>125</v>
+      </c>
+      <c r="G677" s="1" t="s">
         <v>2450</v>
       </c>
-      <c r="B677" t="s">
-[...14 lines deleted...]
-      <c r="G677" s="1" t="s">
+      <c r="H677" t="s">
         <v>2451</v>
-      </c>
-[...1 lines deleted...]
-        <v>2452</v>
       </c>
     </row>
     <row r="678" spans="1:8">
       <c r="A678" t="s">
+        <v>2452</v>
+      </c>
+      <c r="B678" t="s">
+        <v>9</v>
+      </c>
+      <c r="C678" t="s">
+        <v>331</v>
+      </c>
+      <c r="D678" t="s">
+        <v>2223</v>
+      </c>
+      <c r="E678" t="s">
+        <v>2224</v>
+      </c>
+      <c r="F678" t="s">
         <v>2453</v>
       </c>
-      <c r="B678" t="s">
-[...11 lines deleted...]
-      <c r="F678" t="s">
+      <c r="G678" s="1" t="s">
         <v>2454</v>
       </c>
-      <c r="G678" s="1" t="s">
+      <c r="H678" t="s">
         <v>2455</v>
-      </c>
-[...1 lines deleted...]
-        <v>2456</v>
       </c>
     </row>
     <row r="679" spans="1:8">
       <c r="A679" t="s">
+        <v>2456</v>
+      </c>
+      <c r="B679" t="s">
+        <v>9</v>
+      </c>
+      <c r="C679" t="s">
+        <v>335</v>
+      </c>
+      <c r="D679" t="s">
+        <v>2223</v>
+      </c>
+      <c r="E679" t="s">
+        <v>2224</v>
+      </c>
+      <c r="F679" t="s">
+        <v>125</v>
+      </c>
+      <c r="G679" s="1" t="s">
+        <v>1780</v>
+      </c>
+      <c r="H679" t="s">
         <v>2457</v>
-      </c>
-[...19 lines deleted...]
-        <v>2459</v>
       </c>
     </row>
     <row r="680" spans="1:8">
       <c r="A680" t="s">
-        <v>2460</v>
+        <v>2458</v>
       </c>
       <c r="B680" t="s">
         <v>9</v>
       </c>
       <c r="C680" t="s">
-        <v>359</v>
+        <v>339</v>
       </c>
       <c r="D680" t="s">
-        <v>2209</v>
+        <v>2223</v>
       </c>
       <c r="E680" t="s">
-        <v>2210</v>
+        <v>2224</v>
       </c>
       <c r="F680" t="s">
         <v>54</v>
       </c>
       <c r="G680" s="1" t="s">
-        <v>2461</v>
+        <v>2459</v>
       </c>
       <c r="H680" t="s">
-        <v>2462</v>
+        <v>2460</v>
       </c>
     </row>
     <row r="681" spans="1:8">
       <c r="A681" t="s">
+        <v>2461</v>
+      </c>
+      <c r="B681" t="s">
+        <v>9</v>
+      </c>
+      <c r="C681" t="s">
+        <v>343</v>
+      </c>
+      <c r="D681" t="s">
+        <v>2223</v>
+      </c>
+      <c r="E681" t="s">
+        <v>2224</v>
+      </c>
+      <c r="F681" t="s">
+        <v>54</v>
+      </c>
+      <c r="G681" s="1" t="s">
+        <v>2462</v>
+      </c>
+      <c r="H681" t="s">
         <v>2463</v>
-      </c>
-[...19 lines deleted...]
-        <v>2465</v>
       </c>
     </row>
     <row r="682" spans="1:8">
       <c r="A682" t="s">
+        <v>2464</v>
+      </c>
+      <c r="B682" t="s">
+        <v>9</v>
+      </c>
+      <c r="C682" t="s">
+        <v>347</v>
+      </c>
+      <c r="D682" t="s">
+        <v>2223</v>
+      </c>
+      <c r="E682" t="s">
+        <v>2224</v>
+      </c>
+      <c r="F682" t="s">
+        <v>40</v>
+      </c>
+      <c r="G682" s="1" t="s">
+        <v>2465</v>
+      </c>
+      <c r="H682" t="s">
         <v>2466</v>
-      </c>
-[...19 lines deleted...]
-        <v>2468</v>
       </c>
     </row>
     <row r="683" spans="1:8">
       <c r="A683" t="s">
+        <v>2467</v>
+      </c>
+      <c r="B683" t="s">
+        <v>9</v>
+      </c>
+      <c r="C683" t="s">
+        <v>351</v>
+      </c>
+      <c r="D683" t="s">
+        <v>2223</v>
+      </c>
+      <c r="E683" t="s">
+        <v>2224</v>
+      </c>
+      <c r="F683" t="s">
+        <v>2468</v>
+      </c>
+      <c r="G683" s="1" t="s">
         <v>2469</v>
       </c>
-      <c r="B683" t="s">
-[...14 lines deleted...]
-      <c r="G683" s="1" t="s">
+      <c r="H683" t="s">
         <v>2470</v>
-      </c>
-[...1 lines deleted...]
-        <v>2471</v>
       </c>
     </row>
     <row r="684" spans="1:8">
       <c r="A684" t="s">
+        <v>2471</v>
+      </c>
+      <c r="B684" t="s">
+        <v>9</v>
+      </c>
+      <c r="C684" t="s">
+        <v>355</v>
+      </c>
+      <c r="D684" t="s">
+        <v>2223</v>
+      </c>
+      <c r="E684" t="s">
+        <v>2224</v>
+      </c>
+      <c r="F684" t="s">
+        <v>72</v>
+      </c>
+      <c r="G684" s="1" t="s">
         <v>2472</v>
       </c>
-      <c r="B684" t="s">
-[...14 lines deleted...]
-      <c r="G684" s="1" t="s">
+      <c r="H684" t="s">
         <v>2473</v>
-      </c>
-[...1 lines deleted...]
-        <v>2474</v>
       </c>
     </row>
     <row r="685" spans="1:8">
       <c r="A685" t="s">
+        <v>2474</v>
+      </c>
+      <c r="B685" t="s">
+        <v>9</v>
+      </c>
+      <c r="C685" t="s">
+        <v>359</v>
+      </c>
+      <c r="D685" t="s">
+        <v>2223</v>
+      </c>
+      <c r="E685" t="s">
+        <v>2224</v>
+      </c>
+      <c r="F685" t="s">
+        <v>54</v>
+      </c>
+      <c r="G685" s="1" t="s">
         <v>2475</v>
       </c>
-      <c r="B685" t="s">
-[...14 lines deleted...]
-      <c r="G685" s="1" t="s">
+      <c r="H685" t="s">
         <v>2476</v>
-      </c>
-[...1 lines deleted...]
-        <v>2477</v>
       </c>
     </row>
     <row r="686" spans="1:8">
       <c r="A686" t="s">
+        <v>2477</v>
+      </c>
+      <c r="B686" t="s">
+        <v>9</v>
+      </c>
+      <c r="C686" t="s">
+        <v>363</v>
+      </c>
+      <c r="D686" t="s">
+        <v>2223</v>
+      </c>
+      <c r="E686" t="s">
+        <v>2224</v>
+      </c>
+      <c r="F686" t="s">
+        <v>26</v>
+      </c>
+      <c r="G686" s="1" t="s">
         <v>2478</v>
       </c>
-      <c r="B686" t="s">
-[...14 lines deleted...]
-      <c r="G686" s="1" t="s">
+      <c r="H686" t="s">
         <v>2479</v>
-      </c>
-[...1 lines deleted...]
-        <v>2480</v>
       </c>
     </row>
     <row r="687" spans="1:8">
       <c r="A687" t="s">
+        <v>2480</v>
+      </c>
+      <c r="B687" t="s">
+        <v>9</v>
+      </c>
+      <c r="C687" t="s">
+        <v>367</v>
+      </c>
+      <c r="D687" t="s">
+        <v>2223</v>
+      </c>
+      <c r="E687" t="s">
+        <v>2224</v>
+      </c>
+      <c r="F687" t="s">
+        <v>200</v>
+      </c>
+      <c r="G687" s="1" t="s">
         <v>2481</v>
       </c>
-      <c r="B687" t="s">
-[...14 lines deleted...]
-      <c r="G687" s="1" t="s">
+      <c r="H687" t="s">
         <v>2482</v>
-      </c>
-[...1 lines deleted...]
-        <v>2483</v>
       </c>
     </row>
     <row r="688" spans="1:8">
       <c r="A688" t="s">
+        <v>2483</v>
+      </c>
+      <c r="B688" t="s">
+        <v>9</v>
+      </c>
+      <c r="C688" t="s">
+        <v>371</v>
+      </c>
+      <c r="D688" t="s">
+        <v>2223</v>
+      </c>
+      <c r="E688" t="s">
+        <v>2224</v>
+      </c>
+      <c r="F688" t="s">
+        <v>40</v>
+      </c>
+      <c r="G688" s="1" t="s">
         <v>2484</v>
       </c>
-      <c r="B688" t="s">
-[...14 lines deleted...]
-      <c r="G688" s="1" t="s">
+      <c r="H688" t="s">
         <v>2485</v>
-      </c>
-[...1 lines deleted...]
-        <v>2486</v>
       </c>
     </row>
     <row r="689" spans="1:8">
       <c r="A689" t="s">
+        <v>2486</v>
+      </c>
+      <c r="B689" t="s">
+        <v>9</v>
+      </c>
+      <c r="C689" t="s">
+        <v>375</v>
+      </c>
+      <c r="D689" t="s">
+        <v>2223</v>
+      </c>
+      <c r="E689" t="s">
+        <v>2224</v>
+      </c>
+      <c r="F689" t="s">
+        <v>26</v>
+      </c>
+      <c r="G689" s="1" t="s">
         <v>2487</v>
       </c>
-      <c r="B689" t="s">
-[...14 lines deleted...]
-      <c r="G689" s="1" t="s">
+      <c r="H689" t="s">
         <v>2488</v>
-      </c>
-[...1 lines deleted...]
-        <v>2489</v>
       </c>
     </row>
     <row r="690" spans="1:8">
       <c r="A690" t="s">
+        <v>2489</v>
+      </c>
+      <c r="B690" t="s">
+        <v>9</v>
+      </c>
+      <c r="C690" t="s">
+        <v>379</v>
+      </c>
+      <c r="D690" t="s">
+        <v>2223</v>
+      </c>
+      <c r="E690" t="s">
+        <v>2224</v>
+      </c>
+      <c r="F690" t="s">
+        <v>40</v>
+      </c>
+      <c r="G690" s="1" t="s">
         <v>2490</v>
       </c>
-      <c r="B690" t="s">
-[...11 lines deleted...]
-      <c r="F690" t="s">
+      <c r="H690" t="s">
         <v>2491</v>
-      </c>
-[...4 lines deleted...]
-        <v>2493</v>
       </c>
     </row>
     <row r="691" spans="1:8">
       <c r="A691" t="s">
+        <v>2492</v>
+      </c>
+      <c r="B691" t="s">
+        <v>9</v>
+      </c>
+      <c r="C691" t="s">
+        <v>383</v>
+      </c>
+      <c r="D691" t="s">
+        <v>2223</v>
+      </c>
+      <c r="E691" t="s">
+        <v>2224</v>
+      </c>
+      <c r="F691" t="s">
+        <v>125</v>
+      </c>
+      <c r="G691" s="1" t="s">
+        <v>2493</v>
+      </c>
+      <c r="H691" t="s">
         <v>2494</v>
-      </c>
-[...19 lines deleted...]
-        <v>2496</v>
       </c>
     </row>
     <row r="692" spans="1:8">
       <c r="A692" t="s">
+        <v>2495</v>
+      </c>
+      <c r="B692" t="s">
+        <v>9</v>
+      </c>
+      <c r="C692" t="s">
+        <v>387</v>
+      </c>
+      <c r="D692" t="s">
+        <v>2223</v>
+      </c>
+      <c r="E692" t="s">
+        <v>2224</v>
+      </c>
+      <c r="F692" t="s">
+        <v>59</v>
+      </c>
+      <c r="G692" s="1" t="s">
+        <v>2496</v>
+      </c>
+      <c r="H692" t="s">
         <v>2497</v>
-      </c>
-[...19 lines deleted...]
-        <v>2499</v>
       </c>
     </row>
     <row r="693" spans="1:8">
       <c r="A693" t="s">
+        <v>2498</v>
+      </c>
+      <c r="B693" t="s">
+        <v>9</v>
+      </c>
+      <c r="C693" t="s">
+        <v>391</v>
+      </c>
+      <c r="D693" t="s">
+        <v>2223</v>
+      </c>
+      <c r="E693" t="s">
+        <v>2224</v>
+      </c>
+      <c r="F693" t="s">
+        <v>72</v>
+      </c>
+      <c r="G693" s="1" t="s">
+        <v>2499</v>
+      </c>
+      <c r="H693" t="s">
         <v>2500</v>
-      </c>
-[...19 lines deleted...]
-        <v>2502</v>
       </c>
     </row>
     <row r="694" spans="1:8">
       <c r="A694" t="s">
+        <v>2501</v>
+      </c>
+      <c r="B694" t="s">
+        <v>9</v>
+      </c>
+      <c r="C694" t="s">
+        <v>395</v>
+      </c>
+      <c r="D694" t="s">
+        <v>2223</v>
+      </c>
+      <c r="E694" t="s">
+        <v>2224</v>
+      </c>
+      <c r="F694" t="s">
+        <v>54</v>
+      </c>
+      <c r="G694" s="1" t="s">
+        <v>2502</v>
+      </c>
+      <c r="H694" t="s">
         <v>2503</v>
-      </c>
-[...19 lines deleted...]
-        <v>2505</v>
       </c>
     </row>
     <row r="695" spans="1:8">
       <c r="A695" t="s">
+        <v>2504</v>
+      </c>
+      <c r="B695" t="s">
+        <v>9</v>
+      </c>
+      <c r="C695" t="s">
+        <v>399</v>
+      </c>
+      <c r="D695" t="s">
+        <v>2223</v>
+      </c>
+      <c r="E695" t="s">
+        <v>2224</v>
+      </c>
+      <c r="F695" t="s">
+        <v>2505</v>
+      </c>
+      <c r="G695" s="1" t="s">
         <v>2506</v>
       </c>
-      <c r="B695" t="s">
-[...14 lines deleted...]
-      <c r="G695" s="1" t="s">
+      <c r="H695" t="s">
         <v>2507</v>
-      </c>
-[...1 lines deleted...]
-        <v>2508</v>
       </c>
     </row>
     <row r="696" spans="1:8">
       <c r="A696" t="s">
+        <v>2508</v>
+      </c>
+      <c r="B696" t="s">
+        <v>9</v>
+      </c>
+      <c r="C696" t="s">
+        <v>403</v>
+      </c>
+      <c r="D696" t="s">
+        <v>2223</v>
+      </c>
+      <c r="E696" t="s">
+        <v>2224</v>
+      </c>
+      <c r="F696" t="s">
+        <v>26</v>
+      </c>
+      <c r="G696" s="1" t="s">
         <v>2509</v>
       </c>
-      <c r="B696" t="s">
-[...14 lines deleted...]
-      <c r="G696" s="1" t="s">
+      <c r="H696" t="s">
         <v>2510</v>
-      </c>
-[...1 lines deleted...]
-        <v>2511</v>
       </c>
     </row>
     <row r="697" spans="1:8">
       <c r="A697" t="s">
+        <v>2511</v>
+      </c>
+      <c r="B697" t="s">
+        <v>9</v>
+      </c>
+      <c r="C697" t="s">
+        <v>407</v>
+      </c>
+      <c r="D697" t="s">
+        <v>2223</v>
+      </c>
+      <c r="E697" t="s">
+        <v>2224</v>
+      </c>
+      <c r="F697" t="s">
+        <v>200</v>
+      </c>
+      <c r="G697" s="1" t="s">
         <v>2512</v>
       </c>
-      <c r="B697" t="s">
-[...14 lines deleted...]
-      <c r="G697" s="1" t="s">
+      <c r="H697" t="s">
         <v>2513</v>
-      </c>
-[...1 lines deleted...]
-        <v>2514</v>
       </c>
     </row>
     <row r="698" spans="1:8">
       <c r="A698" t="s">
+        <v>2514</v>
+      </c>
+      <c r="B698" t="s">
+        <v>9</v>
+      </c>
+      <c r="C698" t="s">
+        <v>411</v>
+      </c>
+      <c r="D698" t="s">
+        <v>2223</v>
+      </c>
+      <c r="E698" t="s">
+        <v>2224</v>
+      </c>
+      <c r="F698" t="s">
+        <v>40</v>
+      </c>
+      <c r="G698" s="1" t="s">
         <v>2515</v>
       </c>
-      <c r="B698" t="s">
-[...11 lines deleted...]
-      <c r="F698" t="s">
+      <c r="H698" t="s">
         <v>2516</v>
-      </c>
-[...4 lines deleted...]
-        <v>2518</v>
       </c>
     </row>
     <row r="699" spans="1:8">
       <c r="A699" t="s">
+        <v>2517</v>
+      </c>
+      <c r="B699" t="s">
+        <v>9</v>
+      </c>
+      <c r="C699" t="s">
+        <v>415</v>
+      </c>
+      <c r="D699" t="s">
+        <v>2223</v>
+      </c>
+      <c r="E699" t="s">
+        <v>2224</v>
+      </c>
+      <c r="F699" t="s">
+        <v>72</v>
+      </c>
+      <c r="G699" s="1" t="s">
+        <v>2518</v>
+      </c>
+      <c r="H699" t="s">
         <v>2519</v>
-      </c>
-[...19 lines deleted...]
-        <v>2521</v>
       </c>
     </row>
     <row r="700" spans="1:8">
       <c r="A700" t="s">
+        <v>2520</v>
+      </c>
+      <c r="B700" t="s">
+        <v>9</v>
+      </c>
+      <c r="C700" t="s">
+        <v>419</v>
+      </c>
+      <c r="D700" t="s">
+        <v>2223</v>
+      </c>
+      <c r="E700" t="s">
+        <v>2224</v>
+      </c>
+      <c r="F700" t="s">
+        <v>72</v>
+      </c>
+      <c r="G700" s="1" t="s">
+        <v>2521</v>
+      </c>
+      <c r="H700" t="s">
         <v>2522</v>
-      </c>
-[...19 lines deleted...]
-        <v>2524</v>
       </c>
     </row>
     <row r="701" spans="1:8">
       <c r="A701" t="s">
+        <v>2523</v>
+      </c>
+      <c r="B701" t="s">
+        <v>9</v>
+      </c>
+      <c r="C701" t="s">
+        <v>423</v>
+      </c>
+      <c r="D701" t="s">
+        <v>2223</v>
+      </c>
+      <c r="E701" t="s">
+        <v>2224</v>
+      </c>
+      <c r="F701" t="s">
+        <v>81</v>
+      </c>
+      <c r="G701" s="1" t="s">
+        <v>2524</v>
+      </c>
+      <c r="H701" t="s">
         <v>2525</v>
-      </c>
-[...19 lines deleted...]
-        <v>2527</v>
       </c>
     </row>
     <row r="702" spans="1:8">
       <c r="A702" t="s">
+        <v>2526</v>
+      </c>
+      <c r="B702" t="s">
+        <v>9</v>
+      </c>
+      <c r="C702" t="s">
+        <v>427</v>
+      </c>
+      <c r="D702" t="s">
+        <v>2223</v>
+      </c>
+      <c r="E702" t="s">
+        <v>2224</v>
+      </c>
+      <c r="F702" t="s">
+        <v>81</v>
+      </c>
+      <c r="G702" s="1" t="s">
+        <v>2527</v>
+      </c>
+      <c r="H702" t="s">
         <v>2528</v>
-      </c>
-[...19 lines deleted...]
-        <v>2530</v>
       </c>
     </row>
     <row r="703" spans="1:8">
       <c r="A703" t="s">
+        <v>2529</v>
+      </c>
+      <c r="B703" t="s">
+        <v>9</v>
+      </c>
+      <c r="C703" t="s">
+        <v>431</v>
+      </c>
+      <c r="D703" t="s">
+        <v>2223</v>
+      </c>
+      <c r="E703" t="s">
+        <v>2224</v>
+      </c>
+      <c r="F703" t="s">
+        <v>2530</v>
+      </c>
+      <c r="G703" s="1" t="s">
         <v>2531</v>
       </c>
-      <c r="B703" t="s">
-[...14 lines deleted...]
-      <c r="G703" s="1" t="s">
+      <c r="H703" t="s">
         <v>2532</v>
-      </c>
-[...1 lines deleted...]
-        <v>2533</v>
       </c>
     </row>
     <row r="704" spans="1:8">
       <c r="A704" t="s">
+        <v>2533</v>
+      </c>
+      <c r="B704" t="s">
+        <v>9</v>
+      </c>
+      <c r="C704" t="s">
+        <v>435</v>
+      </c>
+      <c r="D704" t="s">
+        <v>2223</v>
+      </c>
+      <c r="E704" t="s">
+        <v>2224</v>
+      </c>
+      <c r="F704" t="s">
+        <v>54</v>
+      </c>
+      <c r="G704" s="1" t="s">
         <v>2534</v>
       </c>
-      <c r="B704" t="s">
-[...14 lines deleted...]
-      <c r="G704" s="1" t="s">
+      <c r="H704" t="s">
         <v>2535</v>
-      </c>
-[...1 lines deleted...]
-        <v>2536</v>
       </c>
     </row>
     <row r="705" spans="1:8">
       <c r="A705" t="s">
+        <v>2536</v>
+      </c>
+      <c r="B705" t="s">
+        <v>9</v>
+      </c>
+      <c r="C705" t="s">
+        <v>439</v>
+      </c>
+      <c r="D705" t="s">
+        <v>2223</v>
+      </c>
+      <c r="E705" t="s">
+        <v>2224</v>
+      </c>
+      <c r="F705" t="s">
+        <v>125</v>
+      </c>
+      <c r="G705" s="1" t="s">
         <v>2537</v>
       </c>
-      <c r="B705" t="s">
-[...11 lines deleted...]
-      <c r="F705" t="s">
+      <c r="H705" t="s">
         <v>2538</v>
-      </c>
-[...4 lines deleted...]
-        <v>2540</v>
       </c>
     </row>
     <row r="706" spans="1:8">
       <c r="A706" t="s">
+        <v>2539</v>
+      </c>
+      <c r="B706" t="s">
+        <v>9</v>
+      </c>
+      <c r="C706" t="s">
+        <v>443</v>
+      </c>
+      <c r="D706" t="s">
+        <v>2223</v>
+      </c>
+      <c r="E706" t="s">
+        <v>2224</v>
+      </c>
+      <c r="F706" t="s">
+        <v>26</v>
+      </c>
+      <c r="G706" s="1" t="s">
+        <v>2540</v>
+      </c>
+      <c r="H706" t="s">
         <v>2541</v>
-      </c>
-[...19 lines deleted...]
-        <v>2544</v>
       </c>
     </row>
     <row r="707" spans="1:8">
       <c r="A707" t="s">
-        <v>2545</v>
+        <v>2542</v>
       </c>
       <c r="B707" t="s">
         <v>9</v>
       </c>
       <c r="C707" t="s">
-        <v>467</v>
+        <v>447</v>
       </c>
       <c r="D707" t="s">
-        <v>2209</v>
+        <v>2223</v>
       </c>
       <c r="E707" t="s">
-        <v>2210</v>
+        <v>2224</v>
       </c>
       <c r="F707" t="s">
-        <v>2546</v>
+        <v>40</v>
       </c>
       <c r="G707" s="1" t="s">
-        <v>2547</v>
+        <v>2543</v>
       </c>
       <c r="H707" t="s">
-        <v>2548</v>
+        <v>2544</v>
       </c>
     </row>
     <row r="708" spans="1:8">
       <c r="A708" t="s">
-        <v>2549</v>
+        <v>2545</v>
       </c>
       <c r="B708" t="s">
         <v>9</v>
       </c>
       <c r="C708" t="s">
-        <v>471</v>
+        <v>451</v>
       </c>
       <c r="D708" t="s">
-        <v>2209</v>
+        <v>2223</v>
       </c>
       <c r="E708" t="s">
-        <v>2210</v>
+        <v>2224</v>
       </c>
       <c r="F708" t="s">
-        <v>2550</v>
+        <v>72</v>
       </c>
       <c r="G708" s="1" t="s">
-        <v>2551</v>
+        <v>2546</v>
       </c>
       <c r="H708" t="s">
-        <v>2552</v>
+        <v>2547</v>
       </c>
     </row>
     <row r="709" spans="1:8">
       <c r="A709" t="s">
-        <v>2553</v>
+        <v>2548</v>
       </c>
       <c r="B709" t="s">
         <v>9</v>
       </c>
       <c r="C709" t="s">
-        <v>475</v>
+        <v>455</v>
       </c>
       <c r="D709" t="s">
-        <v>2209</v>
+        <v>2223</v>
       </c>
       <c r="E709" t="s">
-        <v>2210</v>
+        <v>2224</v>
       </c>
       <c r="F709" t="s">
-        <v>26</v>
+        <v>81</v>
       </c>
       <c r="G709" s="1" t="s">
-        <v>2554</v>
+        <v>2549</v>
       </c>
       <c r="H709" t="s">
-        <v>2555</v>
+        <v>2550</v>
       </c>
     </row>
     <row r="710" spans="1:8">
       <c r="A710" t="s">
-        <v>2556</v>
+        <v>2551</v>
       </c>
       <c r="B710" t="s">
         <v>9</v>
       </c>
       <c r="C710" t="s">
-        <v>479</v>
+        <v>459</v>
       </c>
       <c r="D710" t="s">
-        <v>2209</v>
+        <v>2223</v>
       </c>
       <c r="E710" t="s">
-        <v>2210</v>
+        <v>2224</v>
       </c>
       <c r="F710" t="s">
-        <v>2557</v>
+        <v>2552</v>
       </c>
       <c r="G710" s="1" t="s">
-        <v>2558</v>
+        <v>2553</v>
       </c>
       <c r="H710" t="s">
-        <v>2559</v>
+        <v>2554</v>
       </c>
     </row>
     <row r="711" spans="1:8">
       <c r="A711" t="s">
-        <v>2560</v>
+        <v>2555</v>
       </c>
       <c r="B711" t="s">
         <v>9</v>
       </c>
       <c r="C711" t="s">
-        <v>483</v>
+        <v>463</v>
       </c>
       <c r="D711" t="s">
-        <v>2209</v>
+        <v>2223</v>
       </c>
       <c r="E711" t="s">
-        <v>2210</v>
+        <v>2224</v>
       </c>
       <c r="F711" t="s">
-        <v>2561</v>
+        <v>2556</v>
       </c>
       <c r="G711" s="1" t="s">
-        <v>2562</v>
+        <v>2557</v>
       </c>
       <c r="H711" t="s">
-        <v>2563</v>
+        <v>2558</v>
       </c>
     </row>
     <row r="712" spans="1:8">
       <c r="A712" t="s">
-        <v>2564</v>
+        <v>2559</v>
       </c>
       <c r="B712" t="s">
         <v>9</v>
       </c>
       <c r="C712" t="s">
-        <v>487</v>
+        <v>467</v>
       </c>
       <c r="D712" t="s">
-        <v>2209</v>
+        <v>2223</v>
       </c>
       <c r="E712" t="s">
-        <v>2210</v>
+        <v>2224</v>
       </c>
       <c r="F712" t="s">
-        <v>2565</v>
+        <v>2560</v>
       </c>
       <c r="G712" s="1" t="s">
-        <v>2566</v>
+        <v>2561</v>
       </c>
       <c r="H712" t="s">
-        <v>2567</v>
+        <v>2562</v>
       </c>
     </row>
     <row r="713" spans="1:8">
       <c r="A713" t="s">
-        <v>2568</v>
+        <v>2563</v>
       </c>
       <c r="B713" t="s">
         <v>9</v>
       </c>
       <c r="C713" t="s">
-        <v>491</v>
+        <v>471</v>
       </c>
       <c r="D713" t="s">
-        <v>2209</v>
+        <v>2223</v>
       </c>
       <c r="E713" t="s">
-        <v>2210</v>
+        <v>2224</v>
       </c>
       <c r="F713" t="s">
-        <v>2569</v>
+        <v>2564</v>
       </c>
       <c r="G713" s="1" t="s">
-        <v>2570</v>
+        <v>2565</v>
       </c>
       <c r="H713" t="s">
-        <v>2571</v>
+        <v>2566</v>
       </c>
     </row>
     <row r="714" spans="1:8">
       <c r="A714" t="s">
-        <v>2572</v>
+        <v>2567</v>
       </c>
       <c r="B714" t="s">
         <v>9</v>
       </c>
       <c r="C714" t="s">
-        <v>495</v>
+        <v>475</v>
       </c>
       <c r="D714" t="s">
-        <v>2209</v>
+        <v>2223</v>
       </c>
       <c r="E714" t="s">
-        <v>2210</v>
+        <v>2224</v>
       </c>
       <c r="F714" t="s">
         <v>26</v>
       </c>
       <c r="G714" s="1" t="s">
-        <v>2573</v>
+        <v>2568</v>
       </c>
       <c r="H714" t="s">
-        <v>2574</v>
+        <v>2569</v>
       </c>
     </row>
     <row r="715" spans="1:8">
       <c r="A715" t="s">
-        <v>2575</v>
+        <v>2570</v>
       </c>
       <c r="B715" t="s">
         <v>9</v>
       </c>
       <c r="C715" t="s">
-        <v>500</v>
+        <v>479</v>
       </c>
       <c r="D715" t="s">
-        <v>2209</v>
+        <v>2223</v>
       </c>
       <c r="E715" t="s">
-        <v>2210</v>
+        <v>2224</v>
       </c>
       <c r="F715" t="s">
-        <v>2576</v>
+        <v>2571</v>
       </c>
       <c r="G715" s="1" t="s">
-        <v>2577</v>
+        <v>2572</v>
       </c>
       <c r="H715" t="s">
-        <v>2578</v>
+        <v>2573</v>
       </c>
     </row>
     <row r="716" spans="1:8">
       <c r="A716" t="s">
-        <v>2579</v>
+        <v>2574</v>
       </c>
       <c r="B716" t="s">
         <v>9</v>
       </c>
       <c r="C716" t="s">
-        <v>504</v>
+        <v>483</v>
       </c>
       <c r="D716" t="s">
-        <v>2209</v>
+        <v>2223</v>
       </c>
       <c r="E716" t="s">
-        <v>2210</v>
+        <v>2224</v>
       </c>
       <c r="F716" t="s">
-        <v>2580</v>
+        <v>2575</v>
       </c>
       <c r="G716" s="1" t="s">
-        <v>2581</v>
+        <v>2576</v>
       </c>
       <c r="H716" t="s">
-        <v>2582</v>
+        <v>2577</v>
       </c>
     </row>
     <row r="717" spans="1:8">
       <c r="A717" t="s">
-        <v>2583</v>
+        <v>2578</v>
       </c>
       <c r="B717" t="s">
         <v>9</v>
       </c>
       <c r="C717" t="s">
-        <v>508</v>
+        <v>487</v>
       </c>
       <c r="D717" t="s">
-        <v>2209</v>
+        <v>2223</v>
       </c>
       <c r="E717" t="s">
-        <v>2210</v>
+        <v>2224</v>
       </c>
       <c r="F717" t="s">
-        <v>81</v>
+        <v>2579</v>
       </c>
       <c r="G717" s="1" t="s">
-        <v>2584</v>
+        <v>2580</v>
       </c>
       <c r="H717" t="s">
-        <v>2585</v>
+        <v>2581</v>
       </c>
     </row>
     <row r="718" spans="1:8">
       <c r="A718" t="s">
-        <v>2586</v>
+        <v>2582</v>
       </c>
       <c r="B718" t="s">
         <v>9</v>
       </c>
       <c r="C718" t="s">
-        <v>512</v>
+        <v>491</v>
       </c>
       <c r="D718" t="s">
-        <v>2209</v>
+        <v>2223</v>
       </c>
       <c r="E718" t="s">
-        <v>2210</v>
+        <v>2224</v>
+      </c>
+      <c r="F718" t="s">
+        <v>2583</v>
       </c>
       <c r="G718" s="1" t="s">
-        <v>2587</v>
+        <v>2584</v>
       </c>
       <c r="H718" t="s">
-        <v>2588</v>
+        <v>2585</v>
       </c>
     </row>
     <row r="719" spans="1:8">
       <c r="A719" t="s">
-        <v>2589</v>
+        <v>2586</v>
       </c>
       <c r="B719" t="s">
         <v>9</v>
       </c>
       <c r="C719" t="s">
-        <v>10</v>
+        <v>495</v>
       </c>
       <c r="D719" t="s">
-        <v>2590</v>
+        <v>2223</v>
       </c>
       <c r="E719" t="s">
-        <v>2591</v>
+        <v>2224</v>
       </c>
       <c r="F719" t="s">
-        <v>81</v>
+        <v>26</v>
       </c>
       <c r="G719" s="1" t="s">
-        <v>2592</v>
+        <v>2587</v>
       </c>
       <c r="H719" t="s">
-        <v>2191</v>
+        <v>2588</v>
       </c>
     </row>
     <row r="720" spans="1:8">
       <c r="A720" t="s">
-        <v>2593</v>
+        <v>2589</v>
       </c>
       <c r="B720" t="s">
         <v>9</v>
       </c>
       <c r="C720" t="s">
-        <v>17</v>
+        <v>500</v>
       </c>
       <c r="D720" t="s">
+        <v>2223</v>
+      </c>
+      <c r="E720" t="s">
+        <v>2224</v>
+      </c>
+      <c r="F720" t="s">
         <v>2590</v>
       </c>
-      <c r="E720" t="s">
+      <c r="G720" s="1" t="s">
         <v>2591</v>
       </c>
-      <c r="F720" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H720" t="s">
-        <v>2194</v>
+        <v>2592</v>
       </c>
     </row>
     <row r="721" spans="1:8">
       <c r="A721" t="s">
+        <v>2593</v>
+      </c>
+      <c r="B721" t="s">
+        <v>9</v>
+      </c>
+      <c r="C721" t="s">
+        <v>504</v>
+      </c>
+      <c r="D721" t="s">
+        <v>2223</v>
+      </c>
+      <c r="E721" t="s">
+        <v>2224</v>
+      </c>
+      <c r="F721" t="s">
+        <v>2594</v>
+      </c>
+      <c r="G721" s="1" t="s">
         <v>2595</v>
       </c>
-      <c r="B721" t="s">
-[...14 lines deleted...]
-      <c r="G721" s="1" t="s">
+      <c r="H721" t="s">
         <v>2596</v>
-      </c>
-[...1 lines deleted...]
-        <v>2197</v>
       </c>
     </row>
     <row r="722" spans="1:8">
       <c r="A722" t="s">
         <v>2597</v>
       </c>
       <c r="B722" t="s">
         <v>9</v>
       </c>
       <c r="C722" t="s">
-        <v>39</v>
+        <v>508</v>
       </c>
       <c r="D722" t="s">
-        <v>2590</v>
+        <v>2223</v>
       </c>
       <c r="E722" t="s">
-        <v>2591</v>
+        <v>2224</v>
       </c>
       <c r="F722" t="s">
         <v>81</v>
       </c>
       <c r="G722" s="1" t="s">
         <v>2598</v>
       </c>
       <c r="H722" t="s">
         <v>2599</v>
       </c>
     </row>
     <row r="723" spans="1:8">
       <c r="A723" t="s">
         <v>2600</v>
       </c>
       <c r="B723" t="s">
         <v>9</v>
       </c>
       <c r="C723" t="s">
-        <v>10</v>
+        <v>512</v>
       </c>
       <c r="D723" t="s">
+        <v>2223</v>
+      </c>
+      <c r="E723" t="s">
+        <v>2224</v>
+      </c>
+      <c r="G723" s="1" t="s">
         <v>2601</v>
       </c>
-      <c r="E723" t="s">
+      <c r="H723" t="s">
         <v>2602</v>
-      </c>
-[...7 lines deleted...]
-        <v>2604</v>
       </c>
     </row>
     <row r="724" spans="1:8">
       <c r="A724" t="s">
+        <v>2603</v>
+      </c>
+      <c r="B724" t="s">
+        <v>9</v>
+      </c>
+      <c r="C724" t="s">
+        <v>10</v>
+      </c>
+      <c r="D724" t="s">
+        <v>2604</v>
+      </c>
+      <c r="E724" t="s">
         <v>2605</v>
       </c>
-      <c r="B724" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F724" t="s">
-        <v>1571</v>
+        <v>81</v>
       </c>
       <c r="G724" s="1" t="s">
         <v>2606</v>
       </c>
       <c r="H724" t="s">
-        <v>2604</v>
+        <v>2205</v>
       </c>
     </row>
     <row r="725" spans="1:8">
       <c r="A725" t="s">
         <v>2607</v>
       </c>
       <c r="B725" t="s">
         <v>9</v>
       </c>
       <c r="C725" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="D725" t="s">
-        <v>2601</v>
+        <v>2604</v>
       </c>
       <c r="E725" t="s">
-        <v>2602</v>
+        <v>2605</v>
       </c>
       <c r="F725" t="s">
-        <v>1531</v>
+        <v>81</v>
       </c>
       <c r="G725" s="1" t="s">
         <v>2608</v>
       </c>
       <c r="H725" t="s">
-        <v>2609</v>
+        <v>2208</v>
       </c>
     </row>
     <row r="726" spans="1:8">
       <c r="A726" t="s">
+        <v>2609</v>
+      </c>
+      <c r="B726" t="s">
+        <v>9</v>
+      </c>
+      <c r="C726" t="s">
+        <v>21</v>
+      </c>
+      <c r="D726" t="s">
+        <v>2604</v>
+      </c>
+      <c r="E726" t="s">
+        <v>2605</v>
+      </c>
+      <c r="F726" t="s">
+        <v>81</v>
+      </c>
+      <c r="G726" s="1" t="s">
         <v>2610</v>
       </c>
-      <c r="B726" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="H726" t="s">
-        <v>2613</v>
+        <v>2211</v>
       </c>
     </row>
     <row r="727" spans="1:8">
       <c r="A727" t="s">
-        <v>2614</v>
+        <v>2611</v>
       </c>
       <c r="B727" t="s">
         <v>9</v>
       </c>
       <c r="C727" t="s">
-        <v>25</v>
+        <v>39</v>
       </c>
       <c r="D727" t="s">
-        <v>2615</v>
+        <v>2604</v>
       </c>
       <c r="E727" t="s">
-        <v>2616</v>
+        <v>2605</v>
       </c>
       <c r="F727" t="s">
-        <v>1502</v>
+        <v>81</v>
       </c>
       <c r="G727" s="1" t="s">
-        <v>2617</v>
+        <v>2612</v>
       </c>
       <c r="H727" t="s">
-        <v>2618</v>
+        <v>2613</v>
       </c>
     </row>
     <row r="728" spans="1:8">
       <c r="A728" t="s">
-        <v>2619</v>
+        <v>2614</v>
       </c>
       <c r="B728" t="s">
         <v>9</v>
       </c>
       <c r="C728" t="s">
-        <v>30</v>
+        <v>10</v>
       </c>
       <c r="D728" t="s">
         <v>2615</v>
       </c>
       <c r="E728" t="s">
         <v>2616</v>
       </c>
       <c r="F728" t="s">
-        <v>1502</v>
+        <v>1571</v>
       </c>
       <c r="G728" s="1" t="s">
-        <v>2620</v>
+        <v>2617</v>
       </c>
       <c r="H728" t="s">
-        <v>2621</v>
+        <v>2618</v>
       </c>
     </row>
     <row r="729" spans="1:8">
       <c r="A729" t="s">
-        <v>2622</v>
+        <v>2619</v>
       </c>
       <c r="B729" t="s">
         <v>9</v>
       </c>
       <c r="C729" t="s">
-        <v>34</v>
+        <v>17</v>
       </c>
       <c r="D729" t="s">
         <v>2615</v>
       </c>
       <c r="E729" t="s">
         <v>2616</v>
       </c>
       <c r="F729" t="s">
-        <v>1502</v>
+        <v>1571</v>
       </c>
       <c r="G729" s="1" t="s">
-        <v>2623</v>
+        <v>2620</v>
       </c>
       <c r="H729" t="s">
-        <v>2624</v>
+        <v>2618</v>
       </c>
     </row>
     <row r="730" spans="1:8">
       <c r="A730" t="s">
-        <v>2625</v>
+        <v>2621</v>
       </c>
       <c r="B730" t="s">
         <v>9</v>
       </c>
       <c r="C730" t="s">
-        <v>44</v>
+        <v>21</v>
       </c>
       <c r="D730" t="s">
         <v>2615</v>
       </c>
       <c r="E730" t="s">
         <v>2616</v>
       </c>
       <c r="F730" t="s">
-        <v>1502</v>
+        <v>1531</v>
       </c>
       <c r="G730" s="1" t="s">
-        <v>2626</v>
+        <v>2622</v>
       </c>
       <c r="H730" t="s">
-        <v>2627</v>
+        <v>2623</v>
       </c>
     </row>
     <row r="731" spans="1:8">
       <c r="A731" t="s">
-        <v>2628</v>
+        <v>2624</v>
       </c>
       <c r="B731" t="s">
         <v>9</v>
       </c>
       <c r="C731" t="s">
-        <v>63</v>
+        <v>25</v>
       </c>
       <c r="D731" t="s">
         <v>2615</v>
       </c>
       <c r="E731" t="s">
         <v>2616</v>
       </c>
       <c r="F731" t="s">
-        <v>1655</v>
+        <v>2625</v>
       </c>
       <c r="G731" s="1" t="s">
-        <v>2629</v>
+        <v>2626</v>
       </c>
       <c r="H731" t="s">
-        <v>2630</v>
+        <v>2627</v>
       </c>
     </row>
     <row r="732" spans="1:8">
       <c r="A732" t="s">
+        <v>2628</v>
+      </c>
+      <c r="B732" t="s">
+        <v>9</v>
+      </c>
+      <c r="C732" t="s">
+        <v>25</v>
+      </c>
+      <c r="D732" t="s">
+        <v>2629</v>
+      </c>
+      <c r="E732" t="s">
+        <v>2630</v>
+      </c>
+      <c r="F732" t="s">
+        <v>1502</v>
+      </c>
+      <c r="G732" s="1" t="s">
         <v>2631</v>
       </c>
-      <c r="B732" t="s">
-[...5 lines deleted...]
-      <c r="D732" t="s">
+      <c r="H732" t="s">
         <v>2632</v>
-      </c>
-[...10 lines deleted...]
-        <v>2635</v>
       </c>
     </row>
     <row r="733" spans="1:8">
       <c r="A733" t="s">
-        <v>2636</v>
+        <v>2633</v>
       </c>
       <c r="B733" t="s">
         <v>9</v>
       </c>
       <c r="C733" t="s">
-        <v>53</v>
+        <v>30</v>
       </c>
       <c r="D733" t="s">
-        <v>2632</v>
+        <v>2629</v>
       </c>
       <c r="E733" t="s">
-        <v>2633</v>
+        <v>2630</v>
       </c>
       <c r="F733" t="s">
-        <v>187</v>
+        <v>1502</v>
       </c>
       <c r="G733" s="1" t="s">
-        <v>2637</v>
+        <v>2634</v>
       </c>
       <c r="H733" t="s">
         <v>2635</v>
       </c>
     </row>
     <row r="734" spans="1:8">
       <c r="A734" t="s">
+        <v>2636</v>
+      </c>
+      <c r="B734" t="s">
+        <v>9</v>
+      </c>
+      <c r="C734" t="s">
+        <v>34</v>
+      </c>
+      <c r="D734" t="s">
+        <v>2629</v>
+      </c>
+      <c r="E734" t="s">
+        <v>2630</v>
+      </c>
+      <c r="F734" t="s">
+        <v>1502</v>
+      </c>
+      <c r="G734" s="1" t="s">
+        <v>2637</v>
+      </c>
+      <c r="H734" t="s">
         <v>2638</v>
-      </c>
-[...19 lines deleted...]
-        <v>2635</v>
       </c>
     </row>
     <row r="735" spans="1:8">
       <c r="A735" t="s">
+        <v>2639</v>
+      </c>
+      <c r="B735" t="s">
+        <v>9</v>
+      </c>
+      <c r="C735" t="s">
+        <v>44</v>
+      </c>
+      <c r="D735" t="s">
+        <v>2629</v>
+      </c>
+      <c r="E735" t="s">
+        <v>2630</v>
+      </c>
+      <c r="F735" t="s">
+        <v>1502</v>
+      </c>
+      <c r="G735" s="1" t="s">
         <v>2640</v>
       </c>
-      <c r="B735" t="s">
-[...14 lines deleted...]
-      <c r="G735" s="1" t="s">
+      <c r="H735" t="s">
         <v>2641</v>
-      </c>
-[...1 lines deleted...]
-        <v>2642</v>
       </c>
     </row>
     <row r="736" spans="1:8">
       <c r="A736" t="s">
+        <v>2642</v>
+      </c>
+      <c r="B736" t="s">
+        <v>9</v>
+      </c>
+      <c r="C736" t="s">
+        <v>63</v>
+      </c>
+      <c r="D736" t="s">
+        <v>2629</v>
+      </c>
+      <c r="E736" t="s">
+        <v>2630</v>
+      </c>
+      <c r="F736" t="s">
+        <v>1655</v>
+      </c>
+      <c r="G736" s="1" t="s">
         <v>2643</v>
       </c>
-      <c r="B736" t="s">
-[...14 lines deleted...]
-      <c r="G736" s="1" t="s">
+      <c r="H736" t="s">
         <v>2644</v>
-      </c>
-[...1 lines deleted...]
-        <v>2645</v>
       </c>
     </row>
     <row r="737" spans="1:8">
       <c r="A737" t="s">
+        <v>2645</v>
+      </c>
+      <c r="B737" t="s">
+        <v>9</v>
+      </c>
+      <c r="C737" t="s">
+        <v>48</v>
+      </c>
+      <c r="D737" t="s">
         <v>2646</v>
       </c>
-      <c r="B737" t="s">
-[...5 lines deleted...]
-      <c r="D737" t="s">
+      <c r="E737" t="s">
         <v>2647</v>
       </c>
-      <c r="E737" t="s">
+      <c r="F737" t="s">
+        <v>1531</v>
+      </c>
+      <c r="G737" s="1" t="s">
         <v>2648</v>
       </c>
-      <c r="F737" t="s">
-[...2 lines deleted...]
-      <c r="G737" s="1" t="s">
+      <c r="H737" t="s">
         <v>2649</v>
-      </c>
-[...1 lines deleted...]
-        <v>2650</v>
       </c>
     </row>
     <row r="738" spans="1:8">
       <c r="A738" t="s">
+        <v>2650</v>
+      </c>
+      <c r="B738" t="s">
+        <v>9</v>
+      </c>
+      <c r="C738" t="s">
+        <v>53</v>
+      </c>
+      <c r="D738" t="s">
+        <v>2646</v>
+      </c>
+      <c r="E738" t="s">
+        <v>2647</v>
+      </c>
+      <c r="F738" t="s">
+        <v>187</v>
+      </c>
+      <c r="G738" s="1" t="s">
         <v>2651</v>
       </c>
-      <c r="B738" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="H738" t="s">
-        <v>2653</v>
+        <v>2649</v>
       </c>
     </row>
     <row r="739" spans="1:8">
       <c r="A739" t="s">
-        <v>2654</v>
+        <v>2652</v>
       </c>
       <c r="B739" t="s">
         <v>9</v>
       </c>
       <c r="C739" t="s">
-        <v>21</v>
+        <v>58</v>
       </c>
       <c r="D739" t="s">
+        <v>2646</v>
+      </c>
+      <c r="E739" t="s">
         <v>2647</v>
       </c>
-      <c r="E739" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F739" t="s">
-        <v>638</v>
+        <v>81</v>
       </c>
       <c r="G739" s="1" t="s">
-        <v>2655</v>
+        <v>2653</v>
       </c>
       <c r="H739" t="s">
-        <v>2656</v>
+        <v>2649</v>
       </c>
     </row>
     <row r="740" spans="1:8">
       <c r="A740" t="s">
-        <v>2657</v>
+        <v>2654</v>
       </c>
       <c r="B740" t="s">
         <v>9</v>
       </c>
       <c r="C740" t="s">
-        <v>25</v>
+        <v>67</v>
       </c>
       <c r="D740" t="s">
+        <v>2646</v>
+      </c>
+      <c r="E740" t="s">
         <v>2647</v>
       </c>
-      <c r="E740" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F740" t="s">
-        <v>638</v>
+        <v>81</v>
       </c>
       <c r="G740" s="1" t="s">
-        <v>2658</v>
+        <v>2655</v>
       </c>
       <c r="H740" t="s">
-        <v>2659</v>
+        <v>2656</v>
       </c>
     </row>
     <row r="741" spans="1:8">
       <c r="A741" t="s">
-        <v>2660</v>
+        <v>2657</v>
       </c>
       <c r="B741" t="s">
         <v>9</v>
       </c>
       <c r="C741" t="s">
-        <v>30</v>
+        <v>71</v>
       </c>
       <c r="D741" t="s">
+        <v>2646</v>
+      </c>
+      <c r="E741" t="s">
         <v>2647</v>
       </c>
-      <c r="E741" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F741" t="s">
-        <v>638</v>
+        <v>81</v>
       </c>
       <c r="G741" s="1" t="s">
-        <v>2661</v>
+        <v>2658</v>
       </c>
       <c r="H741" t="s">
-        <v>2662</v>
+        <v>2659</v>
       </c>
     </row>
     <row r="742" spans="1:8">
       <c r="A742" t="s">
-        <v>2663</v>
+        <v>2660</v>
       </c>
       <c r="B742" t="s">
         <v>9</v>
       </c>
       <c r="C742" t="s">
-        <v>34</v>
+        <v>10</v>
       </c>
       <c r="D742" t="s">
-        <v>2647</v>
+        <v>2661</v>
       </c>
       <c r="E742" t="s">
-        <v>2648</v>
+        <v>2662</v>
       </c>
       <c r="F742" t="s">
         <v>638</v>
       </c>
       <c r="G742" s="1" t="s">
+        <v>2663</v>
+      </c>
+      <c r="H742" t="s">
         <v>2664</v>
-      </c>
-[...1 lines deleted...]
-        <v>2665</v>
       </c>
     </row>
     <row r="743" spans="1:8">
       <c r="A743" t="s">
-        <v>2666</v>
+        <v>2665</v>
       </c>
       <c r="B743" t="s">
         <v>9</v>
       </c>
       <c r="C743" t="s">
-        <v>39</v>
+        <v>17</v>
       </c>
       <c r="D743" t="s">
-        <v>2647</v>
+        <v>2661</v>
       </c>
       <c r="E743" t="s">
-        <v>2648</v>
+        <v>2662</v>
       </c>
       <c r="F743" t="s">
         <v>638</v>
       </c>
       <c r="G743" s="1" t="s">
+        <v>2666</v>
+      </c>
+      <c r="H743" t="s">
         <v>2667</v>
-      </c>
-[...1 lines deleted...]
-        <v>2668</v>
       </c>
     </row>
     <row r="744" spans="1:8">
       <c r="A744" t="s">
-        <v>2669</v>
+        <v>2668</v>
       </c>
       <c r="B744" t="s">
         <v>9</v>
       </c>
       <c r="C744" t="s">
-        <v>44</v>
+        <v>21</v>
       </c>
       <c r="D744" t="s">
-        <v>2647</v>
+        <v>2661</v>
       </c>
       <c r="E744" t="s">
-        <v>2648</v>
+        <v>2662</v>
       </c>
       <c r="F744" t="s">
         <v>638</v>
       </c>
       <c r="G744" s="1" t="s">
+        <v>2669</v>
+      </c>
+      <c r="H744" t="s">
         <v>2670</v>
-      </c>
-[...1 lines deleted...]
-        <v>2671</v>
       </c>
     </row>
     <row r="745" spans="1:8">
       <c r="A745" t="s">
-        <v>2672</v>
+        <v>2671</v>
       </c>
       <c r="B745" t="s">
         <v>9</v>
       </c>
       <c r="C745" t="s">
-        <v>48</v>
+        <v>25</v>
       </c>
       <c r="D745" t="s">
-        <v>2647</v>
+        <v>2661</v>
       </c>
       <c r="E745" t="s">
-        <v>2648</v>
+        <v>2662</v>
       </c>
       <c r="F745" t="s">
         <v>638</v>
       </c>
       <c r="G745" s="1" t="s">
+        <v>2672</v>
+      </c>
+      <c r="H745" t="s">
         <v>2673</v>
-      </c>
-[...1 lines deleted...]
-        <v>2674</v>
       </c>
     </row>
     <row r="746" spans="1:8">
       <c r="A746" t="s">
-        <v>2675</v>
+        <v>2674</v>
       </c>
       <c r="B746" t="s">
         <v>9</v>
       </c>
       <c r="C746" t="s">
-        <v>53</v>
+        <v>30</v>
       </c>
       <c r="D746" t="s">
-        <v>2647</v>
+        <v>2661</v>
       </c>
       <c r="E746" t="s">
-        <v>2648</v>
+        <v>2662</v>
       </c>
       <c r="F746" t="s">
         <v>638</v>
       </c>
       <c r="G746" s="1" t="s">
+        <v>2675</v>
+      </c>
+      <c r="H746" t="s">
         <v>2676</v>
-      </c>
-[...1 lines deleted...]
-        <v>2677</v>
       </c>
     </row>
     <row r="747" spans="1:8">
       <c r="A747" t="s">
-        <v>2678</v>
+        <v>2677</v>
       </c>
       <c r="B747" t="s">
         <v>9</v>
       </c>
       <c r="C747" t="s">
-        <v>58</v>
+        <v>34</v>
       </c>
       <c r="D747" t="s">
-        <v>2647</v>
+        <v>2661</v>
       </c>
       <c r="E747" t="s">
-        <v>2648</v>
+        <v>2662</v>
       </c>
       <c r="F747" t="s">
         <v>638</v>
       </c>
       <c r="G747" s="1" t="s">
+        <v>2678</v>
+      </c>
+      <c r="H747" t="s">
         <v>2679</v>
-      </c>
-[...1 lines deleted...]
-        <v>2680</v>
       </c>
     </row>
     <row r="748" spans="1:8">
       <c r="A748" t="s">
-        <v>2681</v>
+        <v>2680</v>
       </c>
       <c r="B748" t="s">
         <v>9</v>
       </c>
       <c r="C748" t="s">
-        <v>63</v>
+        <v>39</v>
       </c>
       <c r="D748" t="s">
-        <v>2647</v>
+        <v>2661</v>
       </c>
       <c r="E748" t="s">
-        <v>2648</v>
+        <v>2662</v>
       </c>
       <c r="F748" t="s">
         <v>638</v>
       </c>
       <c r="G748" s="1" t="s">
+        <v>2681</v>
+      </c>
+      <c r="H748" t="s">
         <v>2682</v>
-      </c>
-[...1 lines deleted...]
-        <v>2683</v>
       </c>
     </row>
     <row r="749" spans="1:8">
       <c r="A749" t="s">
-        <v>2684</v>
+        <v>2683</v>
       </c>
       <c r="B749" t="s">
         <v>9</v>
       </c>
       <c r="C749" t="s">
-        <v>67</v>
+        <v>44</v>
       </c>
       <c r="D749" t="s">
-        <v>2647</v>
+        <v>2661</v>
       </c>
       <c r="E749" t="s">
-        <v>2648</v>
+        <v>2662</v>
       </c>
       <c r="F749" t="s">
         <v>638</v>
       </c>
       <c r="G749" s="1" t="s">
+        <v>2684</v>
+      </c>
+      <c r="H749" t="s">
         <v>2685</v>
-      </c>
-[...1 lines deleted...]
-        <v>2686</v>
       </c>
     </row>
     <row r="750" spans="1:8">
       <c r="A750" t="s">
-        <v>2687</v>
+        <v>2686</v>
       </c>
       <c r="B750" t="s">
         <v>9</v>
       </c>
       <c r="C750" t="s">
-        <v>71</v>
+        <v>48</v>
       </c>
       <c r="D750" t="s">
-        <v>2647</v>
+        <v>2661</v>
       </c>
       <c r="E750" t="s">
-        <v>2648</v>
+        <v>2662</v>
       </c>
       <c r="F750" t="s">
         <v>638</v>
       </c>
       <c r="G750" s="1" t="s">
+        <v>2687</v>
+      </c>
+      <c r="H750" t="s">
         <v>2688</v>
-      </c>
-[...1 lines deleted...]
-        <v>2689</v>
       </c>
     </row>
     <row r="751" spans="1:8">
       <c r="A751" t="s">
-        <v>2690</v>
+        <v>2689</v>
       </c>
       <c r="B751" t="s">
         <v>9</v>
       </c>
       <c r="C751" t="s">
-        <v>76</v>
+        <v>53</v>
       </c>
       <c r="D751" t="s">
-        <v>2647</v>
+        <v>2661</v>
       </c>
       <c r="E751" t="s">
-        <v>2648</v>
+        <v>2662</v>
       </c>
       <c r="F751" t="s">
         <v>638</v>
       </c>
       <c r="G751" s="1" t="s">
+        <v>2690</v>
+      </c>
+      <c r="H751" t="s">
         <v>2691</v>
-      </c>
-[...1 lines deleted...]
-        <v>2692</v>
       </c>
     </row>
     <row r="752" spans="1:8">
       <c r="A752" t="s">
-        <v>2693</v>
+        <v>2692</v>
       </c>
       <c r="B752" t="s">
         <v>9</v>
       </c>
       <c r="C752" t="s">
-        <v>80</v>
+        <v>58</v>
       </c>
       <c r="D752" t="s">
-        <v>2647</v>
+        <v>2661</v>
       </c>
       <c r="E752" t="s">
-        <v>2648</v>
+        <v>2662</v>
       </c>
       <c r="F752" t="s">
         <v>638</v>
       </c>
       <c r="G752" s="1" t="s">
+        <v>2693</v>
+      </c>
+      <c r="H752" t="s">
         <v>2694</v>
-      </c>
-[...1 lines deleted...]
-        <v>2695</v>
       </c>
     </row>
     <row r="753" spans="1:8">
       <c r="A753" t="s">
-        <v>2696</v>
+        <v>2695</v>
       </c>
       <c r="B753" t="s">
         <v>9</v>
       </c>
       <c r="C753" t="s">
-        <v>85</v>
+        <v>63</v>
       </c>
       <c r="D753" t="s">
-        <v>2647</v>
+        <v>2661</v>
       </c>
       <c r="E753" t="s">
-        <v>2648</v>
+        <v>2662</v>
       </c>
       <c r="F753" t="s">
         <v>638</v>
       </c>
       <c r="G753" s="1" t="s">
+        <v>2696</v>
+      </c>
+      <c r="H753" t="s">
         <v>2697</v>
-      </c>
-[...1 lines deleted...]
-        <v>2698</v>
       </c>
     </row>
     <row r="754" spans="1:8">
       <c r="A754" t="s">
-        <v>2699</v>
+        <v>2698</v>
       </c>
       <c r="B754" t="s">
         <v>9</v>
       </c>
       <c r="C754" t="s">
-        <v>89</v>
+        <v>67</v>
       </c>
       <c r="D754" t="s">
-        <v>2647</v>
+        <v>2661</v>
       </c>
       <c r="E754" t="s">
-        <v>2648</v>
+        <v>2662</v>
       </c>
       <c r="F754" t="s">
         <v>638</v>
       </c>
       <c r="G754" s="1" t="s">
+        <v>2699</v>
+      </c>
+      <c r="H754" t="s">
         <v>2700</v>
-      </c>
-[...1 lines deleted...]
-        <v>2701</v>
       </c>
     </row>
     <row r="755" spans="1:8">
       <c r="A755" t="s">
-        <v>2702</v>
+        <v>2701</v>
       </c>
       <c r="B755" t="s">
         <v>9</v>
       </c>
       <c r="C755" t="s">
-        <v>94</v>
+        <v>71</v>
       </c>
       <c r="D755" t="s">
-        <v>2647</v>
+        <v>2661</v>
       </c>
       <c r="E755" t="s">
-        <v>2648</v>
+        <v>2662</v>
       </c>
       <c r="F755" t="s">
         <v>638</v>
       </c>
       <c r="G755" s="1" t="s">
+        <v>2702</v>
+      </c>
+      <c r="H755" t="s">
         <v>2703</v>
-      </c>
-[...1 lines deleted...]
-        <v>2704</v>
       </c>
     </row>
     <row r="756" spans="1:8">
       <c r="A756" t="s">
-        <v>2705</v>
+        <v>2704</v>
       </c>
       <c r="B756" t="s">
         <v>9</v>
       </c>
       <c r="C756" t="s">
-        <v>98</v>
+        <v>76</v>
       </c>
       <c r="D756" t="s">
-        <v>2647</v>
+        <v>2661</v>
       </c>
       <c r="E756" t="s">
-        <v>2648</v>
+        <v>2662</v>
       </c>
       <c r="F756" t="s">
         <v>638</v>
       </c>
       <c r="G756" s="1" t="s">
+        <v>2705</v>
+      </c>
+      <c r="H756" t="s">
         <v>2706</v>
-      </c>
-[...1 lines deleted...]
-        <v>2707</v>
       </c>
     </row>
     <row r="757" spans="1:8">
       <c r="A757" t="s">
-        <v>2708</v>
+        <v>2707</v>
       </c>
       <c r="B757" t="s">
         <v>9</v>
       </c>
       <c r="C757" t="s">
-        <v>102</v>
+        <v>80</v>
       </c>
       <c r="D757" t="s">
-        <v>2647</v>
+        <v>2661</v>
       </c>
       <c r="E757" t="s">
-        <v>2648</v>
+        <v>2662</v>
       </c>
       <c r="F757" t="s">
         <v>638</v>
       </c>
       <c r="G757" s="1" t="s">
+        <v>2708</v>
+      </c>
+      <c r="H757" t="s">
         <v>2709</v>
-      </c>
-[...1 lines deleted...]
-        <v>2710</v>
       </c>
     </row>
     <row r="758" spans="1:8">
       <c r="A758" t="s">
-        <v>2711</v>
+        <v>2710</v>
       </c>
       <c r="B758" t="s">
         <v>9</v>
       </c>
       <c r="C758" t="s">
-        <v>106</v>
+        <v>85</v>
       </c>
       <c r="D758" t="s">
-        <v>2647</v>
+        <v>2661</v>
       </c>
       <c r="E758" t="s">
-        <v>2648</v>
+        <v>2662</v>
       </c>
       <c r="F758" t="s">
         <v>638</v>
       </c>
       <c r="G758" s="1" t="s">
+        <v>2711</v>
+      </c>
+      <c r="H758" t="s">
         <v>2712</v>
-      </c>
-[...1 lines deleted...]
-        <v>2713</v>
       </c>
     </row>
     <row r="759" spans="1:8">
       <c r="A759" t="s">
-        <v>2714</v>
+        <v>2713</v>
       </c>
       <c r="B759" t="s">
         <v>9</v>
       </c>
       <c r="C759" t="s">
-        <v>111</v>
+        <v>89</v>
       </c>
       <c r="D759" t="s">
-        <v>2647</v>
+        <v>2661</v>
       </c>
       <c r="E759" t="s">
-        <v>2648</v>
+        <v>2662</v>
       </c>
       <c r="F759" t="s">
         <v>638</v>
       </c>
       <c r="G759" s="1" t="s">
+        <v>2714</v>
+      </c>
+      <c r="H759" t="s">
         <v>2715</v>
-      </c>
-[...1 lines deleted...]
-        <v>2716</v>
       </c>
     </row>
     <row r="760" spans="1:8">
       <c r="A760" t="s">
-        <v>2717</v>
+        <v>2716</v>
       </c>
       <c r="B760" t="s">
         <v>9</v>
       </c>
       <c r="C760" t="s">
-        <v>115</v>
+        <v>94</v>
       </c>
       <c r="D760" t="s">
-        <v>2647</v>
+        <v>2661</v>
       </c>
       <c r="E760" t="s">
-        <v>2648</v>
+        <v>2662</v>
       </c>
       <c r="F760" t="s">
         <v>638</v>
       </c>
       <c r="G760" s="1" t="s">
+        <v>2717</v>
+      </c>
+      <c r="H760" t="s">
         <v>2718</v>
-      </c>
-[...1 lines deleted...]
-        <v>2719</v>
       </c>
     </row>
     <row r="761" spans="1:8">
       <c r="A761" t="s">
-        <v>2720</v>
+        <v>2719</v>
       </c>
       <c r="B761" t="s">
         <v>9</v>
       </c>
       <c r="C761" t="s">
-        <v>119</v>
+        <v>98</v>
       </c>
       <c r="D761" t="s">
-        <v>2647</v>
+        <v>2661</v>
       </c>
       <c r="E761" t="s">
-        <v>2648</v>
+        <v>2662</v>
       </c>
       <c r="F761" t="s">
         <v>638</v>
       </c>
       <c r="G761" s="1" t="s">
+        <v>2720</v>
+      </c>
+      <c r="H761" t="s">
         <v>2721</v>
-      </c>
-[...1 lines deleted...]
-        <v>2722</v>
       </c>
     </row>
     <row r="762" spans="1:8">
       <c r="A762" t="s">
-        <v>2723</v>
+        <v>2722</v>
       </c>
       <c r="B762" t="s">
         <v>9</v>
       </c>
       <c r="C762" t="s">
-        <v>124</v>
+        <v>102</v>
       </c>
       <c r="D762" t="s">
-        <v>2647</v>
+        <v>2661</v>
       </c>
       <c r="E762" t="s">
-        <v>2648</v>
+        <v>2662</v>
       </c>
       <c r="F762" t="s">
         <v>638</v>
       </c>
       <c r="G762" s="1" t="s">
+        <v>2723</v>
+      </c>
+      <c r="H762" t="s">
         <v>2724</v>
-      </c>
-[...1 lines deleted...]
-        <v>2725</v>
       </c>
     </row>
     <row r="763" spans="1:8">
       <c r="A763" t="s">
-        <v>2726</v>
+        <v>2725</v>
       </c>
       <c r="B763" t="s">
         <v>9</v>
       </c>
       <c r="C763" t="s">
-        <v>129</v>
+        <v>106</v>
       </c>
       <c r="D763" t="s">
-        <v>2647</v>
+        <v>2661</v>
       </c>
       <c r="E763" t="s">
-        <v>2648</v>
+        <v>2662</v>
       </c>
       <c r="F763" t="s">
         <v>638</v>
       </c>
       <c r="G763" s="1" t="s">
+        <v>2726</v>
+      </c>
+      <c r="H763" t="s">
         <v>2727</v>
-      </c>
-[...1 lines deleted...]
-        <v>2728</v>
       </c>
     </row>
     <row r="764" spans="1:8">
       <c r="A764" t="s">
-        <v>2729</v>
+        <v>2728</v>
       </c>
       <c r="B764" t="s">
         <v>9</v>
       </c>
       <c r="C764" t="s">
-        <v>133</v>
+        <v>111</v>
       </c>
       <c r="D764" t="s">
-        <v>2647</v>
+        <v>2661</v>
       </c>
       <c r="E764" t="s">
-        <v>2648</v>
+        <v>2662</v>
       </c>
       <c r="F764" t="s">
         <v>638</v>
       </c>
       <c r="G764" s="1" t="s">
+        <v>2729</v>
+      </c>
+      <c r="H764" t="s">
         <v>2730</v>
-      </c>
-[...1 lines deleted...]
-        <v>2731</v>
       </c>
     </row>
     <row r="765" spans="1:8">
       <c r="A765" t="s">
-        <v>2732</v>
+        <v>2731</v>
       </c>
       <c r="B765" t="s">
         <v>9</v>
       </c>
       <c r="C765" t="s">
-        <v>137</v>
+        <v>115</v>
       </c>
       <c r="D765" t="s">
-        <v>2647</v>
+        <v>2661</v>
       </c>
       <c r="E765" t="s">
-        <v>2648</v>
+        <v>2662</v>
       </c>
       <c r="F765" t="s">
         <v>638</v>
       </c>
       <c r="G765" s="1" t="s">
+        <v>2732</v>
+      </c>
+      <c r="H765" t="s">
         <v>2733</v>
-      </c>
-[...1 lines deleted...]
-        <v>2734</v>
       </c>
     </row>
     <row r="766" spans="1:8">
       <c r="A766" t="s">
-        <v>2735</v>
+        <v>2734</v>
       </c>
       <c r="B766" t="s">
         <v>9</v>
       </c>
       <c r="C766" t="s">
-        <v>141</v>
+        <v>119</v>
       </c>
       <c r="D766" t="s">
-        <v>2647</v>
+        <v>2661</v>
       </c>
       <c r="E766" t="s">
-        <v>2648</v>
+        <v>2662</v>
       </c>
       <c r="F766" t="s">
         <v>638</v>
       </c>
       <c r="G766" s="1" t="s">
+        <v>2735</v>
+      </c>
+      <c r="H766" t="s">
         <v>2736</v>
-      </c>
-[...1 lines deleted...]
-        <v>2737</v>
       </c>
     </row>
     <row r="767" spans="1:8">
       <c r="A767" t="s">
+        <v>2737</v>
+      </c>
+      <c r="B767" t="s">
+        <v>9</v>
+      </c>
+      <c r="C767" t="s">
+        <v>124</v>
+      </c>
+      <c r="D767" t="s">
+        <v>2661</v>
+      </c>
+      <c r="E767" t="s">
+        <v>2662</v>
+      </c>
+      <c r="F767" t="s">
+        <v>638</v>
+      </c>
+      <c r="G767" s="1" t="s">
         <v>2738</v>
       </c>
-      <c r="B767" t="s">
-[...11 lines deleted...]
-      <c r="F767" t="s">
+      <c r="H767" t="s">
         <v>2739</v>
-      </c>
-[...4 lines deleted...]
-        <v>2741</v>
       </c>
     </row>
     <row r="768" spans="1:8">
       <c r="A768" t="s">
-        <v>2742</v>
+        <v>2740</v>
       </c>
       <c r="B768" t="s">
         <v>9</v>
       </c>
       <c r="C768" t="s">
-        <v>149</v>
+        <v>129</v>
       </c>
       <c r="D768" t="s">
-        <v>2647</v>
+        <v>2661</v>
       </c>
       <c r="E768" t="s">
-        <v>2648</v>
+        <v>2662</v>
       </c>
       <c r="F768" t="s">
         <v>638</v>
       </c>
       <c r="G768" s="1" t="s">
-        <v>2743</v>
+        <v>2741</v>
       </c>
       <c r="H768" t="s">
-        <v>2744</v>
+        <v>2742</v>
       </c>
     </row>
     <row r="769" spans="1:8">
       <c r="A769" t="s">
-        <v>2745</v>
+        <v>2743</v>
       </c>
       <c r="B769" t="s">
         <v>9</v>
       </c>
       <c r="C769" t="s">
-        <v>153</v>
+        <v>133</v>
       </c>
       <c r="D769" t="s">
-        <v>2647</v>
+        <v>2661</v>
       </c>
       <c r="E769" t="s">
-        <v>2648</v>
+        <v>2662</v>
       </c>
       <c r="F769" t="s">
         <v>638</v>
       </c>
       <c r="G769" s="1" t="s">
-        <v>2746</v>
+        <v>2744</v>
       </c>
       <c r="H769" t="s">
-        <v>2747</v>
+        <v>2745</v>
       </c>
     </row>
     <row r="770" spans="1:8">
       <c r="A770" t="s">
-        <v>2748</v>
+        <v>2746</v>
       </c>
       <c r="B770" t="s">
         <v>9</v>
       </c>
       <c r="C770" t="s">
-        <v>157</v>
+        <v>137</v>
       </c>
       <c r="D770" t="s">
-        <v>2647</v>
+        <v>2661</v>
       </c>
       <c r="E770" t="s">
-        <v>2648</v>
+        <v>2662</v>
       </c>
       <c r="F770" t="s">
         <v>638</v>
       </c>
       <c r="G770" s="1" t="s">
-        <v>2749</v>
+        <v>2747</v>
       </c>
       <c r="H770" t="s">
-        <v>2750</v>
+        <v>2748</v>
       </c>
     </row>
     <row r="771" spans="1:8">
       <c r="A771" t="s">
-        <v>2751</v>
+        <v>2749</v>
       </c>
       <c r="B771" t="s">
         <v>9</v>
       </c>
       <c r="C771" t="s">
-        <v>161</v>
+        <v>141</v>
       </c>
       <c r="D771" t="s">
-        <v>2647</v>
+        <v>2661</v>
       </c>
       <c r="E771" t="s">
-        <v>2648</v>
+        <v>2662</v>
       </c>
       <c r="F771" t="s">
         <v>638</v>
       </c>
       <c r="G771" s="1" t="s">
-        <v>2752</v>
+        <v>2750</v>
       </c>
       <c r="H771" t="s">
-        <v>2753</v>
+        <v>2751</v>
       </c>
     </row>
     <row r="772" spans="1:8">
       <c r="A772" t="s">
+        <v>2752</v>
+      </c>
+      <c r="B772" t="s">
+        <v>9</v>
+      </c>
+      <c r="C772" t="s">
+        <v>145</v>
+      </c>
+      <c r="D772" t="s">
+        <v>2661</v>
+      </c>
+      <c r="E772" t="s">
+        <v>2662</v>
+      </c>
+      <c r="F772" t="s">
+        <v>2753</v>
+      </c>
+      <c r="G772" s="1" t="s">
         <v>2754</v>
       </c>
-      <c r="B772" t="s">
-[...14 lines deleted...]
-      <c r="G772" s="1" t="s">
+      <c r="H772" t="s">
         <v>2755</v>
-      </c>
-[...1 lines deleted...]
-        <v>2756</v>
       </c>
     </row>
     <row r="773" spans="1:8">
       <c r="A773" t="s">
-        <v>2757</v>
+        <v>2756</v>
       </c>
       <c r="B773" t="s">
         <v>9</v>
       </c>
       <c r="C773" t="s">
-        <v>170</v>
+        <v>149</v>
       </c>
       <c r="D773" t="s">
-        <v>2647</v>
+        <v>2661</v>
       </c>
       <c r="E773" t="s">
-        <v>2648</v>
+        <v>2662</v>
       </c>
       <c r="F773" t="s">
         <v>638</v>
       </c>
       <c r="G773" s="1" t="s">
+        <v>2757</v>
+      </c>
+      <c r="H773" t="s">
         <v>2758</v>
-      </c>
-[...1 lines deleted...]
-        <v>2759</v>
       </c>
     </row>
     <row r="774" spans="1:8">
       <c r="A774" t="s">
-        <v>2760</v>
+        <v>2759</v>
       </c>
       <c r="B774" t="s">
         <v>9</v>
       </c>
       <c r="C774" t="s">
-        <v>174</v>
+        <v>153</v>
       </c>
       <c r="D774" t="s">
-        <v>2647</v>
+        <v>2661</v>
       </c>
       <c r="E774" t="s">
-        <v>2648</v>
+        <v>2662</v>
       </c>
       <c r="F774" t="s">
         <v>638</v>
       </c>
       <c r="G774" s="1" t="s">
+        <v>2760</v>
+      </c>
+      <c r="H774" t="s">
         <v>2761</v>
-      </c>
-[...1 lines deleted...]
-        <v>2762</v>
       </c>
     </row>
     <row r="775" spans="1:8">
       <c r="A775" t="s">
-        <v>2763</v>
+        <v>2762</v>
       </c>
       <c r="B775" t="s">
         <v>9</v>
       </c>
       <c r="C775" t="s">
-        <v>178</v>
+        <v>157</v>
       </c>
       <c r="D775" t="s">
-        <v>2647</v>
+        <v>2661</v>
       </c>
       <c r="E775" t="s">
-        <v>2648</v>
+        <v>2662</v>
       </c>
       <c r="F775" t="s">
         <v>638</v>
       </c>
       <c r="G775" s="1" t="s">
+        <v>2763</v>
+      </c>
+      <c r="H775" t="s">
         <v>2764</v>
-      </c>
-[...1 lines deleted...]
-        <v>2765</v>
       </c>
     </row>
     <row r="776" spans="1:8">
       <c r="A776" t="s">
+        <v>2765</v>
+      </c>
+      <c r="B776" t="s">
+        <v>9</v>
+      </c>
+      <c r="C776" t="s">
+        <v>161</v>
+      </c>
+      <c r="D776" t="s">
+        <v>2661</v>
+      </c>
+      <c r="E776" t="s">
+        <v>2662</v>
+      </c>
+      <c r="F776" t="s">
+        <v>638</v>
+      </c>
+      <c r="G776" s="1" t="s">
         <v>2766</v>
       </c>
-      <c r="B776" t="s">
-[...11 lines deleted...]
-      <c r="F776" t="s">
+      <c r="H776" t="s">
         <v>2767</v>
-      </c>
-[...4 lines deleted...]
-        <v>2769</v>
       </c>
     </row>
     <row r="777" spans="1:8">
       <c r="A777" t="s">
+        <v>2768</v>
+      </c>
+      <c r="B777" t="s">
+        <v>9</v>
+      </c>
+      <c r="C777" t="s">
+        <v>165</v>
+      </c>
+      <c r="D777" t="s">
+        <v>2661</v>
+      </c>
+      <c r="E777" t="s">
+        <v>2662</v>
+      </c>
+      <c r="F777" t="s">
+        <v>638</v>
+      </c>
+      <c r="G777" s="1" t="s">
+        <v>2769</v>
+      </c>
+      <c r="H777" t="s">
         <v>2770</v>
-      </c>
-[...19 lines deleted...]
-        <v>2773</v>
       </c>
     </row>
     <row r="778" spans="1:8">
       <c r="A778" t="s">
-        <v>2774</v>
+        <v>2771</v>
       </c>
       <c r="B778" t="s">
         <v>9</v>
       </c>
       <c r="C778" t="s">
-        <v>191</v>
+        <v>170</v>
       </c>
       <c r="D778" t="s">
-        <v>2647</v>
+        <v>2661</v>
       </c>
       <c r="E778" t="s">
-        <v>2648</v>
+        <v>2662</v>
       </c>
       <c r="F778" t="s">
         <v>638</v>
       </c>
       <c r="G778" s="1" t="s">
-        <v>2775</v>
+        <v>2772</v>
       </c>
       <c r="H778" t="s">
-        <v>2776</v>
+        <v>2773</v>
       </c>
     </row>
     <row r="779" spans="1:8">
       <c r="A779" t="s">
-        <v>2777</v>
+        <v>2774</v>
       </c>
       <c r="B779" t="s">
         <v>9</v>
       </c>
       <c r="C779" t="s">
-        <v>195</v>
+        <v>174</v>
       </c>
       <c r="D779" t="s">
-        <v>2647</v>
+        <v>2661</v>
       </c>
       <c r="E779" t="s">
-        <v>2648</v>
+        <v>2662</v>
       </c>
       <c r="F779" t="s">
         <v>638</v>
       </c>
       <c r="G779" s="1" t="s">
-        <v>2778</v>
+        <v>2775</v>
       </c>
       <c r="H779" t="s">
-        <v>2779</v>
+        <v>2776</v>
       </c>
     </row>
     <row r="780" spans="1:8">
       <c r="A780" t="s">
-        <v>2780</v>
+        <v>2777</v>
       </c>
       <c r="B780" t="s">
         <v>9</v>
       </c>
       <c r="C780" t="s">
-        <v>199</v>
+        <v>178</v>
       </c>
       <c r="D780" t="s">
-        <v>2647</v>
+        <v>2661</v>
       </c>
       <c r="E780" t="s">
-        <v>2648</v>
+        <v>2662</v>
       </c>
       <c r="F780" t="s">
         <v>638</v>
       </c>
       <c r="G780" s="1" t="s">
-        <v>2781</v>
+        <v>2778</v>
       </c>
       <c r="H780" t="s">
-        <v>2782</v>
+        <v>2779</v>
       </c>
     </row>
     <row r="781" spans="1:8">
       <c r="A781" t="s">
+        <v>2780</v>
+      </c>
+      <c r="B781" t="s">
+        <v>9</v>
+      </c>
+      <c r="C781" t="s">
+        <v>182</v>
+      </c>
+      <c r="D781" t="s">
+        <v>2661</v>
+      </c>
+      <c r="E781" t="s">
+        <v>2662</v>
+      </c>
+      <c r="F781" t="s">
+        <v>2781</v>
+      </c>
+      <c r="G781" s="1" t="s">
+        <v>2782</v>
+      </c>
+      <c r="H781" t="s">
         <v>2783</v>
-      </c>
-[...19 lines deleted...]
-        <v>2785</v>
       </c>
     </row>
     <row r="782" spans="1:8">
       <c r="A782" t="s">
+        <v>2784</v>
+      </c>
+      <c r="B782" t="s">
+        <v>9</v>
+      </c>
+      <c r="C782" t="s">
+        <v>186</v>
+      </c>
+      <c r="D782" t="s">
+        <v>2661</v>
+      </c>
+      <c r="E782" t="s">
+        <v>2662</v>
+      </c>
+      <c r="F782" t="s">
+        <v>2785</v>
+      </c>
+      <c r="G782" s="1" t="s">
         <v>2786</v>
       </c>
-      <c r="B782" t="s">
-[...14 lines deleted...]
-      <c r="G782" s="1" t="s">
+      <c r="H782" t="s">
         <v>2787</v>
-      </c>
-[...1 lines deleted...]
-        <v>2769</v>
       </c>
     </row>
     <row r="783" spans="1:8">
       <c r="A783" t="s">
         <v>2788</v>
       </c>
       <c r="B783" t="s">
         <v>9</v>
       </c>
       <c r="C783" t="s">
-        <v>212</v>
+        <v>191</v>
       </c>
       <c r="D783" t="s">
-        <v>2647</v>
+        <v>2661</v>
       </c>
       <c r="E783" t="s">
-        <v>2648</v>
+        <v>2662</v>
       </c>
       <c r="F783" t="s">
+        <v>638</v>
+      </c>
+      <c r="G783" s="1" t="s">
         <v>2789</v>
       </c>
-      <c r="G783" s="1" t="s">
+      <c r="H783" t="s">
         <v>2790</v>
-      </c>
-[...1 lines deleted...]
-        <v>2791</v>
       </c>
     </row>
     <row r="784" spans="1:8">
       <c r="A784" t="s">
-        <v>2792</v>
+        <v>2791</v>
       </c>
       <c r="B784" t="s">
         <v>9</v>
       </c>
       <c r="C784" t="s">
-        <v>216</v>
+        <v>195</v>
       </c>
       <c r="D784" t="s">
-        <v>2647</v>
+        <v>2661</v>
       </c>
       <c r="E784" t="s">
-        <v>2648</v>
+        <v>2662</v>
       </c>
       <c r="F784" t="s">
         <v>638</v>
       </c>
       <c r="G784" s="1" t="s">
+        <v>2792</v>
+      </c>
+      <c r="H784" t="s">
         <v>2793</v>
-      </c>
-[...1 lines deleted...]
-        <v>2794</v>
       </c>
     </row>
     <row r="785" spans="1:8">
       <c r="A785" t="s">
-        <v>2795</v>
+        <v>2794</v>
       </c>
       <c r="B785" t="s">
         <v>9</v>
       </c>
       <c r="C785" t="s">
-        <v>220</v>
+        <v>199</v>
       </c>
       <c r="D785" t="s">
-        <v>2647</v>
+        <v>2661</v>
       </c>
       <c r="E785" t="s">
-        <v>2648</v>
+        <v>2662</v>
       </c>
       <c r="F785" t="s">
         <v>638</v>
       </c>
       <c r="G785" s="1" t="s">
+        <v>2795</v>
+      </c>
+      <c r="H785" t="s">
         <v>2796</v>
-      </c>
-[...1 lines deleted...]
-        <v>2797</v>
       </c>
     </row>
     <row r="786" spans="1:8">
       <c r="A786" t="s">
-        <v>2798</v>
+        <v>2797</v>
       </c>
       <c r="B786" t="s">
         <v>9</v>
       </c>
       <c r="C786" t="s">
-        <v>224</v>
+        <v>204</v>
       </c>
       <c r="D786" t="s">
-        <v>2647</v>
+        <v>2661</v>
       </c>
       <c r="E786" t="s">
-        <v>2648</v>
+        <v>2662</v>
       </c>
       <c r="F786" t="s">
         <v>638</v>
       </c>
       <c r="G786" s="1" t="s">
+        <v>2798</v>
+      </c>
+      <c r="H786" t="s">
         <v>2799</v>
-      </c>
-[...1 lines deleted...]
-        <v>2800</v>
       </c>
     </row>
     <row r="787" spans="1:8">
       <c r="A787" t="s">
+        <v>2800</v>
+      </c>
+      <c r="B787" t="s">
+        <v>9</v>
+      </c>
+      <c r="C787" t="s">
+        <v>208</v>
+      </c>
+      <c r="D787" t="s">
+        <v>2661</v>
+      </c>
+      <c r="E787" t="s">
+        <v>2662</v>
+      </c>
+      <c r="F787" t="s">
+        <v>2781</v>
+      </c>
+      <c r="G787" s="1" t="s">
         <v>2801</v>
       </c>
-      <c r="B787" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="H787" t="s">
-        <v>2803</v>
+        <v>2783</v>
       </c>
     </row>
     <row r="788" spans="1:8">
       <c r="A788" t="s">
+        <v>2802</v>
+      </c>
+      <c r="B788" t="s">
+        <v>9</v>
+      </c>
+      <c r="C788" t="s">
+        <v>212</v>
+      </c>
+      <c r="D788" t="s">
+        <v>2661</v>
+      </c>
+      <c r="E788" t="s">
+        <v>2662</v>
+      </c>
+      <c r="F788" t="s">
+        <v>2803</v>
+      </c>
+      <c r="G788" s="1" t="s">
         <v>2804</v>
       </c>
-      <c r="B788" t="s">
-[...14 lines deleted...]
-      <c r="G788" s="1" t="s">
+      <c r="H788" t="s">
         <v>2805</v>
-      </c>
-[...1 lines deleted...]
-        <v>2806</v>
       </c>
     </row>
     <row r="789" spans="1:8">
       <c r="A789" t="s">
-        <v>2807</v>
+        <v>2806</v>
       </c>
       <c r="B789" t="s">
         <v>9</v>
       </c>
       <c r="C789" t="s">
-        <v>236</v>
+        <v>216</v>
       </c>
       <c r="D789" t="s">
-        <v>2647</v>
+        <v>2661</v>
       </c>
       <c r="E789" t="s">
-        <v>2648</v>
+        <v>2662</v>
       </c>
       <c r="F789" t="s">
         <v>638</v>
       </c>
       <c r="G789" s="1" t="s">
+        <v>2807</v>
+      </c>
+      <c r="H789" t="s">
         <v>2808</v>
-      </c>
-[...1 lines deleted...]
-        <v>2809</v>
       </c>
     </row>
     <row r="790" spans="1:8">
       <c r="A790" t="s">
+        <v>2809</v>
+      </c>
+      <c r="B790" t="s">
+        <v>9</v>
+      </c>
+      <c r="C790" t="s">
+        <v>220</v>
+      </c>
+      <c r="D790" t="s">
+        <v>2661</v>
+      </c>
+      <c r="E790" t="s">
+        <v>2662</v>
+      </c>
+      <c r="F790" t="s">
+        <v>638</v>
+      </c>
+      <c r="G790" s="1" t="s">
         <v>2810</v>
       </c>
-      <c r="B790" t="s">
-[...11 lines deleted...]
-      <c r="F790" t="s">
+      <c r="H790" t="s">
         <v>2811</v>
-      </c>
-[...4 lines deleted...]
-        <v>2813</v>
       </c>
     </row>
     <row r="791" spans="1:8">
       <c r="A791" t="s">
-        <v>2814</v>
+        <v>2812</v>
       </c>
       <c r="B791" t="s">
         <v>9</v>
       </c>
       <c r="C791" t="s">
-        <v>244</v>
+        <v>224</v>
       </c>
       <c r="D791" t="s">
-        <v>2647</v>
+        <v>2661</v>
       </c>
       <c r="E791" t="s">
-        <v>2648</v>
+        <v>2662</v>
       </c>
       <c r="F791" t="s">
         <v>638</v>
       </c>
       <c r="G791" s="1" t="s">
-        <v>2815</v>
+        <v>2813</v>
       </c>
       <c r="H791" t="s">
-        <v>2816</v>
+        <v>2814</v>
       </c>
     </row>
     <row r="792" spans="1:8">
       <c r="A792" t="s">
-        <v>2817</v>
+        <v>2815</v>
       </c>
       <c r="B792" t="s">
         <v>9</v>
       </c>
       <c r="C792" t="s">
-        <v>248</v>
+        <v>228</v>
       </c>
       <c r="D792" t="s">
-        <v>2647</v>
+        <v>2661</v>
       </c>
       <c r="E792" t="s">
-        <v>2648</v>
+        <v>2662</v>
       </c>
       <c r="F792" t="s">
         <v>638</v>
       </c>
       <c r="G792" s="1" t="s">
-        <v>2818</v>
+        <v>2816</v>
       </c>
       <c r="H792" t="s">
-        <v>2819</v>
+        <v>2817</v>
       </c>
     </row>
     <row r="793" spans="1:8">
       <c r="A793" t="s">
-        <v>2820</v>
+        <v>2818</v>
       </c>
       <c r="B793" t="s">
         <v>9</v>
       </c>
       <c r="C793" t="s">
-        <v>252</v>
+        <v>232</v>
       </c>
       <c r="D793" t="s">
-        <v>2647</v>
+        <v>2661</v>
       </c>
       <c r="E793" t="s">
-        <v>2648</v>
+        <v>2662</v>
       </c>
       <c r="F793" t="s">
         <v>638</v>
       </c>
       <c r="G793" s="1" t="s">
-        <v>2821</v>
+        <v>2819</v>
       </c>
       <c r="H793" t="s">
-        <v>2822</v>
+        <v>2820</v>
       </c>
     </row>
     <row r="794" spans="1:8">
       <c r="A794" t="s">
-        <v>2823</v>
+        <v>2821</v>
       </c>
       <c r="B794" t="s">
         <v>9</v>
       </c>
       <c r="C794" t="s">
-        <v>256</v>
+        <v>236</v>
       </c>
       <c r="D794" t="s">
-        <v>2647</v>
+        <v>2661</v>
       </c>
       <c r="E794" t="s">
-        <v>2648</v>
+        <v>2662</v>
       </c>
       <c r="F794" t="s">
         <v>638</v>
       </c>
       <c r="G794" s="1" t="s">
-        <v>2824</v>
+        <v>2822</v>
       </c>
       <c r="H794" t="s">
-        <v>2825</v>
+        <v>2823</v>
       </c>
     </row>
     <row r="795" spans="1:8">
       <c r="A795" t="s">
+        <v>2824</v>
+      </c>
+      <c r="B795" t="s">
+        <v>9</v>
+      </c>
+      <c r="C795" t="s">
+        <v>240</v>
+      </c>
+      <c r="D795" t="s">
+        <v>2661</v>
+      </c>
+      <c r="E795" t="s">
+        <v>2662</v>
+      </c>
+      <c r="F795" t="s">
+        <v>2825</v>
+      </c>
+      <c r="G795" s="1" t="s">
         <v>2826</v>
       </c>
-      <c r="B795" t="s">
-[...14 lines deleted...]
-      <c r="G795" s="1" t="s">
+      <c r="H795" t="s">
         <v>2827</v>
-      </c>
-[...1 lines deleted...]
-        <v>2828</v>
       </c>
     </row>
     <row r="796" spans="1:8">
       <c r="A796" t="s">
-        <v>2829</v>
+        <v>2828</v>
       </c>
       <c r="B796" t="s">
         <v>9</v>
       </c>
       <c r="C796" t="s">
-        <v>264</v>
+        <v>244</v>
       </c>
       <c r="D796" t="s">
-        <v>2647</v>
+        <v>2661</v>
       </c>
       <c r="E796" t="s">
-        <v>2648</v>
+        <v>2662</v>
       </c>
       <c r="F796" t="s">
         <v>638</v>
       </c>
       <c r="G796" s="1" t="s">
+        <v>2829</v>
+      </c>
+      <c r="H796" t="s">
         <v>2830</v>
-      </c>
-[...1 lines deleted...]
-        <v>2831</v>
       </c>
     </row>
     <row r="797" spans="1:8">
       <c r="A797" t="s">
-        <v>2832</v>
+        <v>2831</v>
       </c>
       <c r="B797" t="s">
         <v>9</v>
       </c>
       <c r="C797" t="s">
-        <v>268</v>
+        <v>248</v>
       </c>
       <c r="D797" t="s">
-        <v>2647</v>
+        <v>2661</v>
       </c>
       <c r="E797" t="s">
-        <v>2648</v>
+        <v>2662</v>
       </c>
       <c r="F797" t="s">
         <v>638</v>
       </c>
       <c r="G797" s="1" t="s">
+        <v>2832</v>
+      </c>
+      <c r="H797" t="s">
         <v>2833</v>
-      </c>
-[...1 lines deleted...]
-        <v>2834</v>
       </c>
     </row>
     <row r="798" spans="1:8">
       <c r="A798" t="s">
-        <v>2835</v>
+        <v>2834</v>
       </c>
       <c r="B798" t="s">
         <v>9</v>
       </c>
       <c r="C798" t="s">
-        <v>272</v>
+        <v>252</v>
       </c>
       <c r="D798" t="s">
-        <v>2647</v>
+        <v>2661</v>
       </c>
       <c r="E798" t="s">
-        <v>2648</v>
+        <v>2662</v>
       </c>
       <c r="F798" t="s">
         <v>638</v>
       </c>
       <c r="G798" s="1" t="s">
+        <v>2835</v>
+      </c>
+      <c r="H798" t="s">
         <v>2836</v>
-      </c>
-[...1 lines deleted...]
-        <v>2837</v>
       </c>
     </row>
     <row r="799" spans="1:8">
       <c r="A799" t="s">
-        <v>2838</v>
+        <v>2837</v>
       </c>
       <c r="B799" t="s">
         <v>9</v>
       </c>
       <c r="C799" t="s">
-        <v>276</v>
+        <v>256</v>
       </c>
       <c r="D799" t="s">
-        <v>2647</v>
+        <v>2661</v>
       </c>
       <c r="E799" t="s">
-        <v>2648</v>
+        <v>2662</v>
       </c>
       <c r="F799" t="s">
         <v>638</v>
       </c>
       <c r="G799" s="1" t="s">
+        <v>2838</v>
+      </c>
+      <c r="H799" t="s">
         <v>2839</v>
-      </c>
-[...1 lines deleted...]
-        <v>2840</v>
       </c>
     </row>
     <row r="800" spans="1:8">
       <c r="A800" t="s">
-        <v>2841</v>
+        <v>2840</v>
       </c>
       <c r="B800" t="s">
         <v>9</v>
       </c>
       <c r="C800" t="s">
-        <v>280</v>
+        <v>260</v>
       </c>
       <c r="D800" t="s">
-        <v>2647</v>
+        <v>2661</v>
       </c>
       <c r="E800" t="s">
-        <v>2648</v>
+        <v>2662</v>
       </c>
       <c r="F800" t="s">
         <v>638</v>
       </c>
       <c r="G800" s="1" t="s">
+        <v>2841</v>
+      </c>
+      <c r="H800" t="s">
         <v>2842</v>
-      </c>
-[...1 lines deleted...]
-        <v>2843</v>
       </c>
     </row>
     <row r="801" spans="1:8">
       <c r="A801" t="s">
-        <v>2844</v>
+        <v>2843</v>
       </c>
       <c r="B801" t="s">
         <v>9</v>
       </c>
       <c r="C801" t="s">
-        <v>284</v>
+        <v>264</v>
       </c>
       <c r="D801" t="s">
-        <v>2647</v>
+        <v>2661</v>
       </c>
       <c r="E801" t="s">
-        <v>2648</v>
+        <v>2662</v>
       </c>
       <c r="F801" t="s">
         <v>638</v>
       </c>
       <c r="G801" s="1" t="s">
+        <v>2844</v>
+      </c>
+      <c r="H801" t="s">
         <v>2845</v>
-      </c>
-[...1 lines deleted...]
-        <v>2846</v>
       </c>
     </row>
     <row r="802" spans="1:8">
       <c r="A802" t="s">
-        <v>2847</v>
+        <v>2846</v>
       </c>
       <c r="B802" t="s">
         <v>9</v>
       </c>
       <c r="C802" t="s">
-        <v>288</v>
+        <v>268</v>
       </c>
       <c r="D802" t="s">
-        <v>2647</v>
+        <v>2661</v>
       </c>
       <c r="E802" t="s">
-        <v>2648</v>
+        <v>2662</v>
       </c>
       <c r="F802" t="s">
         <v>638</v>
       </c>
       <c r="G802" s="1" t="s">
+        <v>2847</v>
+      </c>
+      <c r="H802" t="s">
         <v>2848</v>
-      </c>
-[...1 lines deleted...]
-        <v>2849</v>
       </c>
     </row>
     <row r="803" spans="1:8">
       <c r="A803" t="s">
-        <v>2850</v>
+        <v>2849</v>
       </c>
       <c r="B803" t="s">
         <v>9</v>
       </c>
       <c r="C803" t="s">
-        <v>292</v>
+        <v>272</v>
       </c>
       <c r="D803" t="s">
-        <v>2647</v>
+        <v>2661</v>
       </c>
       <c r="E803" t="s">
-        <v>2648</v>
+        <v>2662</v>
       </c>
       <c r="F803" t="s">
         <v>638</v>
       </c>
       <c r="G803" s="1" t="s">
+        <v>2850</v>
+      </c>
+      <c r="H803" t="s">
         <v>2851</v>
-      </c>
-[...1 lines deleted...]
-        <v>2852</v>
       </c>
     </row>
     <row r="804" spans="1:8">
       <c r="A804" t="s">
-        <v>2853</v>
+        <v>2852</v>
       </c>
       <c r="B804" t="s">
         <v>9</v>
       </c>
       <c r="C804" t="s">
-        <v>296</v>
+        <v>276</v>
       </c>
       <c r="D804" t="s">
-        <v>2647</v>
+        <v>2661</v>
       </c>
       <c r="E804" t="s">
-        <v>2648</v>
+        <v>2662</v>
       </c>
       <c r="F804" t="s">
         <v>638</v>
       </c>
       <c r="G804" s="1" t="s">
+        <v>2853</v>
+      </c>
+      <c r="H804" t="s">
         <v>2854</v>
-      </c>
-[...1 lines deleted...]
-        <v>2855</v>
       </c>
     </row>
     <row r="805" spans="1:8">
       <c r="A805" t="s">
+        <v>2855</v>
+      </c>
+      <c r="B805" t="s">
+        <v>9</v>
+      </c>
+      <c r="C805" t="s">
+        <v>280</v>
+      </c>
+      <c r="D805" t="s">
+        <v>2661</v>
+      </c>
+      <c r="E805" t="s">
+        <v>2662</v>
+      </c>
+      <c r="F805" t="s">
+        <v>638</v>
+      </c>
+      <c r="G805" s="1" t="s">
         <v>2856</v>
       </c>
-      <c r="B805" t="s">
-[...14 lines deleted...]
-      <c r="G805" s="1" t="s">
+      <c r="H805" t="s">
         <v>2857</v>
-      </c>
-[...1 lines deleted...]
-        <v>2858</v>
       </c>
     </row>
     <row r="806" spans="1:8">
       <c r="A806" t="s">
-        <v>2859</v>
+        <v>2858</v>
       </c>
       <c r="B806" t="s">
         <v>9</v>
       </c>
       <c r="C806" t="s">
-        <v>304</v>
+        <v>284</v>
       </c>
       <c r="D806" t="s">
-        <v>2647</v>
+        <v>2661</v>
       </c>
       <c r="E806" t="s">
-        <v>2648</v>
+        <v>2662</v>
       </c>
       <c r="F806" t="s">
         <v>638</v>
       </c>
       <c r="G806" s="1" t="s">
+        <v>2859</v>
+      </c>
+      <c r="H806" t="s">
         <v>2860</v>
-      </c>
-[...1 lines deleted...]
-        <v>2861</v>
       </c>
     </row>
     <row r="807" spans="1:8">
       <c r="A807" t="s">
+        <v>2861</v>
+      </c>
+      <c r="B807" t="s">
+        <v>9</v>
+      </c>
+      <c r="C807" t="s">
+        <v>288</v>
+      </c>
+      <c r="D807" t="s">
+        <v>2661</v>
+      </c>
+      <c r="E807" t="s">
+        <v>2662</v>
+      </c>
+      <c r="F807" t="s">
+        <v>638</v>
+      </c>
+      <c r="G807" s="1" t="s">
         <v>2862</v>
       </c>
-      <c r="B807" t="s">
-[...11 lines deleted...]
-      <c r="F807" t="s">
+      <c r="H807" t="s">
         <v>2863</v>
-      </c>
-[...4 lines deleted...]
-        <v>2865</v>
       </c>
     </row>
     <row r="808" spans="1:8">
       <c r="A808" t="s">
-        <v>2866</v>
+        <v>2864</v>
       </c>
       <c r="B808" t="s">
         <v>9</v>
       </c>
       <c r="C808" t="s">
-        <v>312</v>
+        <v>292</v>
       </c>
       <c r="D808" t="s">
-        <v>2647</v>
+        <v>2661</v>
       </c>
       <c r="E808" t="s">
-        <v>2648</v>
+        <v>2662</v>
       </c>
       <c r="F808" t="s">
         <v>638</v>
       </c>
       <c r="G808" s="1" t="s">
-        <v>2867</v>
+        <v>2865</v>
       </c>
       <c r="H808" t="s">
-        <v>2868</v>
+        <v>2866</v>
       </c>
     </row>
     <row r="809" spans="1:8">
       <c r="A809" t="s">
-        <v>2869</v>
+        <v>2867</v>
       </c>
       <c r="B809" t="s">
         <v>9</v>
       </c>
       <c r="C809" t="s">
-        <v>316</v>
+        <v>296</v>
       </c>
       <c r="D809" t="s">
-        <v>2647</v>
+        <v>2661</v>
       </c>
       <c r="E809" t="s">
-        <v>2648</v>
+        <v>2662</v>
       </c>
       <c r="F809" t="s">
         <v>638</v>
       </c>
       <c r="G809" s="1" t="s">
-        <v>2870</v>
+        <v>2868</v>
       </c>
       <c r="H809" t="s">
-        <v>2871</v>
+        <v>2869</v>
       </c>
     </row>
     <row r="810" spans="1:8">
       <c r="A810" t="s">
+        <v>2870</v>
+      </c>
+      <c r="B810" t="s">
+        <v>9</v>
+      </c>
+      <c r="C810" t="s">
+        <v>300</v>
+      </c>
+      <c r="D810" t="s">
+        <v>2661</v>
+      </c>
+      <c r="E810" t="s">
+        <v>2662</v>
+      </c>
+      <c r="F810" t="s">
+        <v>2803</v>
+      </c>
+      <c r="G810" s="1" t="s">
+        <v>2871</v>
+      </c>
+      <c r="H810" t="s">
         <v>2872</v>
-      </c>
-[...19 lines deleted...]
-        <v>2874</v>
       </c>
     </row>
     <row r="811" spans="1:8">
       <c r="A811" t="s">
-        <v>2875</v>
+        <v>2873</v>
       </c>
       <c r="B811" t="s">
         <v>9</v>
       </c>
       <c r="C811" t="s">
-        <v>323</v>
+        <v>304</v>
       </c>
       <c r="D811" t="s">
-        <v>2647</v>
+        <v>2661</v>
       </c>
       <c r="E811" t="s">
-        <v>2648</v>
+        <v>2662</v>
       </c>
       <c r="F811" t="s">
         <v>638</v>
       </c>
       <c r="G811" s="1" t="s">
-        <v>2876</v>
+        <v>2874</v>
       </c>
       <c r="H811" t="s">
-        <v>2877</v>
+        <v>2875</v>
       </c>
     </row>
     <row r="812" spans="1:8">
       <c r="A812" t="s">
+        <v>2876</v>
+      </c>
+      <c r="B812" t="s">
+        <v>9</v>
+      </c>
+      <c r="C812" t="s">
+        <v>308</v>
+      </c>
+      <c r="D812" t="s">
+        <v>2661</v>
+      </c>
+      <c r="E812" t="s">
+        <v>2662</v>
+      </c>
+      <c r="F812" t="s">
+        <v>2877</v>
+      </c>
+      <c r="G812" s="1" t="s">
         <v>2878</v>
       </c>
-      <c r="B812" t="s">
-[...14 lines deleted...]
-      <c r="G812" s="1" t="s">
+      <c r="H812" t="s">
         <v>2879</v>
-      </c>
-[...1 lines deleted...]
-        <v>2880</v>
       </c>
     </row>
     <row r="813" spans="1:8">
       <c r="A813" t="s">
-        <v>2881</v>
+        <v>2880</v>
       </c>
       <c r="B813" t="s">
         <v>9</v>
       </c>
       <c r="C813" t="s">
-        <v>331</v>
+        <v>312</v>
       </c>
       <c r="D813" t="s">
-        <v>2647</v>
+        <v>2661</v>
       </c>
       <c r="E813" t="s">
-        <v>2648</v>
+        <v>2662</v>
       </c>
       <c r="F813" t="s">
         <v>638</v>
       </c>
       <c r="G813" s="1" t="s">
+        <v>2881</v>
+      </c>
+      <c r="H813" t="s">
         <v>2882</v>
-      </c>
-[...1 lines deleted...]
-        <v>2883</v>
       </c>
     </row>
     <row r="814" spans="1:8">
       <c r="A814" t="s">
-        <v>2884</v>
+        <v>2883</v>
       </c>
       <c r="B814" t="s">
         <v>9</v>
       </c>
       <c r="C814" t="s">
-        <v>335</v>
+        <v>316</v>
       </c>
       <c r="D814" t="s">
-        <v>2647</v>
+        <v>2661</v>
       </c>
       <c r="E814" t="s">
-        <v>2648</v>
+        <v>2662</v>
       </c>
       <c r="F814" t="s">
         <v>638</v>
       </c>
       <c r="G814" s="1" t="s">
+        <v>2884</v>
+      </c>
+      <c r="H814" t="s">
         <v>2885</v>
-      </c>
-[...1 lines deleted...]
-        <v>2886</v>
       </c>
     </row>
     <row r="815" spans="1:8">
       <c r="A815" t="s">
-        <v>2887</v>
+        <v>2886</v>
       </c>
       <c r="B815" t="s">
         <v>9</v>
       </c>
       <c r="C815" t="s">
-        <v>339</v>
+        <v>319</v>
       </c>
       <c r="D815" t="s">
-        <v>2647</v>
+        <v>2661</v>
       </c>
       <c r="E815" t="s">
-        <v>2648</v>
+        <v>2662</v>
       </c>
       <c r="F815" t="s">
         <v>638</v>
       </c>
       <c r="G815" s="1" t="s">
+        <v>2887</v>
+      </c>
+      <c r="H815" t="s">
         <v>2888</v>
-      </c>
-[...1 lines deleted...]
-        <v>2889</v>
       </c>
     </row>
     <row r="816" spans="1:8">
       <c r="A816" t="s">
-        <v>2890</v>
+        <v>2889</v>
       </c>
       <c r="B816" t="s">
         <v>9</v>
       </c>
       <c r="C816" t="s">
-        <v>343</v>
+        <v>323</v>
       </c>
       <c r="D816" t="s">
-        <v>2647</v>
+        <v>2661</v>
       </c>
       <c r="E816" t="s">
-        <v>2648</v>
+        <v>2662</v>
       </c>
       <c r="F816" t="s">
         <v>638</v>
       </c>
       <c r="G816" s="1" t="s">
+        <v>2890</v>
+      </c>
+      <c r="H816" t="s">
         <v>2891</v>
-      </c>
-[...1 lines deleted...]
-        <v>2880</v>
       </c>
     </row>
     <row r="817" spans="1:8">
       <c r="A817" t="s">
         <v>2892</v>
       </c>
       <c r="B817" t="s">
         <v>9</v>
       </c>
       <c r="C817" t="s">
-        <v>347</v>
+        <v>327</v>
       </c>
       <c r="D817" t="s">
-        <v>2647</v>
+        <v>2661</v>
       </c>
       <c r="E817" t="s">
-        <v>2648</v>
+        <v>2662</v>
       </c>
       <c r="F817" t="s">
         <v>638</v>
       </c>
       <c r="G817" s="1" t="s">
         <v>2893</v>
       </c>
       <c r="H817" t="s">
-        <v>2883</v>
+        <v>2894</v>
       </c>
     </row>
     <row r="818" spans="1:8">
       <c r="A818" t="s">
-        <v>2894</v>
+        <v>2895</v>
       </c>
       <c r="B818" t="s">
         <v>9</v>
       </c>
       <c r="C818" t="s">
-        <v>351</v>
+        <v>331</v>
       </c>
       <c r="D818" t="s">
-        <v>2647</v>
+        <v>2661</v>
       </c>
       <c r="E818" t="s">
-        <v>2648</v>
+        <v>2662</v>
       </c>
       <c r="F818" t="s">
         <v>638</v>
       </c>
       <c r="G818" s="1" t="s">
-        <v>2895</v>
+        <v>2896</v>
       </c>
       <c r="H818" t="s">
-        <v>2886</v>
+        <v>2897</v>
       </c>
     </row>
     <row r="819" spans="1:8">
       <c r="A819" t="s">
-        <v>2896</v>
+        <v>2898</v>
       </c>
       <c r="B819" t="s">
         <v>9</v>
       </c>
       <c r="C819" t="s">
-        <v>355</v>
+        <v>335</v>
       </c>
       <c r="D819" t="s">
-        <v>2647</v>
+        <v>2661</v>
       </c>
       <c r="E819" t="s">
-        <v>2648</v>
+        <v>2662</v>
       </c>
       <c r="F819" t="s">
         <v>638</v>
       </c>
       <c r="G819" s="1" t="s">
-        <v>2897</v>
+        <v>2899</v>
       </c>
       <c r="H819" t="s">
-        <v>2898</v>
+        <v>2900</v>
       </c>
     </row>
     <row r="820" spans="1:8">
       <c r="A820" t="s">
-        <v>2899</v>
+        <v>2901</v>
       </c>
       <c r="B820" t="s">
         <v>9</v>
       </c>
       <c r="C820" t="s">
-        <v>359</v>
+        <v>339</v>
       </c>
       <c r="D820" t="s">
-        <v>2647</v>
+        <v>2661</v>
       </c>
       <c r="E820" t="s">
-        <v>2648</v>
+        <v>2662</v>
       </c>
       <c r="F820" t="s">
         <v>638</v>
       </c>
       <c r="G820" s="1" t="s">
-        <v>2900</v>
+        <v>2902</v>
       </c>
       <c r="H820" t="s">
-        <v>2901</v>
+        <v>2903</v>
       </c>
     </row>
     <row r="821" spans="1:8">
       <c r="A821" t="s">
-        <v>2902</v>
+        <v>2904</v>
       </c>
       <c r="B821" t="s">
         <v>9</v>
       </c>
       <c r="C821" t="s">
-        <v>363</v>
+        <v>343</v>
       </c>
       <c r="D821" t="s">
-        <v>2647</v>
+        <v>2661</v>
       </c>
       <c r="E821" t="s">
-        <v>2648</v>
+        <v>2662</v>
       </c>
       <c r="F821" t="s">
         <v>638</v>
       </c>
       <c r="G821" s="1" t="s">
-        <v>2903</v>
+        <v>2905</v>
       </c>
       <c r="H821" t="s">
-        <v>2904</v>
+        <v>2894</v>
       </c>
     </row>
     <row r="822" spans="1:8">
       <c r="A822" t="s">
-        <v>2905</v>
+        <v>2906</v>
       </c>
       <c r="B822" t="s">
         <v>9</v>
       </c>
       <c r="C822" t="s">
-        <v>367</v>
+        <v>347</v>
       </c>
       <c r="D822" t="s">
-        <v>2647</v>
+        <v>2661</v>
       </c>
       <c r="E822" t="s">
-        <v>2648</v>
+        <v>2662</v>
       </c>
       <c r="F822" t="s">
         <v>638</v>
       </c>
       <c r="G822" s="1" t="s">
-        <v>2906</v>
+        <v>2907</v>
       </c>
       <c r="H822" t="s">
-        <v>2907</v>
+        <v>2897</v>
       </c>
     </row>
     <row r="823" spans="1:8">
       <c r="A823" t="s">
         <v>2908</v>
       </c>
       <c r="B823" t="s">
         <v>9</v>
       </c>
       <c r="C823" t="s">
-        <v>371</v>
+        <v>351</v>
       </c>
       <c r="D823" t="s">
-        <v>2647</v>
+        <v>2661</v>
       </c>
       <c r="E823" t="s">
-        <v>2648</v>
+        <v>2662</v>
       </c>
       <c r="F823" t="s">
         <v>638</v>
       </c>
       <c r="G823" s="1" t="s">
         <v>2909</v>
       </c>
       <c r="H823" t="s">
-        <v>2910</v>
+        <v>2900</v>
       </c>
     </row>
     <row r="824" spans="1:8">
       <c r="A824" t="s">
-        <v>2911</v>
+        <v>2910</v>
       </c>
       <c r="B824" t="s">
         <v>9</v>
       </c>
       <c r="C824" t="s">
-        <v>10</v>
+        <v>355</v>
       </c>
       <c r="D824" t="s">
-        <v>2912</v>
+        <v>2661</v>
       </c>
       <c r="E824" t="s">
-        <v>2913</v>
+        <v>2662</v>
       </c>
       <c r="F824" t="s">
         <v>638</v>
       </c>
       <c r="G824" s="1" t="s">
-        <v>2914</v>
+        <v>2911</v>
       </c>
       <c r="H824" t="s">
-        <v>2915</v>
+        <v>2912</v>
       </c>
     </row>
     <row r="825" spans="1:8">
       <c r="A825" t="s">
-        <v>2916</v>
+        <v>2913</v>
       </c>
       <c r="B825" t="s">
         <v>9</v>
       </c>
       <c r="C825" t="s">
-        <v>17</v>
+        <v>359</v>
       </c>
       <c r="D825" t="s">
-        <v>2912</v>
+        <v>2661</v>
       </c>
       <c r="E825" t="s">
-        <v>2913</v>
+        <v>2662</v>
       </c>
       <c r="F825" t="s">
         <v>638</v>
       </c>
       <c r="G825" s="1" t="s">
-        <v>2917</v>
+        <v>2914</v>
       </c>
       <c r="H825" t="s">
-        <v>2918</v>
+        <v>2915</v>
       </c>
     </row>
     <row r="826" spans="1:8">
       <c r="A826" t="s">
-        <v>2919</v>
+        <v>2916</v>
       </c>
       <c r="B826" t="s">
         <v>9</v>
       </c>
       <c r="C826" t="s">
-        <v>21</v>
+        <v>363</v>
       </c>
       <c r="D826" t="s">
-        <v>2912</v>
+        <v>2661</v>
       </c>
       <c r="E826" t="s">
-        <v>2913</v>
+        <v>2662</v>
       </c>
       <c r="F826" t="s">
         <v>638</v>
       </c>
       <c r="G826" s="1" t="s">
-        <v>2920</v>
+        <v>2917</v>
       </c>
       <c r="H826" t="s">
-        <v>2921</v>
+        <v>2918</v>
       </c>
     </row>
     <row r="827" spans="1:8">
       <c r="A827" t="s">
-        <v>2922</v>
+        <v>2919</v>
       </c>
       <c r="B827" t="s">
         <v>9</v>
       </c>
       <c r="C827" t="s">
-        <v>25</v>
+        <v>367</v>
       </c>
       <c r="D827" t="s">
-        <v>2912</v>
+        <v>2661</v>
       </c>
       <c r="E827" t="s">
-        <v>2913</v>
+        <v>2662</v>
       </c>
       <c r="F827" t="s">
         <v>638</v>
       </c>
       <c r="G827" s="1" t="s">
-        <v>2923</v>
+        <v>2920</v>
       </c>
       <c r="H827" t="s">
-        <v>2924</v>
+        <v>2921</v>
       </c>
     </row>
     <row r="828" spans="1:8">
       <c r="A828" t="s">
-        <v>2925</v>
+        <v>2922</v>
       </c>
       <c r="B828" t="s">
         <v>9</v>
       </c>
       <c r="C828" t="s">
-        <v>30</v>
+        <v>371</v>
       </c>
       <c r="D828" t="s">
-        <v>2912</v>
+        <v>2661</v>
       </c>
       <c r="E828" t="s">
-        <v>2913</v>
+        <v>2662</v>
       </c>
       <c r="F828" t="s">
         <v>638</v>
       </c>
       <c r="G828" s="1" t="s">
-        <v>2926</v>
+        <v>2923</v>
       </c>
       <c r="H828" t="s">
-        <v>2927</v>
+        <v>2924</v>
       </c>
     </row>
     <row r="829" spans="1:8">
       <c r="A829" t="s">
-        <v>2928</v>
+        <v>2925</v>
       </c>
       <c r="B829" t="s">
         <v>9</v>
       </c>
       <c r="C829" t="s">
-        <v>34</v>
+        <v>10</v>
       </c>
       <c r="D829" t="s">
-        <v>2912</v>
+        <v>2926</v>
       </c>
       <c r="E829" t="s">
-        <v>2913</v>
+        <v>2927</v>
       </c>
       <c r="F829" t="s">
         <v>638</v>
       </c>
       <c r="G829" s="1" t="s">
+        <v>2928</v>
+      </c>
+      <c r="H829" t="s">
         <v>2929</v>
-      </c>
-[...1 lines deleted...]
-        <v>2930</v>
       </c>
     </row>
     <row r="830" spans="1:8">
       <c r="A830" t="s">
-        <v>2931</v>
+        <v>2930</v>
       </c>
       <c r="B830" t="s">
         <v>9</v>
       </c>
       <c r="C830" t="s">
-        <v>39</v>
+        <v>17</v>
       </c>
       <c r="D830" t="s">
-        <v>2912</v>
+        <v>2926</v>
       </c>
       <c r="E830" t="s">
-        <v>2913</v>
+        <v>2927</v>
       </c>
       <c r="F830" t="s">
         <v>638</v>
       </c>
       <c r="G830" s="1" t="s">
+        <v>2931</v>
+      </c>
+      <c r="H830" t="s">
         <v>2932</v>
-      </c>
-[...1 lines deleted...]
-        <v>2933</v>
       </c>
     </row>
     <row r="831" spans="1:8">
       <c r="A831" t="s">
-        <v>2934</v>
+        <v>2933</v>
       </c>
       <c r="B831" t="s">
         <v>9</v>
       </c>
       <c r="C831" t="s">
-        <v>44</v>
+        <v>21</v>
       </c>
       <c r="D831" t="s">
-        <v>2912</v>
+        <v>2926</v>
       </c>
       <c r="E831" t="s">
-        <v>2913</v>
+        <v>2927</v>
       </c>
       <c r="F831" t="s">
         <v>638</v>
       </c>
       <c r="G831" s="1" t="s">
+        <v>2934</v>
+      </c>
+      <c r="H831" t="s">
         <v>2935</v>
-      </c>
-[...1 lines deleted...]
-        <v>2936</v>
       </c>
     </row>
     <row r="832" spans="1:8">
       <c r="A832" t="s">
-        <v>2937</v>
+        <v>2936</v>
       </c>
       <c r="B832" t="s">
         <v>9</v>
       </c>
       <c r="C832" t="s">
-        <v>48</v>
+        <v>25</v>
       </c>
       <c r="D832" t="s">
-        <v>2912</v>
+        <v>2926</v>
       </c>
       <c r="E832" t="s">
-        <v>2913</v>
+        <v>2927</v>
       </c>
       <c r="F832" t="s">
         <v>638</v>
       </c>
       <c r="G832" s="1" t="s">
+        <v>2937</v>
+      </c>
+      <c r="H832" t="s">
         <v>2938</v>
-      </c>
-[...1 lines deleted...]
-        <v>2939</v>
       </c>
     </row>
     <row r="833" spans="1:8">
       <c r="A833" t="s">
-        <v>2940</v>
+        <v>2939</v>
       </c>
       <c r="B833" t="s">
         <v>9</v>
       </c>
       <c r="C833" t="s">
-        <v>53</v>
+        <v>30</v>
       </c>
       <c r="D833" t="s">
-        <v>2912</v>
+        <v>2926</v>
       </c>
       <c r="E833" t="s">
-        <v>2913</v>
+        <v>2927</v>
       </c>
       <c r="F833" t="s">
         <v>638</v>
       </c>
       <c r="G833" s="1" t="s">
+        <v>2940</v>
+      </c>
+      <c r="H833" t="s">
         <v>2941</v>
-      </c>
-[...1 lines deleted...]
-        <v>2942</v>
       </c>
     </row>
     <row r="834" spans="1:8">
       <c r="A834" t="s">
-        <v>2943</v>
+        <v>2942</v>
       </c>
       <c r="B834" t="s">
         <v>9</v>
       </c>
       <c r="C834" t="s">
-        <v>58</v>
+        <v>34</v>
       </c>
       <c r="D834" t="s">
-        <v>2912</v>
+        <v>2926</v>
       </c>
       <c r="E834" t="s">
-        <v>2913</v>
+        <v>2927</v>
       </c>
       <c r="F834" t="s">
         <v>638</v>
       </c>
       <c r="G834" s="1" t="s">
+        <v>2943</v>
+      </c>
+      <c r="H834" t="s">
         <v>2944</v>
-      </c>
-[...1 lines deleted...]
-        <v>2945</v>
       </c>
     </row>
     <row r="835" spans="1:8">
       <c r="A835" t="s">
-        <v>2946</v>
+        <v>2945</v>
       </c>
       <c r="B835" t="s">
         <v>9</v>
       </c>
       <c r="C835" t="s">
-        <v>63</v>
+        <v>39</v>
       </c>
       <c r="D835" t="s">
-        <v>2912</v>
+        <v>2926</v>
       </c>
       <c r="E835" t="s">
-        <v>2913</v>
+        <v>2927</v>
       </c>
       <c r="F835" t="s">
         <v>638</v>
       </c>
       <c r="G835" s="1" t="s">
+        <v>2946</v>
+      </c>
+      <c r="H835" t="s">
         <v>2947</v>
-      </c>
-[...1 lines deleted...]
-        <v>2948</v>
       </c>
     </row>
     <row r="836" spans="1:8">
       <c r="A836" t="s">
-        <v>2949</v>
+        <v>2948</v>
       </c>
       <c r="B836" t="s">
         <v>9</v>
       </c>
       <c r="C836" t="s">
-        <v>67</v>
+        <v>44</v>
       </c>
       <c r="D836" t="s">
-        <v>2912</v>
+        <v>2926</v>
       </c>
       <c r="E836" t="s">
-        <v>2913</v>
+        <v>2927</v>
       </c>
       <c r="F836" t="s">
         <v>638</v>
       </c>
       <c r="G836" s="1" t="s">
+        <v>2949</v>
+      </c>
+      <c r="H836" t="s">
         <v>2950</v>
-      </c>
-[...1 lines deleted...]
-        <v>2951</v>
       </c>
     </row>
     <row r="837" spans="1:8">
       <c r="A837" t="s">
-        <v>2952</v>
+        <v>2951</v>
       </c>
       <c r="B837" t="s">
         <v>9</v>
       </c>
       <c r="C837" t="s">
-        <v>71</v>
+        <v>48</v>
       </c>
       <c r="D837" t="s">
-        <v>2912</v>
+        <v>2926</v>
       </c>
       <c r="E837" t="s">
-        <v>2913</v>
+        <v>2927</v>
       </c>
       <c r="F837" t="s">
         <v>638</v>
       </c>
       <c r="G837" s="1" t="s">
+        <v>2952</v>
+      </c>
+      <c r="H837" t="s">
         <v>2953</v>
-      </c>
-[...1 lines deleted...]
-        <v>2954</v>
       </c>
     </row>
     <row r="838" spans="1:8">
       <c r="A838" t="s">
-        <v>2955</v>
+        <v>2954</v>
       </c>
       <c r="B838" t="s">
         <v>9</v>
       </c>
       <c r="C838" t="s">
-        <v>76</v>
+        <v>53</v>
       </c>
       <c r="D838" t="s">
-        <v>2912</v>
+        <v>2926</v>
       </c>
       <c r="E838" t="s">
-        <v>2913</v>
+        <v>2927</v>
       </c>
       <c r="F838" t="s">
         <v>638</v>
       </c>
       <c r="G838" s="1" t="s">
+        <v>2955</v>
+      </c>
+      <c r="H838" t="s">
         <v>2956</v>
-      </c>
-[...1 lines deleted...]
-        <v>2957</v>
       </c>
     </row>
     <row r="839" spans="1:8">
       <c r="A839" t="s">
-        <v>2958</v>
+        <v>2957</v>
       </c>
       <c r="B839" t="s">
         <v>9</v>
       </c>
       <c r="C839" t="s">
-        <v>80</v>
+        <v>58</v>
       </c>
       <c r="D839" t="s">
-        <v>2912</v>
+        <v>2926</v>
       </c>
       <c r="E839" t="s">
-        <v>2913</v>
+        <v>2927</v>
       </c>
       <c r="F839" t="s">
         <v>638</v>
       </c>
       <c r="G839" s="1" t="s">
+        <v>2958</v>
+      </c>
+      <c r="H839" t="s">
         <v>2959</v>
-      </c>
-[...1 lines deleted...]
-        <v>2960</v>
       </c>
     </row>
     <row r="840" spans="1:8">
       <c r="A840" t="s">
-        <v>2961</v>
+        <v>2960</v>
       </c>
       <c r="B840" t="s">
         <v>9</v>
       </c>
       <c r="C840" t="s">
-        <v>85</v>
+        <v>63</v>
       </c>
       <c r="D840" t="s">
-        <v>2912</v>
+        <v>2926</v>
       </c>
       <c r="E840" t="s">
-        <v>2913</v>
+        <v>2927</v>
       </c>
       <c r="F840" t="s">
         <v>638</v>
       </c>
       <c r="G840" s="1" t="s">
+        <v>2961</v>
+      </c>
+      <c r="H840" t="s">
         <v>2962</v>
-      </c>
-[...1 lines deleted...]
-        <v>2963</v>
       </c>
     </row>
     <row r="841" spans="1:8">
       <c r="A841" t="s">
-        <v>2964</v>
+        <v>2963</v>
       </c>
       <c r="B841" t="s">
         <v>9</v>
       </c>
       <c r="C841" t="s">
-        <v>89</v>
+        <v>67</v>
       </c>
       <c r="D841" t="s">
-        <v>2912</v>
+        <v>2926</v>
       </c>
       <c r="E841" t="s">
-        <v>2913</v>
+        <v>2927</v>
       </c>
       <c r="F841" t="s">
         <v>638</v>
       </c>
       <c r="G841" s="1" t="s">
+        <v>2964</v>
+      </c>
+      <c r="H841" t="s">
         <v>2965</v>
-      </c>
-[...1 lines deleted...]
-        <v>2966</v>
       </c>
     </row>
     <row r="842" spans="1:8">
       <c r="A842" t="s">
-        <v>2967</v>
+        <v>2966</v>
       </c>
       <c r="B842" t="s">
         <v>9</v>
       </c>
       <c r="C842" t="s">
-        <v>94</v>
+        <v>71</v>
       </c>
       <c r="D842" t="s">
-        <v>2912</v>
+        <v>2926</v>
       </c>
       <c r="E842" t="s">
-        <v>2913</v>
+        <v>2927</v>
       </c>
       <c r="F842" t="s">
         <v>638</v>
       </c>
       <c r="G842" s="1" t="s">
+        <v>2967</v>
+      </c>
+      <c r="H842" t="s">
         <v>2968</v>
-      </c>
-[...1 lines deleted...]
-        <v>2969</v>
       </c>
     </row>
     <row r="843" spans="1:8">
       <c r="A843" t="s">
-        <v>2970</v>
+        <v>2969</v>
       </c>
       <c r="B843" t="s">
         <v>9</v>
       </c>
       <c r="C843" t="s">
-        <v>98</v>
+        <v>76</v>
       </c>
       <c r="D843" t="s">
-        <v>2912</v>
+        <v>2926</v>
       </c>
       <c r="E843" t="s">
-        <v>2913</v>
+        <v>2927</v>
       </c>
       <c r="F843" t="s">
         <v>638</v>
       </c>
       <c r="G843" s="1" t="s">
+        <v>2970</v>
+      </c>
+      <c r="H843" t="s">
         <v>2971</v>
-      </c>
-[...1 lines deleted...]
-        <v>2972</v>
       </c>
     </row>
     <row r="844" spans="1:8">
       <c r="A844" t="s">
-        <v>2973</v>
+        <v>2972</v>
       </c>
       <c r="B844" t="s">
         <v>9</v>
       </c>
       <c r="C844" t="s">
-        <v>102</v>
+        <v>80</v>
       </c>
       <c r="D844" t="s">
-        <v>2912</v>
+        <v>2926</v>
       </c>
       <c r="E844" t="s">
-        <v>2913</v>
+        <v>2927</v>
       </c>
       <c r="F844" t="s">
         <v>638</v>
       </c>
       <c r="G844" s="1" t="s">
+        <v>2973</v>
+      </c>
+      <c r="H844" t="s">
         <v>2974</v>
-      </c>
-[...1 lines deleted...]
-        <v>2975</v>
       </c>
     </row>
     <row r="845" spans="1:8">
       <c r="A845" t="s">
-        <v>2976</v>
+        <v>2975</v>
       </c>
       <c r="B845" t="s">
         <v>9</v>
       </c>
       <c r="C845" t="s">
-        <v>106</v>
+        <v>85</v>
       </c>
       <c r="D845" t="s">
-        <v>2912</v>
+        <v>2926</v>
       </c>
       <c r="E845" t="s">
-        <v>2913</v>
+        <v>2927</v>
       </c>
       <c r="F845" t="s">
         <v>638</v>
       </c>
       <c r="G845" s="1" t="s">
+        <v>2976</v>
+      </c>
+      <c r="H845" t="s">
         <v>2977</v>
-      </c>
-[...1 lines deleted...]
-        <v>2978</v>
       </c>
     </row>
     <row r="846" spans="1:8">
       <c r="A846" t="s">
-        <v>2979</v>
+        <v>2978</v>
       </c>
       <c r="B846" t="s">
         <v>9</v>
       </c>
       <c r="C846" t="s">
-        <v>111</v>
+        <v>89</v>
       </c>
       <c r="D846" t="s">
-        <v>2912</v>
+        <v>2926</v>
       </c>
       <c r="E846" t="s">
-        <v>2913</v>
+        <v>2927</v>
       </c>
       <c r="F846" t="s">
         <v>638</v>
       </c>
       <c r="G846" s="1" t="s">
+        <v>2979</v>
+      </c>
+      <c r="H846" t="s">
         <v>2980</v>
-      </c>
-[...1 lines deleted...]
-        <v>2981</v>
       </c>
     </row>
     <row r="847" spans="1:8">
       <c r="A847" t="s">
-        <v>2982</v>
+        <v>2981</v>
       </c>
       <c r="B847" t="s">
         <v>9</v>
       </c>
       <c r="C847" t="s">
-        <v>115</v>
+        <v>94</v>
       </c>
       <c r="D847" t="s">
-        <v>2912</v>
+        <v>2926</v>
       </c>
       <c r="E847" t="s">
-        <v>2913</v>
+        <v>2927</v>
       </c>
       <c r="F847" t="s">
         <v>638</v>
       </c>
       <c r="G847" s="1" t="s">
+        <v>2982</v>
+      </c>
+      <c r="H847" t="s">
         <v>2983</v>
-      </c>
-[...1 lines deleted...]
-        <v>2984</v>
       </c>
     </row>
     <row r="848" spans="1:8">
       <c r="A848" t="s">
-        <v>2985</v>
+        <v>2984</v>
       </c>
       <c r="B848" t="s">
         <v>9</v>
       </c>
       <c r="C848" t="s">
-        <v>119</v>
+        <v>98</v>
       </c>
       <c r="D848" t="s">
-        <v>2912</v>
+        <v>2926</v>
       </c>
       <c r="E848" t="s">
-        <v>2913</v>
+        <v>2927</v>
       </c>
       <c r="F848" t="s">
         <v>638</v>
       </c>
       <c r="G848" s="1" t="s">
+        <v>2985</v>
+      </c>
+      <c r="H848" t="s">
         <v>2986</v>
-      </c>
-[...1 lines deleted...]
-        <v>2987</v>
       </c>
     </row>
     <row r="849" spans="1:8">
       <c r="A849" t="s">
-        <v>2988</v>
+        <v>2987</v>
       </c>
       <c r="B849" t="s">
         <v>9</v>
       </c>
       <c r="C849" t="s">
-        <v>124</v>
+        <v>102</v>
       </c>
       <c r="D849" t="s">
-        <v>2912</v>
+        <v>2926</v>
       </c>
       <c r="E849" t="s">
-        <v>2913</v>
+        <v>2927</v>
       </c>
       <c r="F849" t="s">
         <v>638</v>
       </c>
       <c r="G849" s="1" t="s">
+        <v>2988</v>
+      </c>
+      <c r="H849" t="s">
         <v>2989</v>
-      </c>
-[...1 lines deleted...]
-        <v>2990</v>
       </c>
     </row>
     <row r="850" spans="1:8">
       <c r="A850" t="s">
-        <v>2991</v>
+        <v>2990</v>
       </c>
       <c r="B850" t="s">
         <v>9</v>
       </c>
       <c r="C850" t="s">
-        <v>129</v>
+        <v>106</v>
       </c>
       <c r="D850" t="s">
-        <v>2912</v>
+        <v>2926</v>
       </c>
       <c r="E850" t="s">
-        <v>2913</v>
+        <v>2927</v>
       </c>
       <c r="F850" t="s">
         <v>638</v>
       </c>
       <c r="G850" s="1" t="s">
+        <v>2991</v>
+      </c>
+      <c r="H850" t="s">
         <v>2992</v>
-      </c>
-[...1 lines deleted...]
-        <v>2993</v>
       </c>
     </row>
     <row r="851" spans="1:8">
       <c r="A851" t="s">
-        <v>2994</v>
+        <v>2993</v>
       </c>
       <c r="B851" t="s">
         <v>9</v>
       </c>
       <c r="C851" t="s">
-        <v>133</v>
+        <v>111</v>
       </c>
       <c r="D851" t="s">
-        <v>2912</v>
+        <v>2926</v>
       </c>
       <c r="E851" t="s">
-        <v>2913</v>
+        <v>2927</v>
       </c>
       <c r="F851" t="s">
         <v>638</v>
       </c>
       <c r="G851" s="1" t="s">
+        <v>2994</v>
+      </c>
+      <c r="H851" t="s">
         <v>2995</v>
-      </c>
-[...1 lines deleted...]
-        <v>2996</v>
       </c>
     </row>
     <row r="852" spans="1:8">
       <c r="A852" t="s">
-        <v>2997</v>
+        <v>2996</v>
       </c>
       <c r="B852" t="s">
         <v>9</v>
       </c>
       <c r="C852" t="s">
-        <v>137</v>
+        <v>115</v>
       </c>
       <c r="D852" t="s">
-        <v>2912</v>
+        <v>2926</v>
       </c>
       <c r="E852" t="s">
-        <v>2913</v>
+        <v>2927</v>
       </c>
       <c r="F852" t="s">
         <v>638</v>
       </c>
       <c r="G852" s="1" t="s">
+        <v>2997</v>
+      </c>
+      <c r="H852" t="s">
         <v>2998</v>
-      </c>
-[...1 lines deleted...]
-        <v>2999</v>
       </c>
     </row>
     <row r="853" spans="1:8">
       <c r="A853" t="s">
-        <v>3000</v>
+        <v>2999</v>
       </c>
       <c r="B853" t="s">
         <v>9</v>
       </c>
       <c r="C853" t="s">
-        <v>141</v>
+        <v>119</v>
       </c>
       <c r="D853" t="s">
-        <v>2912</v>
+        <v>2926</v>
       </c>
       <c r="E853" t="s">
-        <v>2913</v>
+        <v>2927</v>
       </c>
       <c r="F853" t="s">
         <v>638</v>
       </c>
       <c r="G853" s="1" t="s">
+        <v>3000</v>
+      </c>
+      <c r="H853" t="s">
         <v>3001</v>
-      </c>
-[...1 lines deleted...]
-        <v>3002</v>
       </c>
     </row>
     <row r="854" spans="1:8">
       <c r="A854" t="s">
-        <v>3003</v>
+        <v>3002</v>
       </c>
       <c r="B854" t="s">
         <v>9</v>
       </c>
       <c r="C854" t="s">
-        <v>145</v>
+        <v>124</v>
       </c>
       <c r="D854" t="s">
-        <v>2912</v>
+        <v>2926</v>
       </c>
       <c r="E854" t="s">
-        <v>2913</v>
+        <v>2927</v>
       </c>
       <c r="F854" t="s">
         <v>638</v>
       </c>
       <c r="G854" s="1" t="s">
+        <v>3003</v>
+      </c>
+      <c r="H854" t="s">
         <v>3004</v>
-      </c>
-[...1 lines deleted...]
-        <v>3005</v>
       </c>
     </row>
     <row r="855" spans="1:8">
       <c r="A855" t="s">
-        <v>3006</v>
+        <v>3005</v>
       </c>
       <c r="B855" t="s">
         <v>9</v>
       </c>
       <c r="C855" t="s">
-        <v>149</v>
+        <v>129</v>
       </c>
       <c r="D855" t="s">
-        <v>2912</v>
+        <v>2926</v>
       </c>
       <c r="E855" t="s">
-        <v>2913</v>
+        <v>2927</v>
       </c>
       <c r="F855" t="s">
         <v>638</v>
       </c>
       <c r="G855" s="1" t="s">
+        <v>3006</v>
+      </c>
+      <c r="H855" t="s">
         <v>3007</v>
-      </c>
-[...1 lines deleted...]
-        <v>3008</v>
       </c>
     </row>
     <row r="856" spans="1:8">
       <c r="A856" t="s">
-        <v>3009</v>
+        <v>3008</v>
       </c>
       <c r="B856" t="s">
         <v>9</v>
       </c>
       <c r="C856" t="s">
-        <v>153</v>
+        <v>133</v>
       </c>
       <c r="D856" t="s">
-        <v>2912</v>
+        <v>2926</v>
       </c>
       <c r="E856" t="s">
-        <v>2913</v>
+        <v>2927</v>
       </c>
       <c r="F856" t="s">
         <v>638</v>
       </c>
       <c r="G856" s="1" t="s">
+        <v>3009</v>
+      </c>
+      <c r="H856" t="s">
         <v>3010</v>
-      </c>
-[...1 lines deleted...]
-        <v>3011</v>
       </c>
     </row>
     <row r="857" spans="1:8">
       <c r="A857" t="s">
-        <v>3012</v>
+        <v>3011</v>
       </c>
       <c r="B857" t="s">
         <v>9</v>
       </c>
       <c r="C857" t="s">
-        <v>157</v>
+        <v>137</v>
       </c>
       <c r="D857" t="s">
-        <v>2912</v>
+        <v>2926</v>
       </c>
       <c r="E857" t="s">
-        <v>2913</v>
+        <v>2927</v>
       </c>
       <c r="F857" t="s">
         <v>638</v>
       </c>
       <c r="G857" s="1" t="s">
+        <v>3012</v>
+      </c>
+      <c r="H857" t="s">
         <v>3013</v>
-      </c>
-[...1 lines deleted...]
-        <v>3014</v>
       </c>
     </row>
     <row r="858" spans="1:8">
       <c r="A858" t="s">
-        <v>3015</v>
+        <v>3014</v>
       </c>
       <c r="B858" t="s">
         <v>9</v>
       </c>
       <c r="C858" t="s">
-        <v>161</v>
+        <v>141</v>
       </c>
       <c r="D858" t="s">
-        <v>2912</v>
+        <v>2926</v>
       </c>
       <c r="E858" t="s">
-        <v>2913</v>
+        <v>2927</v>
       </c>
       <c r="F858" t="s">
         <v>638</v>
       </c>
       <c r="G858" s="1" t="s">
+        <v>3015</v>
+      </c>
+      <c r="H858" t="s">
         <v>3016</v>
-      </c>
-[...1 lines deleted...]
-        <v>3017</v>
       </c>
     </row>
     <row r="859" spans="1:8">
       <c r="A859" t="s">
-        <v>3018</v>
+        <v>3017</v>
       </c>
       <c r="B859" t="s">
         <v>9</v>
       </c>
       <c r="C859" t="s">
-        <v>165</v>
+        <v>145</v>
       </c>
       <c r="D859" t="s">
-        <v>2912</v>
+        <v>2926</v>
       </c>
       <c r="E859" t="s">
-        <v>2913</v>
+        <v>2927</v>
       </c>
       <c r="F859" t="s">
         <v>638</v>
       </c>
       <c r="G859" s="1" t="s">
+        <v>3018</v>
+      </c>
+      <c r="H859" t="s">
         <v>3019</v>
-      </c>
-[...1 lines deleted...]
-        <v>3020</v>
       </c>
     </row>
     <row r="860" spans="1:8">
       <c r="A860" t="s">
-        <v>3021</v>
+        <v>3020</v>
       </c>
       <c r="B860" t="s">
         <v>9</v>
       </c>
       <c r="C860" t="s">
-        <v>170</v>
+        <v>149</v>
       </c>
       <c r="D860" t="s">
-        <v>2912</v>
+        <v>2926</v>
       </c>
       <c r="E860" t="s">
-        <v>2913</v>
+        <v>2927</v>
       </c>
       <c r="F860" t="s">
         <v>638</v>
       </c>
       <c r="G860" s="1" t="s">
+        <v>3021</v>
+      </c>
+      <c r="H860" t="s">
         <v>3022</v>
-      </c>
-[...1 lines deleted...]
-        <v>3023</v>
       </c>
     </row>
     <row r="861" spans="1:8">
       <c r="A861" t="s">
-        <v>3024</v>
+        <v>3023</v>
       </c>
       <c r="B861" t="s">
         <v>9</v>
       </c>
       <c r="C861" t="s">
-        <v>174</v>
+        <v>153</v>
       </c>
       <c r="D861" t="s">
-        <v>2912</v>
+        <v>2926</v>
       </c>
       <c r="E861" t="s">
-        <v>2913</v>
+        <v>2927</v>
       </c>
       <c r="F861" t="s">
         <v>638</v>
       </c>
       <c r="G861" s="1" t="s">
+        <v>3024</v>
+      </c>
+      <c r="H861" t="s">
         <v>3025</v>
-      </c>
-[...1 lines deleted...]
-        <v>3026</v>
       </c>
     </row>
     <row r="862" spans="1:8">
       <c r="A862" t="s">
-        <v>3027</v>
+        <v>3026</v>
       </c>
       <c r="B862" t="s">
         <v>9</v>
       </c>
       <c r="C862" t="s">
-        <v>178</v>
+        <v>157</v>
       </c>
       <c r="D862" t="s">
-        <v>2912</v>
+        <v>2926</v>
       </c>
       <c r="E862" t="s">
-        <v>2913</v>
+        <v>2927</v>
       </c>
       <c r="F862" t="s">
         <v>638</v>
       </c>
       <c r="G862" s="1" t="s">
+        <v>3027</v>
+      </c>
+      <c r="H862" t="s">
         <v>3028</v>
-      </c>
-[...1 lines deleted...]
-        <v>3029</v>
       </c>
     </row>
     <row r="863" spans="1:8">
       <c r="A863" t="s">
-        <v>3030</v>
+        <v>3029</v>
       </c>
       <c r="B863" t="s">
         <v>9</v>
       </c>
       <c r="C863" t="s">
-        <v>182</v>
+        <v>161</v>
       </c>
       <c r="D863" t="s">
-        <v>2912</v>
+        <v>2926</v>
       </c>
       <c r="E863" t="s">
-        <v>2913</v>
+        <v>2927</v>
       </c>
       <c r="F863" t="s">
         <v>638</v>
       </c>
       <c r="G863" s="1" t="s">
+        <v>3030</v>
+      </c>
+      <c r="H863" t="s">
         <v>3031</v>
-      </c>
-[...1 lines deleted...]
-        <v>3032</v>
       </c>
     </row>
     <row r="864" spans="1:8">
       <c r="A864" t="s">
-        <v>3033</v>
+        <v>3032</v>
       </c>
       <c r="B864" t="s">
         <v>9</v>
       </c>
       <c r="C864" t="s">
-        <v>186</v>
+        <v>165</v>
       </c>
       <c r="D864" t="s">
-        <v>2912</v>
+        <v>2926</v>
       </c>
       <c r="E864" t="s">
-        <v>2913</v>
+        <v>2927</v>
       </c>
       <c r="F864" t="s">
         <v>638</v>
       </c>
       <c r="G864" s="1" t="s">
+        <v>3033</v>
+      </c>
+      <c r="H864" t="s">
         <v>3034</v>
-      </c>
-[...1 lines deleted...]
-        <v>3035</v>
       </c>
     </row>
     <row r="865" spans="1:8">
       <c r="A865" t="s">
-        <v>3036</v>
+        <v>3035</v>
       </c>
       <c r="B865" t="s">
         <v>9</v>
       </c>
       <c r="C865" t="s">
-        <v>191</v>
+        <v>170</v>
       </c>
       <c r="D865" t="s">
-        <v>2912</v>
+        <v>2926</v>
       </c>
       <c r="E865" t="s">
-        <v>2913</v>
+        <v>2927</v>
       </c>
       <c r="F865" t="s">
         <v>638</v>
       </c>
       <c r="G865" s="1" t="s">
+        <v>3036</v>
+      </c>
+      <c r="H865" t="s">
         <v>3037</v>
-      </c>
-[...1 lines deleted...]
-        <v>3038</v>
       </c>
     </row>
     <row r="866" spans="1:8">
       <c r="A866" t="s">
-        <v>3039</v>
+        <v>3038</v>
       </c>
       <c r="B866" t="s">
         <v>9</v>
       </c>
       <c r="C866" t="s">
-        <v>195</v>
+        <v>174</v>
       </c>
       <c r="D866" t="s">
-        <v>2912</v>
+        <v>2926</v>
       </c>
       <c r="E866" t="s">
-        <v>2913</v>
+        <v>2927</v>
       </c>
       <c r="F866" t="s">
         <v>638</v>
       </c>
       <c r="G866" s="1" t="s">
+        <v>3039</v>
+      </c>
+      <c r="H866" t="s">
         <v>3040</v>
-      </c>
-[...1 lines deleted...]
-        <v>3041</v>
       </c>
     </row>
     <row r="867" spans="1:8">
       <c r="A867" t="s">
-        <v>3042</v>
+        <v>3041</v>
       </c>
       <c r="B867" t="s">
         <v>9</v>
       </c>
       <c r="C867" t="s">
-        <v>199</v>
+        <v>178</v>
       </c>
       <c r="D867" t="s">
-        <v>2912</v>
+        <v>2926</v>
       </c>
       <c r="E867" t="s">
-        <v>2913</v>
+        <v>2927</v>
       </c>
       <c r="F867" t="s">
         <v>638</v>
       </c>
       <c r="G867" s="1" t="s">
+        <v>3042</v>
+      </c>
+      <c r="H867" t="s">
         <v>3043</v>
-      </c>
-[...1 lines deleted...]
-        <v>3044</v>
       </c>
     </row>
     <row r="868" spans="1:8">
       <c r="A868" t="s">
-        <v>3045</v>
+        <v>3044</v>
       </c>
       <c r="B868" t="s">
         <v>9</v>
       </c>
       <c r="C868" t="s">
-        <v>204</v>
+        <v>182</v>
       </c>
       <c r="D868" t="s">
-        <v>2912</v>
+        <v>2926</v>
       </c>
       <c r="E868" t="s">
-        <v>2913</v>
+        <v>2927</v>
       </c>
       <c r="F868" t="s">
         <v>638</v>
       </c>
       <c r="G868" s="1" t="s">
+        <v>3045</v>
+      </c>
+      <c r="H868" t="s">
         <v>3046</v>
-      </c>
-[...1 lines deleted...]
-        <v>3047</v>
       </c>
     </row>
     <row r="869" spans="1:8">
       <c r="A869" t="s">
-        <v>3048</v>
+        <v>3047</v>
       </c>
       <c r="B869" t="s">
         <v>9</v>
       </c>
       <c r="C869" t="s">
-        <v>208</v>
+        <v>186</v>
       </c>
       <c r="D869" t="s">
-        <v>2912</v>
+        <v>2926</v>
       </c>
       <c r="E869" t="s">
-        <v>2913</v>
+        <v>2927</v>
       </c>
       <c r="F869" t="s">
         <v>638</v>
       </c>
       <c r="G869" s="1" t="s">
+        <v>3048</v>
+      </c>
+      <c r="H869" t="s">
         <v>3049</v>
-      </c>
-[...1 lines deleted...]
-        <v>3050</v>
       </c>
     </row>
     <row r="870" spans="1:8">
       <c r="A870" t="s">
-        <v>3051</v>
+        <v>3050</v>
       </c>
       <c r="B870" t="s">
         <v>9</v>
       </c>
       <c r="C870" t="s">
-        <v>212</v>
+        <v>191</v>
       </c>
       <c r="D870" t="s">
-        <v>2912</v>
+        <v>2926</v>
       </c>
       <c r="E870" t="s">
-        <v>2913</v>
+        <v>2927</v>
       </c>
       <c r="F870" t="s">
         <v>638</v>
       </c>
       <c r="G870" s="1" t="s">
+        <v>3051</v>
+      </c>
+      <c r="H870" t="s">
         <v>3052</v>
-      </c>
-[...1 lines deleted...]
-        <v>3053</v>
       </c>
     </row>
     <row r="871" spans="1:8">
       <c r="A871" t="s">
-        <v>3054</v>
+        <v>3053</v>
       </c>
       <c r="B871" t="s">
         <v>9</v>
       </c>
       <c r="C871" t="s">
-        <v>216</v>
+        <v>195</v>
       </c>
       <c r="D871" t="s">
-        <v>2912</v>
+        <v>2926</v>
       </c>
       <c r="E871" t="s">
-        <v>2913</v>
+        <v>2927</v>
       </c>
       <c r="F871" t="s">
         <v>638</v>
       </c>
       <c r="G871" s="1" t="s">
+        <v>3054</v>
+      </c>
+      <c r="H871" t="s">
         <v>3055</v>
-      </c>
-[...1 lines deleted...]
-        <v>3056</v>
       </c>
     </row>
     <row r="872" spans="1:8">
       <c r="A872" t="s">
-        <v>3057</v>
+        <v>3056</v>
       </c>
       <c r="B872" t="s">
         <v>9</v>
       </c>
       <c r="C872" t="s">
-        <v>220</v>
+        <v>199</v>
       </c>
       <c r="D872" t="s">
-        <v>2912</v>
+        <v>2926</v>
       </c>
       <c r="E872" t="s">
-        <v>2913</v>
+        <v>2927</v>
       </c>
       <c r="F872" t="s">
         <v>638</v>
       </c>
       <c r="G872" s="1" t="s">
+        <v>3057</v>
+      </c>
+      <c r="H872" t="s">
         <v>3058</v>
-      </c>
-[...1 lines deleted...]
-        <v>3059</v>
       </c>
     </row>
     <row r="873" spans="1:8">
       <c r="A873" t="s">
-        <v>3060</v>
+        <v>3059</v>
       </c>
       <c r="B873" t="s">
         <v>9</v>
       </c>
       <c r="C873" t="s">
-        <v>224</v>
+        <v>204</v>
       </c>
       <c r="D873" t="s">
-        <v>2912</v>
+        <v>2926</v>
       </c>
       <c r="E873" t="s">
-        <v>2913</v>
+        <v>2927</v>
       </c>
       <c r="F873" t="s">
         <v>638</v>
       </c>
       <c r="G873" s="1" t="s">
+        <v>3060</v>
+      </c>
+      <c r="H873" t="s">
         <v>3061</v>
-      </c>
-[...1 lines deleted...]
-        <v>3062</v>
       </c>
     </row>
     <row r="874" spans="1:8">
       <c r="A874" t="s">
-        <v>3063</v>
+        <v>3062</v>
       </c>
       <c r="B874" t="s">
         <v>9</v>
       </c>
       <c r="C874" t="s">
-        <v>228</v>
+        <v>208</v>
       </c>
       <c r="D874" t="s">
-        <v>2912</v>
+        <v>2926</v>
       </c>
       <c r="E874" t="s">
-        <v>2913</v>
+        <v>2927</v>
       </c>
       <c r="F874" t="s">
         <v>638</v>
       </c>
       <c r="G874" s="1" t="s">
+        <v>3063</v>
+      </c>
+      <c r="H874" t="s">
         <v>3064</v>
-      </c>
-[...1 lines deleted...]
-        <v>3065</v>
       </c>
     </row>
     <row r="875" spans="1:8">
       <c r="A875" t="s">
-        <v>3066</v>
+        <v>3065</v>
       </c>
       <c r="B875" t="s">
         <v>9</v>
       </c>
       <c r="C875" t="s">
-        <v>232</v>
+        <v>212</v>
       </c>
       <c r="D875" t="s">
-        <v>2912</v>
+        <v>2926</v>
       </c>
       <c r="E875" t="s">
-        <v>2913</v>
+        <v>2927</v>
       </c>
       <c r="F875" t="s">
         <v>638</v>
       </c>
       <c r="G875" s="1" t="s">
+        <v>3066</v>
+      </c>
+      <c r="H875" t="s">
         <v>3067</v>
-      </c>
-[...1 lines deleted...]
-        <v>3068</v>
       </c>
     </row>
     <row r="876" spans="1:8">
       <c r="A876" t="s">
-        <v>3069</v>
+        <v>3068</v>
       </c>
       <c r="B876" t="s">
         <v>9</v>
       </c>
       <c r="C876" t="s">
-        <v>236</v>
+        <v>216</v>
       </c>
       <c r="D876" t="s">
-        <v>2912</v>
+        <v>2926</v>
       </c>
       <c r="E876" t="s">
-        <v>2913</v>
+        <v>2927</v>
       </c>
       <c r="F876" t="s">
         <v>638</v>
       </c>
       <c r="G876" s="1" t="s">
+        <v>3069</v>
+      </c>
+      <c r="H876" t="s">
         <v>3070</v>
-      </c>
-[...1 lines deleted...]
-        <v>3071</v>
       </c>
     </row>
     <row r="877" spans="1:8">
       <c r="A877" t="s">
-        <v>3072</v>
+        <v>3071</v>
       </c>
       <c r="B877" t="s">
         <v>9</v>
       </c>
       <c r="C877" t="s">
-        <v>240</v>
+        <v>220</v>
       </c>
       <c r="D877" t="s">
-        <v>2912</v>
+        <v>2926</v>
       </c>
       <c r="E877" t="s">
-        <v>2913</v>
+        <v>2927</v>
       </c>
       <c r="F877" t="s">
         <v>638</v>
       </c>
       <c r="G877" s="1" t="s">
+        <v>3072</v>
+      </c>
+      <c r="H877" t="s">
         <v>3073</v>
-      </c>
-[...1 lines deleted...]
-        <v>3074</v>
       </c>
     </row>
     <row r="878" spans="1:8">
       <c r="A878" t="s">
-        <v>3075</v>
+        <v>3074</v>
       </c>
       <c r="B878" t="s">
         <v>9</v>
       </c>
       <c r="C878" t="s">
-        <v>244</v>
+        <v>224</v>
       </c>
       <c r="D878" t="s">
-        <v>2912</v>
+        <v>2926</v>
       </c>
       <c r="E878" t="s">
-        <v>2913</v>
+        <v>2927</v>
       </c>
       <c r="F878" t="s">
         <v>638</v>
       </c>
       <c r="G878" s="1" t="s">
+        <v>3075</v>
+      </c>
+      <c r="H878" t="s">
         <v>3076</v>
-      </c>
-[...1 lines deleted...]
-        <v>3077</v>
       </c>
     </row>
     <row r="879" spans="1:8">
       <c r="A879" t="s">
-        <v>3078</v>
+        <v>3077</v>
       </c>
       <c r="B879" t="s">
         <v>9</v>
       </c>
       <c r="C879" t="s">
-        <v>248</v>
+        <v>228</v>
       </c>
       <c r="D879" t="s">
-        <v>2912</v>
+        <v>2926</v>
       </c>
       <c r="E879" t="s">
-        <v>2913</v>
+        <v>2927</v>
       </c>
       <c r="F879" t="s">
         <v>638</v>
       </c>
       <c r="G879" s="1" t="s">
+        <v>3078</v>
+      </c>
+      <c r="H879" t="s">
         <v>3079</v>
-      </c>
-[...1 lines deleted...]
-        <v>3080</v>
       </c>
     </row>
     <row r="880" spans="1:8">
       <c r="A880" t="s">
-        <v>3081</v>
+        <v>3080</v>
       </c>
       <c r="B880" t="s">
         <v>9</v>
       </c>
       <c r="C880" t="s">
-        <v>252</v>
+        <v>232</v>
       </c>
       <c r="D880" t="s">
-        <v>2912</v>
+        <v>2926</v>
       </c>
       <c r="E880" t="s">
-        <v>2913</v>
+        <v>2927</v>
       </c>
       <c r="F880" t="s">
         <v>638</v>
       </c>
       <c r="G880" s="1" t="s">
+        <v>3081</v>
+      </c>
+      <c r="H880" t="s">
         <v>3082</v>
-      </c>
-[...1 lines deleted...]
-        <v>3083</v>
       </c>
     </row>
     <row r="881" spans="1:8">
       <c r="A881" t="s">
-        <v>3084</v>
+        <v>3083</v>
       </c>
       <c r="B881" t="s">
         <v>9</v>
       </c>
       <c r="C881" t="s">
-        <v>256</v>
+        <v>236</v>
       </c>
       <c r="D881" t="s">
-        <v>2912</v>
+        <v>2926</v>
       </c>
       <c r="E881" t="s">
-        <v>2913</v>
+        <v>2927</v>
       </c>
       <c r="F881" t="s">
         <v>638</v>
       </c>
       <c r="G881" s="1" t="s">
+        <v>3084</v>
+      </c>
+      <c r="H881" t="s">
         <v>3085</v>
-      </c>
-[...1 lines deleted...]
-        <v>3086</v>
       </c>
     </row>
     <row r="882" spans="1:8">
       <c r="A882" t="s">
-        <v>3087</v>
+        <v>3086</v>
       </c>
       <c r="B882" t="s">
         <v>9</v>
       </c>
       <c r="C882" t="s">
-        <v>260</v>
+        <v>240</v>
       </c>
       <c r="D882" t="s">
-        <v>2912</v>
+        <v>2926</v>
       </c>
       <c r="E882" t="s">
-        <v>2913</v>
+        <v>2927</v>
       </c>
       <c r="F882" t="s">
         <v>638</v>
       </c>
       <c r="G882" s="1" t="s">
+        <v>3087</v>
+      </c>
+      <c r="H882" t="s">
         <v>3088</v>
-      </c>
-[...1 lines deleted...]
-        <v>3089</v>
       </c>
     </row>
     <row r="883" spans="1:8">
       <c r="A883" t="s">
-        <v>3090</v>
+        <v>3089</v>
       </c>
       <c r="B883" t="s">
         <v>9</v>
       </c>
       <c r="C883" t="s">
-        <v>264</v>
+        <v>244</v>
       </c>
       <c r="D883" t="s">
-        <v>2912</v>
+        <v>2926</v>
       </c>
       <c r="E883" t="s">
-        <v>2913</v>
+        <v>2927</v>
       </c>
       <c r="F883" t="s">
         <v>638</v>
       </c>
       <c r="G883" s="1" t="s">
+        <v>3090</v>
+      </c>
+      <c r="H883" t="s">
         <v>3091</v>
-      </c>
-[...1 lines deleted...]
-        <v>3092</v>
       </c>
     </row>
     <row r="884" spans="1:8">
       <c r="A884" t="s">
-        <v>3093</v>
+        <v>3092</v>
       </c>
       <c r="B884" t="s">
         <v>9</v>
       </c>
       <c r="C884" t="s">
-        <v>268</v>
+        <v>248</v>
       </c>
       <c r="D884" t="s">
-        <v>2912</v>
+        <v>2926</v>
       </c>
       <c r="E884" t="s">
-        <v>2913</v>
+        <v>2927</v>
       </c>
       <c r="F884" t="s">
         <v>638</v>
       </c>
       <c r="G884" s="1" t="s">
+        <v>3093</v>
+      </c>
+      <c r="H884" t="s">
         <v>3094</v>
-      </c>
-[...1 lines deleted...]
-        <v>3095</v>
       </c>
     </row>
     <row r="885" spans="1:8">
       <c r="A885" t="s">
-        <v>3096</v>
+        <v>3095</v>
       </c>
       <c r="B885" t="s">
         <v>9</v>
       </c>
       <c r="C885" t="s">
-        <v>272</v>
+        <v>252</v>
       </c>
       <c r="D885" t="s">
-        <v>2912</v>
+        <v>2926</v>
       </c>
       <c r="E885" t="s">
-        <v>2913</v>
+        <v>2927</v>
       </c>
       <c r="F885" t="s">
         <v>638</v>
       </c>
       <c r="G885" s="1" t="s">
+        <v>3096</v>
+      </c>
+      <c r="H885" t="s">
         <v>3097</v>
-      </c>
-[...1 lines deleted...]
-        <v>3098</v>
       </c>
     </row>
     <row r="886" spans="1:8">
       <c r="A886" t="s">
-        <v>3099</v>
+        <v>3098</v>
       </c>
       <c r="B886" t="s">
         <v>9</v>
       </c>
       <c r="C886" t="s">
-        <v>276</v>
+        <v>256</v>
       </c>
       <c r="D886" t="s">
-        <v>2912</v>
+        <v>2926</v>
       </c>
       <c r="E886" t="s">
-        <v>2913</v>
+        <v>2927</v>
       </c>
       <c r="F886" t="s">
         <v>638</v>
       </c>
       <c r="G886" s="1" t="s">
+        <v>3099</v>
+      </c>
+      <c r="H886" t="s">
         <v>3100</v>
-      </c>
-[...1 lines deleted...]
-        <v>3101</v>
       </c>
     </row>
     <row r="887" spans="1:8">
       <c r="A887" t="s">
-        <v>3102</v>
+        <v>3101</v>
       </c>
       <c r="B887" t="s">
         <v>9</v>
       </c>
       <c r="C887" t="s">
-        <v>280</v>
+        <v>260</v>
       </c>
       <c r="D887" t="s">
-        <v>2912</v>
+        <v>2926</v>
       </c>
       <c r="E887" t="s">
-        <v>2913</v>
+        <v>2927</v>
       </c>
       <c r="F887" t="s">
         <v>638</v>
       </c>
       <c r="G887" s="1" t="s">
+        <v>3102</v>
+      </c>
+      <c r="H887" t="s">
         <v>3103</v>
-      </c>
-[...1 lines deleted...]
-        <v>3104</v>
       </c>
     </row>
     <row r="888" spans="1:8">
       <c r="A888" t="s">
-        <v>3105</v>
+        <v>3104</v>
       </c>
       <c r="B888" t="s">
         <v>9</v>
       </c>
       <c r="C888" t="s">
-        <v>284</v>
+        <v>264</v>
       </c>
       <c r="D888" t="s">
-        <v>2912</v>
+        <v>2926</v>
       </c>
       <c r="E888" t="s">
-        <v>2913</v>
+        <v>2927</v>
       </c>
       <c r="F888" t="s">
         <v>638</v>
       </c>
       <c r="G888" s="1" t="s">
+        <v>3105</v>
+      </c>
+      <c r="H888" t="s">
         <v>3106</v>
-      </c>
-[...1 lines deleted...]
-        <v>3107</v>
       </c>
     </row>
     <row r="889" spans="1:8">
       <c r="A889" t="s">
-        <v>3108</v>
+        <v>3107</v>
       </c>
       <c r="B889" t="s">
         <v>9</v>
       </c>
       <c r="C889" t="s">
-        <v>288</v>
+        <v>268</v>
       </c>
       <c r="D889" t="s">
-        <v>2912</v>
+        <v>2926</v>
       </c>
       <c r="E889" t="s">
-        <v>2913</v>
+        <v>2927</v>
       </c>
       <c r="F889" t="s">
         <v>638</v>
       </c>
       <c r="G889" s="1" t="s">
+        <v>3108</v>
+      </c>
+      <c r="H889" t="s">
         <v>3109</v>
-      </c>
-[...1 lines deleted...]
-        <v>3110</v>
       </c>
     </row>
     <row r="890" spans="1:8">
       <c r="A890" t="s">
-        <v>3111</v>
+        <v>3110</v>
       </c>
       <c r="B890" t="s">
         <v>9</v>
       </c>
       <c r="C890" t="s">
-        <v>292</v>
+        <v>272</v>
       </c>
       <c r="D890" t="s">
-        <v>2912</v>
+        <v>2926</v>
       </c>
       <c r="E890" t="s">
-        <v>2913</v>
+        <v>2927</v>
       </c>
       <c r="F890" t="s">
         <v>638</v>
       </c>
       <c r="G890" s="1" t="s">
+        <v>3111</v>
+      </c>
+      <c r="H890" t="s">
         <v>3112</v>
-      </c>
-[...1 lines deleted...]
-        <v>3113</v>
       </c>
     </row>
     <row r="891" spans="1:8">
       <c r="A891" t="s">
-        <v>3114</v>
+        <v>3113</v>
       </c>
       <c r="B891" t="s">
         <v>9</v>
       </c>
       <c r="C891" t="s">
-        <v>296</v>
+        <v>276</v>
       </c>
       <c r="D891" t="s">
-        <v>2912</v>
+        <v>2926</v>
       </c>
       <c r="E891" t="s">
-        <v>2913</v>
+        <v>2927</v>
       </c>
       <c r="F891" t="s">
         <v>638</v>
       </c>
       <c r="G891" s="1" t="s">
+        <v>3114</v>
+      </c>
+      <c r="H891" t="s">
         <v>3115</v>
-      </c>
-[...1 lines deleted...]
-        <v>3116</v>
       </c>
     </row>
     <row r="892" spans="1:8">
       <c r="A892" t="s">
-        <v>3117</v>
+        <v>3116</v>
       </c>
       <c r="B892" t="s">
         <v>9</v>
       </c>
       <c r="C892" t="s">
-        <v>300</v>
+        <v>280</v>
       </c>
       <c r="D892" t="s">
-        <v>2912</v>
+        <v>2926</v>
       </c>
       <c r="E892" t="s">
-        <v>2913</v>
+        <v>2927</v>
       </c>
       <c r="F892" t="s">
         <v>638</v>
       </c>
       <c r="G892" s="1" t="s">
+        <v>3117</v>
+      </c>
+      <c r="H892" t="s">
         <v>3118</v>
-      </c>
-[...1 lines deleted...]
-        <v>3119</v>
       </c>
     </row>
     <row r="893" spans="1:8">
       <c r="A893" t="s">
-        <v>3120</v>
+        <v>3119</v>
       </c>
       <c r="B893" t="s">
         <v>9</v>
       </c>
       <c r="C893" t="s">
-        <v>304</v>
+        <v>284</v>
       </c>
       <c r="D893" t="s">
-        <v>2912</v>
+        <v>2926</v>
       </c>
       <c r="E893" t="s">
-        <v>2913</v>
+        <v>2927</v>
       </c>
       <c r="F893" t="s">
         <v>638</v>
       </c>
       <c r="G893" s="1" t="s">
+        <v>3120</v>
+      </c>
+      <c r="H893" t="s">
         <v>3121</v>
-      </c>
-[...1 lines deleted...]
-        <v>3122</v>
       </c>
     </row>
     <row r="894" spans="1:8">
       <c r="A894" t="s">
-        <v>3123</v>
+        <v>3122</v>
       </c>
       <c r="B894" t="s">
         <v>9</v>
       </c>
       <c r="C894" t="s">
-        <v>308</v>
+        <v>288</v>
       </c>
       <c r="D894" t="s">
-        <v>2912</v>
+        <v>2926</v>
       </c>
       <c r="E894" t="s">
-        <v>2913</v>
+        <v>2927</v>
       </c>
       <c r="F894" t="s">
         <v>638</v>
       </c>
       <c r="G894" s="1" t="s">
+        <v>3123</v>
+      </c>
+      <c r="H894" t="s">
         <v>3124</v>
-      </c>
-[...1 lines deleted...]
-        <v>3125</v>
       </c>
     </row>
     <row r="895" spans="1:8">
       <c r="A895" t="s">
-        <v>3126</v>
+        <v>3125</v>
       </c>
       <c r="B895" t="s">
         <v>9</v>
       </c>
       <c r="C895" t="s">
-        <v>312</v>
+        <v>292</v>
       </c>
       <c r="D895" t="s">
-        <v>2912</v>
+        <v>2926</v>
       </c>
       <c r="E895" t="s">
-        <v>2913</v>
+        <v>2927</v>
       </c>
       <c r="F895" t="s">
         <v>638</v>
       </c>
       <c r="G895" s="1" t="s">
+        <v>3126</v>
+      </c>
+      <c r="H895" t="s">
         <v>3127</v>
-      </c>
-[...1 lines deleted...]
-        <v>3128</v>
       </c>
     </row>
     <row r="896" spans="1:8">
       <c r="A896" t="s">
-        <v>3129</v>
+        <v>3128</v>
       </c>
       <c r="B896" t="s">
         <v>9</v>
       </c>
       <c r="C896" t="s">
-        <v>316</v>
+        <v>296</v>
       </c>
       <c r="D896" t="s">
-        <v>2912</v>
+        <v>2926</v>
       </c>
       <c r="E896" t="s">
-        <v>2913</v>
+        <v>2927</v>
       </c>
       <c r="F896" t="s">
         <v>638</v>
       </c>
       <c r="G896" s="1" t="s">
+        <v>3129</v>
+      </c>
+      <c r="H896" t="s">
         <v>3130</v>
-      </c>
-[...1 lines deleted...]
-        <v>3131</v>
       </c>
     </row>
     <row r="897" spans="1:8">
       <c r="A897" t="s">
-        <v>3132</v>
+        <v>3131</v>
       </c>
       <c r="B897" t="s">
         <v>9</v>
       </c>
       <c r="C897" t="s">
-        <v>319</v>
+        <v>300</v>
       </c>
       <c r="D897" t="s">
-        <v>2912</v>
+        <v>2926</v>
       </c>
       <c r="E897" t="s">
-        <v>2913</v>
+        <v>2927</v>
       </c>
       <c r="F897" t="s">
         <v>638</v>
       </c>
       <c r="G897" s="1" t="s">
+        <v>3132</v>
+      </c>
+      <c r="H897" t="s">
         <v>3133</v>
-      </c>
-[...1 lines deleted...]
-        <v>3134</v>
       </c>
     </row>
     <row r="898" spans="1:8">
       <c r="A898" t="s">
-        <v>3135</v>
+        <v>3134</v>
       </c>
       <c r="B898" t="s">
         <v>9</v>
       </c>
       <c r="C898" t="s">
-        <v>323</v>
+        <v>304</v>
       </c>
       <c r="D898" t="s">
-        <v>2912</v>
+        <v>2926</v>
       </c>
       <c r="E898" t="s">
-        <v>2913</v>
+        <v>2927</v>
       </c>
       <c r="F898" t="s">
         <v>638</v>
       </c>
       <c r="G898" s="1" t="s">
+        <v>3135</v>
+      </c>
+      <c r="H898" t="s">
         <v>3136</v>
-      </c>
-[...1 lines deleted...]
-        <v>3137</v>
       </c>
     </row>
     <row r="899" spans="1:8">
       <c r="A899" t="s">
-        <v>3138</v>
+        <v>3137</v>
       </c>
       <c r="B899" t="s">
         <v>9</v>
       </c>
       <c r="C899" t="s">
-        <v>327</v>
+        <v>308</v>
       </c>
       <c r="D899" t="s">
-        <v>2912</v>
+        <v>2926</v>
       </c>
       <c r="E899" t="s">
-        <v>2913</v>
+        <v>2927</v>
       </c>
       <c r="F899" t="s">
         <v>638</v>
       </c>
       <c r="G899" s="1" t="s">
+        <v>3138</v>
+      </c>
+      <c r="H899" t="s">
         <v>3139</v>
-      </c>
-[...1 lines deleted...]
-        <v>3140</v>
       </c>
     </row>
     <row r="900" spans="1:8">
       <c r="A900" t="s">
-        <v>3141</v>
+        <v>3140</v>
       </c>
       <c r="B900" t="s">
         <v>9</v>
       </c>
       <c r="C900" t="s">
-        <v>331</v>
+        <v>312</v>
       </c>
       <c r="D900" t="s">
-        <v>2912</v>
+        <v>2926</v>
       </c>
       <c r="E900" t="s">
-        <v>2913</v>
+        <v>2927</v>
       </c>
       <c r="F900" t="s">
         <v>638</v>
       </c>
       <c r="G900" s="1" t="s">
+        <v>3141</v>
+      </c>
+      <c r="H900" t="s">
         <v>3142</v>
-      </c>
-[...1 lines deleted...]
-        <v>3143</v>
       </c>
     </row>
     <row r="901" spans="1:8">
       <c r="A901" t="s">
-        <v>3144</v>
+        <v>3143</v>
       </c>
       <c r="B901" t="s">
         <v>9</v>
       </c>
       <c r="C901" t="s">
-        <v>335</v>
+        <v>316</v>
       </c>
       <c r="D901" t="s">
-        <v>2912</v>
+        <v>2926</v>
       </c>
       <c r="E901" t="s">
-        <v>2913</v>
+        <v>2927</v>
       </c>
       <c r="F901" t="s">
         <v>638</v>
       </c>
       <c r="G901" s="1" t="s">
+        <v>3144</v>
+      </c>
+      <c r="H901" t="s">
         <v>3145</v>
-      </c>
-[...1 lines deleted...]
-        <v>3146</v>
       </c>
     </row>
     <row r="902" spans="1:8">
       <c r="A902" t="s">
-        <v>3147</v>
+        <v>3146</v>
       </c>
       <c r="B902" t="s">
         <v>9</v>
       </c>
       <c r="C902" t="s">
-        <v>339</v>
+        <v>319</v>
       </c>
       <c r="D902" t="s">
-        <v>2912</v>
+        <v>2926</v>
       </c>
       <c r="E902" t="s">
-        <v>2913</v>
+        <v>2927</v>
       </c>
       <c r="F902" t="s">
         <v>638</v>
       </c>
       <c r="G902" s="1" t="s">
+        <v>3147</v>
+      </c>
+      <c r="H902" t="s">
         <v>3148</v>
-      </c>
-[...1 lines deleted...]
-        <v>3149</v>
       </c>
     </row>
     <row r="903" spans="1:8">
       <c r="A903" t="s">
-        <v>3150</v>
+        <v>3149</v>
       </c>
       <c r="B903" t="s">
         <v>9</v>
       </c>
       <c r="C903" t="s">
-        <v>343</v>
+        <v>323</v>
       </c>
       <c r="D903" t="s">
-        <v>2912</v>
+        <v>2926</v>
       </c>
       <c r="E903" t="s">
-        <v>2913</v>
+        <v>2927</v>
       </c>
       <c r="F903" t="s">
         <v>638</v>
       </c>
       <c r="G903" s="1" t="s">
+        <v>3150</v>
+      </c>
+      <c r="H903" t="s">
         <v>3151</v>
-      </c>
-[...1 lines deleted...]
-        <v>3152</v>
       </c>
     </row>
     <row r="904" spans="1:8">
       <c r="A904" t="s">
-        <v>3153</v>
+        <v>3152</v>
       </c>
       <c r="B904" t="s">
         <v>9</v>
       </c>
       <c r="C904" t="s">
-        <v>347</v>
+        <v>327</v>
       </c>
       <c r="D904" t="s">
-        <v>2912</v>
+        <v>2926</v>
       </c>
       <c r="E904" t="s">
-        <v>2913</v>
+        <v>2927</v>
       </c>
       <c r="F904" t="s">
         <v>638</v>
       </c>
       <c r="G904" s="1" t="s">
+        <v>3153</v>
+      </c>
+      <c r="H904" t="s">
         <v>3154</v>
-      </c>
-[...1 lines deleted...]
-        <v>3155</v>
       </c>
     </row>
     <row r="905" spans="1:8">
       <c r="A905" t="s">
-        <v>3156</v>
+        <v>3155</v>
       </c>
       <c r="B905" t="s">
         <v>9</v>
       </c>
       <c r="C905" t="s">
-        <v>351</v>
+        <v>331</v>
       </c>
       <c r="D905" t="s">
-        <v>2912</v>
+        <v>2926</v>
       </c>
       <c r="E905" t="s">
-        <v>2913</v>
+        <v>2927</v>
       </c>
       <c r="F905" t="s">
         <v>638</v>
       </c>
       <c r="G905" s="1" t="s">
+        <v>3156</v>
+      </c>
+      <c r="H905" t="s">
         <v>3157</v>
-      </c>
-[...1 lines deleted...]
-        <v>640</v>
       </c>
     </row>
     <row r="906" spans="1:8">
       <c r="A906" t="s">
         <v>3158</v>
       </c>
       <c r="B906" t="s">
         <v>9</v>
       </c>
       <c r="C906" t="s">
-        <v>355</v>
+        <v>335</v>
       </c>
       <c r="D906" t="s">
-        <v>2912</v>
+        <v>2926</v>
       </c>
       <c r="E906" t="s">
-        <v>2913</v>
+        <v>2927</v>
       </c>
       <c r="F906" t="s">
         <v>638</v>
       </c>
       <c r="G906" s="1" t="s">
         <v>3159</v>
       </c>
       <c r="H906" t="s">
         <v>3160</v>
       </c>
     </row>
     <row r="907" spans="1:8">
       <c r="A907" t="s">
         <v>3161</v>
       </c>
       <c r="B907" t="s">
         <v>9</v>
       </c>
       <c r="C907" t="s">
-        <v>359</v>
+        <v>339</v>
       </c>
       <c r="D907" t="s">
-        <v>2912</v>
+        <v>2926</v>
       </c>
       <c r="E907" t="s">
-        <v>2913</v>
+        <v>2927</v>
       </c>
       <c r="F907" t="s">
         <v>638</v>
       </c>
       <c r="G907" s="1" t="s">
         <v>3162</v>
       </c>
       <c r="H907" t="s">
         <v>3163</v>
       </c>
     </row>
     <row r="908" spans="1:8">
       <c r="A908" t="s">
         <v>3164</v>
       </c>
       <c r="B908" t="s">
         <v>9</v>
       </c>
       <c r="C908" t="s">
-        <v>363</v>
+        <v>343</v>
       </c>
       <c r="D908" t="s">
-        <v>2912</v>
+        <v>2926</v>
       </c>
       <c r="E908" t="s">
-        <v>2913</v>
+        <v>2927</v>
       </c>
       <c r="F908" t="s">
         <v>638</v>
       </c>
       <c r="G908" s="1" t="s">
         <v>3165</v>
       </c>
       <c r="H908" t="s">
         <v>3166</v>
       </c>
     </row>
     <row r="909" spans="1:8">
       <c r="A909" t="s">
         <v>3167</v>
       </c>
       <c r="B909" t="s">
         <v>9</v>
       </c>
       <c r="C909" t="s">
-        <v>367</v>
+        <v>347</v>
       </c>
       <c r="D909" t="s">
-        <v>2912</v>
+        <v>2926</v>
       </c>
       <c r="E909" t="s">
-        <v>2913</v>
+        <v>2927</v>
       </c>
       <c r="F909" t="s">
         <v>638</v>
       </c>
       <c r="G909" s="1" t="s">
         <v>3168</v>
       </c>
       <c r="H909" t="s">
         <v>3169</v>
       </c>
     </row>
     <row r="910" spans="1:8">
       <c r="A910" t="s">
         <v>3170</v>
       </c>
       <c r="B910" t="s">
         <v>9</v>
       </c>
       <c r="C910" t="s">
-        <v>371</v>
+        <v>351</v>
       </c>
       <c r="D910" t="s">
-        <v>2912</v>
+        <v>2926</v>
       </c>
       <c r="E910" t="s">
-        <v>2913</v>
+        <v>2927</v>
       </c>
       <c r="F910" t="s">
         <v>638</v>
       </c>
       <c r="G910" s="1" t="s">
         <v>3171</v>
       </c>
       <c r="H910" t="s">
-        <v>3172</v>
+        <v>640</v>
       </c>
     </row>
     <row r="911" spans="1:8">
       <c r="A911" t="s">
-        <v>3173</v>
+        <v>3172</v>
       </c>
       <c r="B911" t="s">
         <v>9</v>
       </c>
       <c r="C911" t="s">
-        <v>375</v>
+        <v>355</v>
       </c>
       <c r="D911" t="s">
-        <v>2912</v>
+        <v>2926</v>
       </c>
       <c r="E911" t="s">
-        <v>2913</v>
+        <v>2927</v>
       </c>
       <c r="F911" t="s">
         <v>638</v>
       </c>
       <c r="G911" s="1" t="s">
+        <v>3173</v>
+      </c>
+      <c r="H911" t="s">
         <v>3174</v>
-      </c>
-[...1 lines deleted...]
-        <v>3175</v>
       </c>
     </row>
     <row r="912" spans="1:8">
       <c r="A912" t="s">
-        <v>3176</v>
+        <v>3175</v>
       </c>
       <c r="B912" t="s">
         <v>9</v>
       </c>
       <c r="C912" t="s">
-        <v>379</v>
+        <v>359</v>
       </c>
       <c r="D912" t="s">
-        <v>2912</v>
+        <v>2926</v>
       </c>
       <c r="E912" t="s">
-        <v>2913</v>
+        <v>2927</v>
       </c>
       <c r="F912" t="s">
         <v>638</v>
       </c>
       <c r="G912" s="1" t="s">
+        <v>3176</v>
+      </c>
+      <c r="H912" t="s">
         <v>3177</v>
-      </c>
-[...1 lines deleted...]
-        <v>3125</v>
       </c>
     </row>
     <row r="913" spans="1:8">
       <c r="A913" t="s">
         <v>3178</v>
       </c>
       <c r="B913" t="s">
         <v>9</v>
       </c>
       <c r="C913" t="s">
-        <v>383</v>
+        <v>363</v>
       </c>
       <c r="D913" t="s">
-        <v>2912</v>
+        <v>2926</v>
       </c>
       <c r="E913" t="s">
-        <v>2913</v>
+        <v>2927</v>
       </c>
       <c r="F913" t="s">
         <v>638</v>
       </c>
       <c r="G913" s="1" t="s">
         <v>3179</v>
       </c>
       <c r="H913" t="s">
-        <v>3128</v>
+        <v>3180</v>
       </c>
     </row>
     <row r="914" spans="1:8">
       <c r="A914" t="s">
-        <v>3180</v>
+        <v>3181</v>
       </c>
       <c r="B914" t="s">
         <v>9</v>
       </c>
       <c r="C914" t="s">
-        <v>387</v>
+        <v>367</v>
       </c>
       <c r="D914" t="s">
-        <v>2912</v>
+        <v>2926</v>
       </c>
       <c r="E914" t="s">
-        <v>2913</v>
+        <v>2927</v>
       </c>
       <c r="F914" t="s">
         <v>638</v>
       </c>
       <c r="G914" s="1" t="s">
-        <v>3181</v>
+        <v>3182</v>
       </c>
       <c r="H914" t="s">
-        <v>3131</v>
+        <v>3183</v>
       </c>
     </row>
     <row r="915" spans="1:8">
       <c r="A915" t="s">
-        <v>3182</v>
+        <v>3184</v>
       </c>
       <c r="B915" t="s">
         <v>9</v>
       </c>
       <c r="C915" t="s">
-        <v>391</v>
+        <v>371</v>
       </c>
       <c r="D915" t="s">
-        <v>2912</v>
+        <v>2926</v>
       </c>
       <c r="E915" t="s">
-        <v>2913</v>
+        <v>2927</v>
       </c>
       <c r="F915" t="s">
         <v>638</v>
       </c>
       <c r="G915" s="1" t="s">
-        <v>3183</v>
+        <v>3185</v>
       </c>
       <c r="H915" t="s">
-        <v>3134</v>
+        <v>3186</v>
       </c>
     </row>
     <row r="916" spans="1:8">
       <c r="A916" t="s">
-        <v>3184</v>
+        <v>3187</v>
       </c>
       <c r="B916" t="s">
         <v>9</v>
       </c>
       <c r="C916" t="s">
-        <v>395</v>
+        <v>375</v>
       </c>
       <c r="D916" t="s">
-        <v>2912</v>
+        <v>2926</v>
       </c>
       <c r="E916" t="s">
-        <v>2913</v>
+        <v>2927</v>
       </c>
       <c r="F916" t="s">
         <v>638</v>
       </c>
       <c r="G916" s="1" t="s">
-        <v>3185</v>
+        <v>3188</v>
       </c>
       <c r="H916" t="s">
-        <v>3137</v>
+        <v>3189</v>
       </c>
     </row>
     <row r="917" spans="1:8">
       <c r="A917" t="s">
-        <v>3186</v>
+        <v>3190</v>
       </c>
       <c r="B917" t="s">
         <v>9</v>
       </c>
       <c r="C917" t="s">
-        <v>399</v>
+        <v>379</v>
       </c>
       <c r="D917" t="s">
-        <v>2912</v>
+        <v>2926</v>
       </c>
       <c r="E917" t="s">
-        <v>2913</v>
+        <v>2927</v>
       </c>
       <c r="F917" t="s">
         <v>638</v>
       </c>
       <c r="G917" s="1" t="s">
-        <v>3187</v>
+        <v>3191</v>
       </c>
       <c r="H917" t="s">
-        <v>3140</v>
+        <v>3139</v>
       </c>
     </row>
     <row r="918" spans="1:8">
       <c r="A918" t="s">
-        <v>3188</v>
+        <v>3192</v>
       </c>
       <c r="B918" t="s">
         <v>9</v>
       </c>
       <c r="C918" t="s">
-        <v>403</v>
+        <v>383</v>
       </c>
       <c r="D918" t="s">
-        <v>2912</v>
+        <v>2926</v>
       </c>
       <c r="E918" t="s">
-        <v>2913</v>
+        <v>2927</v>
       </c>
       <c r="F918" t="s">
         <v>638</v>
       </c>
       <c r="G918" s="1" t="s">
-        <v>3189</v>
+        <v>3193</v>
       </c>
       <c r="H918" t="s">
-        <v>3143</v>
+        <v>3142</v>
       </c>
     </row>
     <row r="919" spans="1:8">
       <c r="A919" t="s">
-        <v>3190</v>
+        <v>3194</v>
       </c>
       <c r="B919" t="s">
         <v>9</v>
       </c>
       <c r="C919" t="s">
-        <v>407</v>
+        <v>387</v>
       </c>
       <c r="D919" t="s">
-        <v>2912</v>
+        <v>2926</v>
       </c>
       <c r="E919" t="s">
-        <v>2913</v>
+        <v>2927</v>
       </c>
       <c r="F919" t="s">
         <v>638</v>
       </c>
       <c r="G919" s="1" t="s">
-        <v>3191</v>
+        <v>3195</v>
       </c>
       <c r="H919" t="s">
-        <v>3146</v>
+        <v>3145</v>
       </c>
     </row>
     <row r="920" spans="1:8">
       <c r="A920" t="s">
-        <v>3192</v>
+        <v>3196</v>
       </c>
       <c r="B920" t="s">
         <v>9</v>
       </c>
       <c r="C920" t="s">
-        <v>411</v>
+        <v>391</v>
       </c>
       <c r="D920" t="s">
-        <v>2912</v>
+        <v>2926</v>
       </c>
       <c r="E920" t="s">
-        <v>2913</v>
+        <v>2927</v>
       </c>
       <c r="F920" t="s">
         <v>638</v>
       </c>
       <c r="G920" s="1" t="s">
-        <v>3193</v>
+        <v>3197</v>
       </c>
       <c r="H920" t="s">
-        <v>3149</v>
+        <v>3148</v>
       </c>
     </row>
     <row r="921" spans="1:8">
       <c r="A921" t="s">
-        <v>3194</v>
+        <v>3198</v>
       </c>
       <c r="B921" t="s">
         <v>9</v>
       </c>
       <c r="C921" t="s">
-        <v>415</v>
+        <v>395</v>
       </c>
       <c r="D921" t="s">
-        <v>2912</v>
+        <v>2926</v>
       </c>
       <c r="E921" t="s">
-        <v>2913</v>
+        <v>2927</v>
       </c>
       <c r="F921" t="s">
         <v>638</v>
       </c>
       <c r="G921" s="1" t="s">
-        <v>3195</v>
+        <v>3199</v>
       </c>
       <c r="H921" t="s">
-        <v>3152</v>
+        <v>3151</v>
       </c>
     </row>
     <row r="922" spans="1:8">
       <c r="A922" t="s">
-        <v>3196</v>
+        <v>3200</v>
       </c>
       <c r="B922" t="s">
         <v>9</v>
       </c>
       <c r="C922" t="s">
-        <v>419</v>
+        <v>399</v>
       </c>
       <c r="D922" t="s">
-        <v>2912</v>
+        <v>2926</v>
       </c>
       <c r="E922" t="s">
-        <v>2913</v>
+        <v>2927</v>
       </c>
       <c r="F922" t="s">
         <v>638</v>
       </c>
       <c r="G922" s="1" t="s">
-        <v>3197</v>
+        <v>3201</v>
       </c>
       <c r="H922" t="s">
-        <v>3155</v>
+        <v>3154</v>
       </c>
     </row>
     <row r="923" spans="1:8">
       <c r="A923" t="s">
-        <v>3198</v>
+        <v>3202</v>
       </c>
       <c r="B923" t="s">
         <v>9</v>
       </c>
       <c r="C923" t="s">
-        <v>423</v>
+        <v>403</v>
       </c>
       <c r="D923" t="s">
-        <v>2912</v>
+        <v>2926</v>
       </c>
       <c r="E923" t="s">
-        <v>2913</v>
+        <v>2927</v>
       </c>
       <c r="F923" t="s">
         <v>638</v>
       </c>
       <c r="G923" s="1" t="s">
-        <v>3199</v>
+        <v>3203</v>
       </c>
       <c r="H923" t="s">
-        <v>640</v>
+        <v>3157</v>
       </c>
     </row>
     <row r="924" spans="1:8">
       <c r="A924" t="s">
-        <v>3200</v>
+        <v>3204</v>
       </c>
       <c r="B924" t="s">
         <v>9</v>
       </c>
       <c r="C924" t="s">
-        <v>427</v>
+        <v>407</v>
       </c>
       <c r="D924" t="s">
-        <v>2912</v>
+        <v>2926</v>
       </c>
       <c r="E924" t="s">
-        <v>2913</v>
+        <v>2927</v>
       </c>
       <c r="F924" t="s">
         <v>638</v>
       </c>
       <c r="G924" s="1" t="s">
-        <v>3201</v>
+        <v>3205</v>
       </c>
       <c r="H924" t="s">
-        <v>640</v>
+        <v>3160</v>
       </c>
     </row>
     <row r="925" spans="1:8">
       <c r="A925" t="s">
-        <v>3202</v>
+        <v>3206</v>
       </c>
       <c r="B925" t="s">
         <v>9</v>
       </c>
       <c r="C925" t="s">
-        <v>431</v>
+        <v>411</v>
       </c>
       <c r="D925" t="s">
-        <v>2912</v>
+        <v>2926</v>
       </c>
       <c r="E925" t="s">
-        <v>2913</v>
+        <v>2927</v>
       </c>
       <c r="F925" t="s">
         <v>638</v>
       </c>
       <c r="G925" s="1" t="s">
-        <v>3203</v>
+        <v>3207</v>
       </c>
       <c r="H925" t="s">
-        <v>3160</v>
+        <v>3163</v>
       </c>
     </row>
     <row r="926" spans="1:8">
       <c r="A926" t="s">
-        <v>3204</v>
+        <v>3208</v>
       </c>
       <c r="B926" t="s">
         <v>9</v>
       </c>
       <c r="C926" t="s">
-        <v>435</v>
+        <v>415</v>
       </c>
       <c r="D926" t="s">
-        <v>2912</v>
+        <v>2926</v>
       </c>
       <c r="E926" t="s">
-        <v>2913</v>
+        <v>2927</v>
       </c>
       <c r="F926" t="s">
         <v>638</v>
       </c>
       <c r="G926" s="1" t="s">
-        <v>3205</v>
+        <v>3209</v>
       </c>
       <c r="H926" t="s">
-        <v>3163</v>
+        <v>3166</v>
       </c>
     </row>
     <row r="927" spans="1:8">
       <c r="A927" t="s">
-        <v>3206</v>
+        <v>3210</v>
       </c>
       <c r="B927" t="s">
         <v>9</v>
       </c>
       <c r="C927" t="s">
-        <v>439</v>
+        <v>419</v>
       </c>
       <c r="D927" t="s">
-        <v>2912</v>
+        <v>2926</v>
       </c>
       <c r="E927" t="s">
-        <v>2913</v>
+        <v>2927</v>
       </c>
       <c r="F927" t="s">
         <v>638</v>
       </c>
       <c r="G927" s="1" t="s">
-        <v>3207</v>
+        <v>3211</v>
       </c>
       <c r="H927" t="s">
-        <v>3166</v>
+        <v>3169</v>
       </c>
     </row>
     <row r="928" spans="1:8">
       <c r="A928" t="s">
-        <v>3208</v>
+        <v>3212</v>
       </c>
       <c r="B928" t="s">
         <v>9</v>
       </c>
       <c r="C928" t="s">
-        <v>443</v>
+        <v>423</v>
       </c>
       <c r="D928" t="s">
-        <v>2912</v>
+        <v>2926</v>
       </c>
       <c r="E928" t="s">
-        <v>2913</v>
+        <v>2927</v>
       </c>
       <c r="F928" t="s">
         <v>638</v>
       </c>
       <c r="G928" s="1" t="s">
-        <v>3209</v>
+        <v>3213</v>
       </c>
       <c r="H928" t="s">
-        <v>3169</v>
+        <v>640</v>
       </c>
     </row>
     <row r="929" spans="1:8">
       <c r="A929" t="s">
-        <v>3210</v>
+        <v>3214</v>
       </c>
       <c r="B929" t="s">
         <v>9</v>
       </c>
       <c r="C929" t="s">
-        <v>447</v>
+        <v>427</v>
       </c>
       <c r="D929" t="s">
-        <v>2912</v>
+        <v>2926</v>
       </c>
       <c r="E929" t="s">
-        <v>2913</v>
+        <v>2927</v>
       </c>
       <c r="F929" t="s">
         <v>638</v>
       </c>
       <c r="G929" s="1" t="s">
-        <v>3211</v>
+        <v>3215</v>
       </c>
       <c r="H929" t="s">
-        <v>3212</v>
+        <v>640</v>
       </c>
     </row>
     <row r="930" spans="1:8">
       <c r="A930" t="s">
-        <v>3213</v>
+        <v>3216</v>
       </c>
       <c r="B930" t="s">
         <v>9</v>
       </c>
       <c r="C930" t="s">
-        <v>451</v>
+        <v>431</v>
       </c>
       <c r="D930" t="s">
-        <v>2912</v>
+        <v>2926</v>
       </c>
       <c r="E930" t="s">
-        <v>2913</v>
+        <v>2927</v>
       </c>
       <c r="F930" t="s">
         <v>638</v>
       </c>
       <c r="G930" s="1" t="s">
-        <v>3214</v>
+        <v>3217</v>
       </c>
       <c r="H930" t="s">
-        <v>3212</v>
+        <v>3174</v>
       </c>
     </row>
     <row r="931" spans="1:8">
       <c r="A931" t="s">
-        <v>3215</v>
+        <v>3218</v>
       </c>
       <c r="B931" t="s">
         <v>9</v>
       </c>
       <c r="C931" t="s">
-        <v>455</v>
+        <v>435</v>
       </c>
       <c r="D931" t="s">
-        <v>2912</v>
+        <v>2926</v>
       </c>
       <c r="E931" t="s">
-        <v>2913</v>
+        <v>2927</v>
       </c>
       <c r="F931" t="s">
         <v>638</v>
       </c>
       <c r="G931" s="1" t="s">
-        <v>3216</v>
+        <v>3219</v>
       </c>
       <c r="H931" t="s">
-        <v>3217</v>
+        <v>3177</v>
       </c>
     </row>
     <row r="932" spans="1:8">
       <c r="A932" t="s">
-        <v>3218</v>
+        <v>3220</v>
       </c>
       <c r="B932" t="s">
         <v>9</v>
       </c>
       <c r="C932" t="s">
-        <v>459</v>
+        <v>439</v>
       </c>
       <c r="D932" t="s">
-        <v>2912</v>
+        <v>2926</v>
       </c>
       <c r="E932" t="s">
-        <v>2913</v>
+        <v>2927</v>
       </c>
       <c r="F932" t="s">
         <v>638</v>
       </c>
       <c r="G932" s="1" t="s">
-        <v>3219</v>
+        <v>3221</v>
       </c>
       <c r="H932" t="s">
-        <v>3220</v>
+        <v>3180</v>
       </c>
     </row>
     <row r="933" spans="1:8">
       <c r="A933" t="s">
-        <v>3221</v>
+        <v>3222</v>
       </c>
       <c r="B933" t="s">
         <v>9</v>
       </c>
       <c r="C933" t="s">
-        <v>463</v>
+        <v>443</v>
       </c>
       <c r="D933" t="s">
-        <v>2912</v>
+        <v>2926</v>
       </c>
       <c r="E933" t="s">
-        <v>2913</v>
+        <v>2927</v>
       </c>
       <c r="F933" t="s">
         <v>638</v>
       </c>
       <c r="G933" s="1" t="s">
-        <v>3222</v>
+        <v>3223</v>
       </c>
       <c r="H933" t="s">
-        <v>3223</v>
+        <v>3183</v>
       </c>
     </row>
     <row r="934" spans="1:8">
       <c r="A934" t="s">
         <v>3224</v>
       </c>
       <c r="B934" t="s">
         <v>9</v>
       </c>
       <c r="C934" t="s">
-        <v>467</v>
+        <v>447</v>
       </c>
       <c r="D934" t="s">
-        <v>2912</v>
+        <v>2926</v>
       </c>
       <c r="E934" t="s">
-        <v>2913</v>
+        <v>2927</v>
       </c>
       <c r="F934" t="s">
         <v>638</v>
       </c>
       <c r="G934" s="1" t="s">
         <v>3225</v>
       </c>
       <c r="H934" t="s">
         <v>3226</v>
       </c>
     </row>
     <row r="935" spans="1:8">
       <c r="A935" t="s">
         <v>3227</v>
       </c>
       <c r="B935" t="s">
         <v>9</v>
       </c>
       <c r="C935" t="s">
-        <v>471</v>
+        <v>451</v>
       </c>
       <c r="D935" t="s">
-        <v>2912</v>
+        <v>2926</v>
       </c>
       <c r="E935" t="s">
-        <v>2913</v>
+        <v>2927</v>
       </c>
       <c r="F935" t="s">
         <v>638</v>
       </c>
       <c r="G935" s="1" t="s">
         <v>3228</v>
       </c>
       <c r="H935" t="s">
-        <v>3229</v>
+        <v>3226</v>
       </c>
     </row>
     <row r="936" spans="1:8">
       <c r="A936" t="s">
-        <v>3230</v>
+        <v>3229</v>
       </c>
       <c r="B936" t="s">
         <v>9</v>
       </c>
       <c r="C936" t="s">
-        <v>475</v>
+        <v>455</v>
       </c>
       <c r="D936" t="s">
-        <v>2912</v>
+        <v>2926</v>
       </c>
       <c r="E936" t="s">
-        <v>2913</v>
+        <v>2927</v>
       </c>
       <c r="F936" t="s">
         <v>638</v>
       </c>
       <c r="G936" s="1" t="s">
+        <v>3230</v>
+      </c>
+      <c r="H936" t="s">
         <v>3231</v>
-      </c>
-[...1 lines deleted...]
-        <v>3232</v>
       </c>
     </row>
     <row r="937" spans="1:8">
       <c r="A937" t="s">
-        <v>3233</v>
+        <v>3232</v>
       </c>
       <c r="B937" t="s">
         <v>9</v>
       </c>
       <c r="C937" t="s">
-        <v>479</v>
+        <v>459</v>
       </c>
       <c r="D937" t="s">
-        <v>2912</v>
+        <v>2926</v>
       </c>
       <c r="E937" t="s">
-        <v>2913</v>
+        <v>2927</v>
       </c>
       <c r="F937" t="s">
         <v>638</v>
       </c>
       <c r="G937" s="1" t="s">
+        <v>3233</v>
+      </c>
+      <c r="H937" t="s">
         <v>3234</v>
-      </c>
-[...1 lines deleted...]
-        <v>3235</v>
       </c>
     </row>
     <row r="938" spans="1:8">
       <c r="A938" t="s">
-        <v>3236</v>
+        <v>3235</v>
       </c>
       <c r="B938" t="s">
         <v>9</v>
       </c>
       <c r="C938" t="s">
-        <v>483</v>
+        <v>463</v>
       </c>
       <c r="D938" t="s">
-        <v>2912</v>
+        <v>2926</v>
       </c>
       <c r="E938" t="s">
-        <v>2913</v>
+        <v>2927</v>
       </c>
       <c r="F938" t="s">
         <v>638</v>
       </c>
       <c r="G938" s="1" t="s">
+        <v>3236</v>
+      </c>
+      <c r="H938" t="s">
         <v>3237</v>
-      </c>
-[...1 lines deleted...]
-        <v>3238</v>
       </c>
     </row>
     <row r="939" spans="1:8">
       <c r="A939" t="s">
-        <v>3239</v>
+        <v>3238</v>
       </c>
       <c r="B939" t="s">
         <v>9</v>
       </c>
       <c r="C939" t="s">
-        <v>487</v>
+        <v>467</v>
       </c>
       <c r="D939" t="s">
-        <v>2912</v>
+        <v>2926</v>
       </c>
       <c r="E939" t="s">
-        <v>2913</v>
+        <v>2927</v>
       </c>
       <c r="F939" t="s">
         <v>638</v>
       </c>
       <c r="G939" s="1" t="s">
+        <v>3239</v>
+      </c>
+      <c r="H939" t="s">
         <v>3240</v>
-      </c>
-[...1 lines deleted...]
-        <v>3241</v>
       </c>
     </row>
     <row r="940" spans="1:8">
       <c r="A940" t="s">
-        <v>3242</v>
+        <v>3241</v>
       </c>
       <c r="B940" t="s">
         <v>9</v>
       </c>
       <c r="C940" t="s">
-        <v>491</v>
+        <v>471</v>
       </c>
       <c r="D940" t="s">
-        <v>2912</v>
+        <v>2926</v>
       </c>
       <c r="E940" t="s">
-        <v>2913</v>
+        <v>2927</v>
       </c>
       <c r="F940" t="s">
         <v>638</v>
       </c>
       <c r="G940" s="1" t="s">
+        <v>3242</v>
+      </c>
+      <c r="H940" t="s">
         <v>3243</v>
-      </c>
-[...1 lines deleted...]
-        <v>3244</v>
       </c>
     </row>
     <row r="941" spans="1:8">
       <c r="A941" t="s">
-        <v>3245</v>
+        <v>3244</v>
       </c>
       <c r="B941" t="s">
         <v>9</v>
       </c>
       <c r="C941" t="s">
-        <v>495</v>
+        <v>475</v>
       </c>
       <c r="D941" t="s">
-        <v>2912</v>
+        <v>2926</v>
       </c>
       <c r="E941" t="s">
-        <v>2913</v>
+        <v>2927</v>
       </c>
       <c r="F941" t="s">
         <v>638</v>
       </c>
       <c r="G941" s="1" t="s">
+        <v>3245</v>
+      </c>
+      <c r="H941" t="s">
         <v>3246</v>
-      </c>
-[...1 lines deleted...]
-        <v>3247</v>
       </c>
     </row>
     <row r="942" spans="1:8">
       <c r="A942" t="s">
-        <v>3248</v>
+        <v>3247</v>
       </c>
       <c r="B942" t="s">
         <v>9</v>
       </c>
       <c r="C942" t="s">
-        <v>500</v>
+        <v>479</v>
       </c>
       <c r="D942" t="s">
-        <v>2912</v>
+        <v>2926</v>
       </c>
       <c r="E942" t="s">
-        <v>2913</v>
+        <v>2927</v>
       </c>
       <c r="F942" t="s">
         <v>638</v>
       </c>
       <c r="G942" s="1" t="s">
+        <v>3248</v>
+      </c>
+      <c r="H942" t="s">
         <v>3249</v>
-      </c>
-[...1 lines deleted...]
-        <v>3250</v>
       </c>
     </row>
     <row r="943" spans="1:8">
       <c r="A943" t="s">
-        <v>3251</v>
+        <v>3250</v>
       </c>
       <c r="B943" t="s">
         <v>9</v>
       </c>
       <c r="C943" t="s">
-        <v>504</v>
+        <v>483</v>
       </c>
       <c r="D943" t="s">
-        <v>2912</v>
+        <v>2926</v>
       </c>
       <c r="E943" t="s">
-        <v>2913</v>
+        <v>2927</v>
       </c>
       <c r="F943" t="s">
         <v>638</v>
       </c>
       <c r="G943" s="1" t="s">
+        <v>3251</v>
+      </c>
+      <c r="H943" t="s">
         <v>3252</v>
-      </c>
-[...1 lines deleted...]
-        <v>3253</v>
       </c>
     </row>
     <row r="944" spans="1:8">
       <c r="A944" t="s">
-        <v>3254</v>
+        <v>3253</v>
       </c>
       <c r="B944" t="s">
         <v>9</v>
       </c>
       <c r="C944" t="s">
-        <v>508</v>
+        <v>487</v>
       </c>
       <c r="D944" t="s">
-        <v>2912</v>
+        <v>2926</v>
       </c>
       <c r="E944" t="s">
-        <v>2913</v>
+        <v>2927</v>
       </c>
       <c r="F944" t="s">
         <v>638</v>
       </c>
       <c r="G944" s="1" t="s">
+        <v>3254</v>
+      </c>
+      <c r="H944" t="s">
         <v>3255</v>
-      </c>
-[...1 lines deleted...]
-        <v>3256</v>
       </c>
     </row>
     <row r="945" spans="1:8">
       <c r="A945" t="s">
-        <v>3257</v>
+        <v>3256</v>
       </c>
       <c r="B945" t="s">
         <v>9</v>
       </c>
       <c r="C945" t="s">
-        <v>512</v>
+        <v>491</v>
       </c>
       <c r="D945" t="s">
-        <v>2912</v>
+        <v>2926</v>
       </c>
       <c r="E945" t="s">
-        <v>2913</v>
+        <v>2927</v>
       </c>
       <c r="F945" t="s">
         <v>638</v>
       </c>
       <c r="G945" s="1" t="s">
+        <v>3257</v>
+      </c>
+      <c r="H945" t="s">
         <v>3258</v>
-      </c>
-[...1 lines deleted...]
-        <v>3259</v>
       </c>
     </row>
     <row r="946" spans="1:8">
       <c r="A946" t="s">
-        <v>3260</v>
+        <v>3259</v>
       </c>
       <c r="B946" t="s">
         <v>9</v>
       </c>
       <c r="C946" t="s">
-        <v>516</v>
+        <v>495</v>
       </c>
       <c r="D946" t="s">
-        <v>2912</v>
+        <v>2926</v>
       </c>
       <c r="E946" t="s">
-        <v>2913</v>
+        <v>2927</v>
       </c>
       <c r="F946" t="s">
         <v>638</v>
       </c>
       <c r="G946" s="1" t="s">
+        <v>3260</v>
+      </c>
+      <c r="H946" t="s">
         <v>3261</v>
-      </c>
-[...1 lines deleted...]
-        <v>3262</v>
       </c>
     </row>
     <row r="947" spans="1:8">
       <c r="A947" t="s">
-        <v>3263</v>
+        <v>3262</v>
       </c>
       <c r="B947" t="s">
         <v>9</v>
       </c>
       <c r="C947" t="s">
-        <v>520</v>
+        <v>500</v>
       </c>
       <c r="D947" t="s">
-        <v>2912</v>
+        <v>2926</v>
       </c>
       <c r="E947" t="s">
-        <v>2913</v>
+        <v>2927</v>
       </c>
       <c r="F947" t="s">
         <v>638</v>
       </c>
       <c r="G947" s="1" t="s">
+        <v>3263</v>
+      </c>
+      <c r="H947" t="s">
         <v>3264</v>
-      </c>
-[...1 lines deleted...]
-        <v>3265</v>
       </c>
     </row>
     <row r="948" spans="1:8">
       <c r="A948" t="s">
-        <v>3266</v>
+        <v>3265</v>
       </c>
       <c r="B948" t="s">
         <v>9</v>
       </c>
       <c r="C948" t="s">
-        <v>525</v>
+        <v>504</v>
       </c>
       <c r="D948" t="s">
-        <v>2912</v>
+        <v>2926</v>
       </c>
       <c r="E948" t="s">
-        <v>2913</v>
+        <v>2927</v>
       </c>
       <c r="F948" t="s">
         <v>638</v>
       </c>
       <c r="G948" s="1" t="s">
+        <v>3266</v>
+      </c>
+      <c r="H948" t="s">
         <v>3267</v>
-      </c>
-[...1 lines deleted...]
-        <v>3268</v>
       </c>
     </row>
     <row r="949" spans="1:8">
       <c r="A949" t="s">
-        <v>3269</v>
+        <v>3268</v>
       </c>
       <c r="B949" t="s">
         <v>9</v>
       </c>
       <c r="C949" t="s">
-        <v>530</v>
+        <v>508</v>
       </c>
       <c r="D949" t="s">
-        <v>2912</v>
+        <v>2926</v>
       </c>
       <c r="E949" t="s">
-        <v>2913</v>
+        <v>2927</v>
       </c>
       <c r="F949" t="s">
         <v>638</v>
       </c>
       <c r="G949" s="1" t="s">
+        <v>3269</v>
+      </c>
+      <c r="H949" t="s">
         <v>3270</v>
-      </c>
-[...1 lines deleted...]
-        <v>3271</v>
       </c>
     </row>
     <row r="950" spans="1:8">
       <c r="A950" t="s">
-        <v>3272</v>
+        <v>3271</v>
       </c>
       <c r="B950" t="s">
         <v>9</v>
       </c>
       <c r="C950" t="s">
-        <v>535</v>
+        <v>512</v>
       </c>
       <c r="D950" t="s">
-        <v>2912</v>
+        <v>2926</v>
       </c>
       <c r="E950" t="s">
-        <v>2913</v>
+        <v>2927</v>
       </c>
       <c r="F950" t="s">
         <v>638</v>
       </c>
       <c r="G950" s="1" t="s">
+        <v>3272</v>
+      </c>
+      <c r="H950" t="s">
         <v>3273</v>
-      </c>
-[...1 lines deleted...]
-        <v>3274</v>
       </c>
     </row>
     <row r="951" spans="1:8">
       <c r="A951" t="s">
-        <v>3275</v>
+        <v>3274</v>
       </c>
       <c r="B951" t="s">
         <v>9</v>
       </c>
       <c r="C951" t="s">
-        <v>539</v>
+        <v>516</v>
       </c>
       <c r="D951" t="s">
-        <v>2912</v>
+        <v>2926</v>
       </c>
       <c r="E951" t="s">
-        <v>2913</v>
+        <v>2927</v>
       </c>
       <c r="F951" t="s">
         <v>638</v>
       </c>
       <c r="G951" s="1" t="s">
+        <v>3275</v>
+      </c>
+      <c r="H951" t="s">
         <v>3276</v>
-      </c>
-[...1 lines deleted...]
-        <v>3277</v>
       </c>
     </row>
     <row r="952" spans="1:8">
       <c r="A952" t="s">
-        <v>3278</v>
+        <v>3277</v>
       </c>
       <c r="B952" t="s">
         <v>9</v>
       </c>
       <c r="C952" t="s">
-        <v>543</v>
+        <v>520</v>
       </c>
       <c r="D952" t="s">
-        <v>2912</v>
+        <v>2926</v>
       </c>
       <c r="E952" t="s">
-        <v>2913</v>
+        <v>2927</v>
       </c>
       <c r="F952" t="s">
         <v>638</v>
       </c>
       <c r="G952" s="1" t="s">
+        <v>3278</v>
+      </c>
+      <c r="H952" t="s">
         <v>3279</v>
-      </c>
-[...1 lines deleted...]
-        <v>3280</v>
       </c>
     </row>
     <row r="953" spans="1:8">
       <c r="A953" t="s">
-        <v>3281</v>
+        <v>3280</v>
       </c>
       <c r="B953" t="s">
         <v>9</v>
       </c>
       <c r="C953" t="s">
-        <v>547</v>
+        <v>525</v>
       </c>
       <c r="D953" t="s">
-        <v>2912</v>
+        <v>2926</v>
       </c>
       <c r="E953" t="s">
-        <v>2913</v>
+        <v>2927</v>
       </c>
       <c r="F953" t="s">
         <v>638</v>
       </c>
       <c r="G953" s="1" t="s">
+        <v>3281</v>
+      </c>
+      <c r="H953" t="s">
         <v>3282</v>
-      </c>
-[...1 lines deleted...]
-        <v>3283</v>
       </c>
     </row>
     <row r="954" spans="1:8">
       <c r="A954" t="s">
-        <v>3284</v>
+        <v>3283</v>
       </c>
       <c r="B954" t="s">
         <v>9</v>
       </c>
       <c r="C954" t="s">
-        <v>551</v>
+        <v>530</v>
       </c>
       <c r="D954" t="s">
-        <v>2912</v>
+        <v>2926</v>
       </c>
       <c r="E954" t="s">
-        <v>2913</v>
+        <v>2927</v>
       </c>
       <c r="F954" t="s">
         <v>638</v>
       </c>
       <c r="G954" s="1" t="s">
+        <v>3284</v>
+      </c>
+      <c r="H954" t="s">
         <v>3285</v>
-      </c>
-[...1 lines deleted...]
-        <v>3286</v>
       </c>
     </row>
     <row r="955" spans="1:8">
       <c r="A955" t="s">
-        <v>3287</v>
+        <v>3286</v>
       </c>
       <c r="B955" t="s">
         <v>9</v>
       </c>
       <c r="C955" t="s">
-        <v>555</v>
+        <v>535</v>
       </c>
       <c r="D955" t="s">
-        <v>2912</v>
+        <v>2926</v>
       </c>
       <c r="E955" t="s">
-        <v>2913</v>
+        <v>2927</v>
       </c>
       <c r="F955" t="s">
         <v>638</v>
       </c>
       <c r="G955" s="1" t="s">
+        <v>3287</v>
+      </c>
+      <c r="H955" t="s">
         <v>3288</v>
-      </c>
-[...1 lines deleted...]
-        <v>3289</v>
       </c>
     </row>
     <row r="956" spans="1:8">
       <c r="A956" t="s">
-        <v>3290</v>
+        <v>3289</v>
       </c>
       <c r="B956" t="s">
         <v>9</v>
       </c>
       <c r="C956" t="s">
-        <v>559</v>
+        <v>539</v>
       </c>
       <c r="D956" t="s">
-        <v>2912</v>
+        <v>2926</v>
       </c>
       <c r="E956" t="s">
-        <v>2913</v>
+        <v>2927</v>
       </c>
       <c r="F956" t="s">
         <v>638</v>
       </c>
       <c r="G956" s="1" t="s">
+        <v>3290</v>
+      </c>
+      <c r="H956" t="s">
         <v>3291</v>
-      </c>
-[...1 lines deleted...]
-        <v>3292</v>
       </c>
     </row>
     <row r="957" spans="1:8">
       <c r="A957" t="s">
-        <v>3293</v>
+        <v>3292</v>
       </c>
       <c r="B957" t="s">
         <v>9</v>
       </c>
       <c r="C957" t="s">
-        <v>563</v>
+        <v>543</v>
       </c>
       <c r="D957" t="s">
-        <v>2912</v>
+        <v>2926</v>
       </c>
       <c r="E957" t="s">
-        <v>2913</v>
+        <v>2927</v>
       </c>
       <c r="F957" t="s">
         <v>638</v>
       </c>
       <c r="G957" s="1" t="s">
+        <v>3293</v>
+      </c>
+      <c r="H957" t="s">
         <v>3294</v>
-      </c>
-[...1 lines deleted...]
-        <v>3295</v>
       </c>
     </row>
     <row r="958" spans="1:8">
       <c r="A958" t="s">
-        <v>3296</v>
+        <v>3295</v>
       </c>
       <c r="B958" t="s">
         <v>9</v>
       </c>
       <c r="C958" t="s">
-        <v>567</v>
+        <v>547</v>
       </c>
       <c r="D958" t="s">
-        <v>2912</v>
+        <v>2926</v>
       </c>
       <c r="E958" t="s">
-        <v>2913</v>
+        <v>2927</v>
       </c>
       <c r="F958" t="s">
         <v>638</v>
       </c>
       <c r="G958" s="1" t="s">
+        <v>3296</v>
+      </c>
+      <c r="H958" t="s">
         <v>3297</v>
-      </c>
-[...1 lines deleted...]
-        <v>3298</v>
       </c>
     </row>
     <row r="959" spans="1:8">
       <c r="A959" t="s">
-        <v>3299</v>
+        <v>3298</v>
       </c>
       <c r="B959" t="s">
         <v>9</v>
       </c>
       <c r="C959" t="s">
-        <v>571</v>
+        <v>551</v>
       </c>
       <c r="D959" t="s">
-        <v>2912</v>
+        <v>2926</v>
       </c>
       <c r="E959" t="s">
-        <v>2913</v>
+        <v>2927</v>
       </c>
       <c r="F959" t="s">
         <v>638</v>
       </c>
       <c r="G959" s="1" t="s">
+        <v>3299</v>
+      </c>
+      <c r="H959" t="s">
         <v>3300</v>
-      </c>
-[...1 lines deleted...]
-        <v>3301</v>
       </c>
     </row>
     <row r="960" spans="1:8">
       <c r="A960" t="s">
-        <v>3302</v>
+        <v>3301</v>
       </c>
       <c r="B960" t="s">
         <v>9</v>
       </c>
       <c r="C960" t="s">
-        <v>575</v>
+        <v>555</v>
       </c>
       <c r="D960" t="s">
-        <v>2912</v>
+        <v>2926</v>
       </c>
       <c r="E960" t="s">
-        <v>2913</v>
+        <v>2927</v>
       </c>
       <c r="F960" t="s">
         <v>638</v>
       </c>
       <c r="G960" s="1" t="s">
+        <v>3302</v>
+      </c>
+      <c r="H960" t="s">
         <v>3303</v>
-      </c>
-[...1 lines deleted...]
-        <v>3304</v>
       </c>
     </row>
     <row r="961" spans="1:8">
       <c r="A961" t="s">
-        <v>3305</v>
+        <v>3304</v>
       </c>
       <c r="B961" t="s">
         <v>9</v>
       </c>
       <c r="C961" t="s">
-        <v>579</v>
+        <v>559</v>
       </c>
       <c r="D961" t="s">
-        <v>2912</v>
+        <v>2926</v>
       </c>
       <c r="E961" t="s">
-        <v>2913</v>
+        <v>2927</v>
       </c>
       <c r="F961" t="s">
         <v>638</v>
       </c>
       <c r="G961" s="1" t="s">
+        <v>3305</v>
+      </c>
+      <c r="H961" t="s">
         <v>3306</v>
-      </c>
-[...1 lines deleted...]
-        <v>3307</v>
       </c>
     </row>
     <row r="962" spans="1:8">
       <c r="A962" t="s">
-        <v>3308</v>
+        <v>3307</v>
       </c>
       <c r="B962" t="s">
         <v>9</v>
       </c>
       <c r="C962" t="s">
-        <v>583</v>
+        <v>563</v>
       </c>
       <c r="D962" t="s">
-        <v>2912</v>
+        <v>2926</v>
       </c>
       <c r="E962" t="s">
-        <v>2913</v>
+        <v>2927</v>
       </c>
       <c r="F962" t="s">
         <v>638</v>
       </c>
       <c r="G962" s="1" t="s">
+        <v>3308</v>
+      </c>
+      <c r="H962" t="s">
         <v>3309</v>
-      </c>
-[...1 lines deleted...]
-        <v>3310</v>
       </c>
     </row>
     <row r="963" spans="1:8">
       <c r="A963" t="s">
-        <v>3311</v>
+        <v>3310</v>
       </c>
       <c r="B963" t="s">
         <v>9</v>
       </c>
       <c r="C963" t="s">
-        <v>587</v>
+        <v>567</v>
       </c>
       <c r="D963" t="s">
-        <v>2912</v>
+        <v>2926</v>
       </c>
       <c r="E963" t="s">
-        <v>2913</v>
+        <v>2927</v>
       </c>
       <c r="F963" t="s">
         <v>638</v>
       </c>
       <c r="G963" s="1" t="s">
+        <v>3311</v>
+      </c>
+      <c r="H963" t="s">
         <v>3312</v>
-      </c>
-[...1 lines deleted...]
-        <v>3313</v>
       </c>
     </row>
     <row r="964" spans="1:8">
       <c r="A964" t="s">
-        <v>3314</v>
+        <v>3313</v>
       </c>
       <c r="B964" t="s">
         <v>9</v>
       </c>
       <c r="C964" t="s">
-        <v>592</v>
+        <v>571</v>
       </c>
       <c r="D964" t="s">
-        <v>2912</v>
+        <v>2926</v>
       </c>
       <c r="E964" t="s">
-        <v>2913</v>
+        <v>2927</v>
       </c>
       <c r="F964" t="s">
         <v>638</v>
       </c>
       <c r="G964" s="1" t="s">
+        <v>3314</v>
+      </c>
+      <c r="H964" t="s">
         <v>3315</v>
-      </c>
-[...1 lines deleted...]
-        <v>3316</v>
       </c>
     </row>
     <row r="965" spans="1:8">
       <c r="A965" t="s">
-        <v>3317</v>
+        <v>3316</v>
       </c>
       <c r="B965" t="s">
         <v>9</v>
       </c>
       <c r="C965" t="s">
-        <v>597</v>
+        <v>575</v>
       </c>
       <c r="D965" t="s">
-        <v>2912</v>
+        <v>2926</v>
       </c>
       <c r="E965" t="s">
-        <v>2913</v>
+        <v>2927</v>
       </c>
       <c r="F965" t="s">
         <v>638</v>
       </c>
       <c r="G965" s="1" t="s">
+        <v>3317</v>
+      </c>
+      <c r="H965" t="s">
         <v>3318</v>
-      </c>
-[...1 lines deleted...]
-        <v>3319</v>
       </c>
     </row>
     <row r="966" spans="1:8">
       <c r="A966" t="s">
-        <v>3320</v>
+        <v>3319</v>
       </c>
       <c r="B966" t="s">
         <v>9</v>
       </c>
       <c r="C966" t="s">
-        <v>601</v>
+        <v>579</v>
       </c>
       <c r="D966" t="s">
-        <v>2912</v>
+        <v>2926</v>
       </c>
       <c r="E966" t="s">
-        <v>2913</v>
+        <v>2927</v>
       </c>
       <c r="F966" t="s">
         <v>638</v>
       </c>
       <c r="G966" s="1" t="s">
+        <v>3320</v>
+      </c>
+      <c r="H966" t="s">
         <v>3321</v>
-      </c>
-[...1 lines deleted...]
-        <v>3322</v>
       </c>
     </row>
     <row r="967" spans="1:8">
       <c r="A967" t="s">
-        <v>3323</v>
+        <v>3322</v>
       </c>
       <c r="B967" t="s">
         <v>9</v>
       </c>
       <c r="C967" t="s">
-        <v>605</v>
+        <v>583</v>
       </c>
       <c r="D967" t="s">
-        <v>2912</v>
+        <v>2926</v>
       </c>
       <c r="E967" t="s">
-        <v>2913</v>
+        <v>2927</v>
       </c>
       <c r="F967" t="s">
         <v>638</v>
       </c>
       <c r="G967" s="1" t="s">
+        <v>3323</v>
+      </c>
+      <c r="H967" t="s">
         <v>3324</v>
-      </c>
-[...1 lines deleted...]
-        <v>3325</v>
       </c>
     </row>
     <row r="968" spans="1:8">
       <c r="A968" t="s">
-        <v>3326</v>
+        <v>3325</v>
       </c>
       <c r="B968" t="s">
         <v>9</v>
       </c>
       <c r="C968" t="s">
-        <v>609</v>
+        <v>587</v>
       </c>
       <c r="D968" t="s">
-        <v>2912</v>
+        <v>2926</v>
       </c>
       <c r="E968" t="s">
-        <v>2913</v>
+        <v>2927</v>
       </c>
       <c r="F968" t="s">
         <v>638</v>
       </c>
       <c r="G968" s="1" t="s">
+        <v>3326</v>
+      </c>
+      <c r="H968" t="s">
         <v>3327</v>
-      </c>
-[...1 lines deleted...]
-        <v>3328</v>
       </c>
     </row>
     <row r="969" spans="1:8">
       <c r="A969" t="s">
-        <v>3329</v>
+        <v>3328</v>
       </c>
       <c r="B969" t="s">
         <v>9</v>
       </c>
       <c r="C969" t="s">
-        <v>613</v>
+        <v>592</v>
       </c>
       <c r="D969" t="s">
-        <v>2912</v>
+        <v>2926</v>
       </c>
       <c r="E969" t="s">
-        <v>2913</v>
+        <v>2927</v>
       </c>
       <c r="F969" t="s">
         <v>638</v>
       </c>
       <c r="G969" s="1" t="s">
+        <v>3329</v>
+      </c>
+      <c r="H969" t="s">
         <v>3330</v>
-      </c>
-[...1 lines deleted...]
-        <v>3331</v>
       </c>
     </row>
     <row r="970" spans="1:8">
       <c r="A970" t="s">
-        <v>3332</v>
+        <v>3331</v>
       </c>
       <c r="B970" t="s">
         <v>9</v>
       </c>
       <c r="C970" t="s">
-        <v>617</v>
+        <v>597</v>
       </c>
       <c r="D970" t="s">
-        <v>2912</v>
+        <v>2926</v>
       </c>
       <c r="E970" t="s">
-        <v>2913</v>
+        <v>2927</v>
       </c>
       <c r="F970" t="s">
         <v>638</v>
       </c>
       <c r="G970" s="1" t="s">
+        <v>3332</v>
+      </c>
+      <c r="H970" t="s">
         <v>3333</v>
-      </c>
-[...1 lines deleted...]
-        <v>3334</v>
       </c>
     </row>
     <row r="971" spans="1:8">
       <c r="A971" t="s">
-        <v>3335</v>
+        <v>3334</v>
       </c>
       <c r="B971" t="s">
         <v>9</v>
       </c>
       <c r="C971" t="s">
-        <v>621</v>
+        <v>601</v>
       </c>
       <c r="D971" t="s">
-        <v>2912</v>
+        <v>2926</v>
       </c>
       <c r="E971" t="s">
-        <v>2913</v>
+        <v>2927</v>
       </c>
       <c r="F971" t="s">
         <v>638</v>
       </c>
       <c r="G971" s="1" t="s">
+        <v>3335</v>
+      </c>
+      <c r="H971" t="s">
         <v>3336</v>
-      </c>
-[...1 lines deleted...]
-        <v>3337</v>
       </c>
     </row>
     <row r="972" spans="1:8">
       <c r="A972" t="s">
-        <v>3338</v>
+        <v>3337</v>
       </c>
       <c r="B972" t="s">
         <v>9</v>
       </c>
       <c r="C972" t="s">
-        <v>625</v>
+        <v>605</v>
       </c>
       <c r="D972" t="s">
-        <v>2912</v>
+        <v>2926</v>
       </c>
       <c r="E972" t="s">
-        <v>2913</v>
+        <v>2927</v>
       </c>
       <c r="F972" t="s">
         <v>638</v>
       </c>
       <c r="G972" s="1" t="s">
+        <v>3338</v>
+      </c>
+      <c r="H972" t="s">
         <v>3339</v>
-      </c>
-[...1 lines deleted...]
-        <v>3340</v>
       </c>
     </row>
     <row r="973" spans="1:8">
       <c r="A973" t="s">
-        <v>3341</v>
+        <v>3340</v>
       </c>
       <c r="B973" t="s">
         <v>9</v>
       </c>
       <c r="C973" t="s">
-        <v>629</v>
+        <v>609</v>
       </c>
       <c r="D973" t="s">
-        <v>2912</v>
+        <v>2926</v>
       </c>
       <c r="E973" t="s">
-        <v>2913</v>
+        <v>2927</v>
       </c>
       <c r="F973" t="s">
         <v>638</v>
       </c>
       <c r="G973" s="1" t="s">
+        <v>3341</v>
+      </c>
+      <c r="H973" t="s">
         <v>3342</v>
-      </c>
-[...1 lines deleted...]
-        <v>3343</v>
       </c>
     </row>
     <row r="974" spans="1:8">
       <c r="A974" t="s">
-        <v>3344</v>
+        <v>3343</v>
       </c>
       <c r="B974" t="s">
         <v>9</v>
       </c>
       <c r="C974" t="s">
-        <v>633</v>
+        <v>613</v>
       </c>
       <c r="D974" t="s">
-        <v>2912</v>
+        <v>2926</v>
       </c>
       <c r="E974" t="s">
-        <v>2913</v>
+        <v>2927</v>
       </c>
       <c r="F974" t="s">
         <v>638</v>
       </c>
       <c r="G974" s="1" t="s">
+        <v>3344</v>
+      </c>
+      <c r="H974" t="s">
         <v>3345</v>
-      </c>
-[...1 lines deleted...]
-        <v>3346</v>
       </c>
     </row>
     <row r="975" spans="1:8">
       <c r="A975" t="s">
-        <v>3347</v>
+        <v>3346</v>
       </c>
       <c r="B975" t="s">
         <v>9</v>
       </c>
       <c r="C975" t="s">
-        <v>637</v>
+        <v>617</v>
       </c>
       <c r="D975" t="s">
-        <v>2912</v>
+        <v>2926</v>
       </c>
       <c r="E975" t="s">
-        <v>2913</v>
+        <v>2927</v>
       </c>
       <c r="F975" t="s">
         <v>638</v>
       </c>
       <c r="G975" s="1" t="s">
+        <v>3347</v>
+      </c>
+      <c r="H975" t="s">
         <v>3348</v>
-      </c>
-[...1 lines deleted...]
-        <v>3349</v>
       </c>
     </row>
     <row r="976" spans="1:8">
       <c r="A976" t="s">
-        <v>3350</v>
+        <v>3349</v>
       </c>
       <c r="B976" t="s">
         <v>9</v>
       </c>
       <c r="C976" t="s">
-        <v>642</v>
+        <v>621</v>
       </c>
       <c r="D976" t="s">
-        <v>2912</v>
+        <v>2926</v>
       </c>
       <c r="E976" t="s">
-        <v>2913</v>
+        <v>2927</v>
       </c>
       <c r="F976" t="s">
         <v>638</v>
       </c>
       <c r="G976" s="1" t="s">
+        <v>3350</v>
+      </c>
+      <c r="H976" t="s">
         <v>3351</v>
-      </c>
-[...1 lines deleted...]
-        <v>3352</v>
       </c>
     </row>
     <row r="977" spans="1:8">
       <c r="A977" t="s">
-        <v>3353</v>
+        <v>3352</v>
       </c>
       <c r="B977" t="s">
         <v>9</v>
       </c>
       <c r="C977" t="s">
-        <v>646</v>
+        <v>625</v>
       </c>
       <c r="D977" t="s">
-        <v>2912</v>
+        <v>2926</v>
       </c>
       <c r="E977" t="s">
-        <v>2913</v>
+        <v>2927</v>
       </c>
       <c r="F977" t="s">
         <v>638</v>
       </c>
       <c r="G977" s="1" t="s">
+        <v>3353</v>
+      </c>
+      <c r="H977" t="s">
         <v>3354</v>
-      </c>
-[...1 lines deleted...]
-        <v>3355</v>
       </c>
     </row>
     <row r="978" spans="1:8">
       <c r="A978" t="s">
-        <v>3356</v>
+        <v>3355</v>
       </c>
       <c r="B978" t="s">
         <v>9</v>
       </c>
       <c r="C978" t="s">
-        <v>650</v>
+        <v>629</v>
       </c>
       <c r="D978" t="s">
-        <v>2912</v>
+        <v>2926</v>
       </c>
       <c r="E978" t="s">
-        <v>2913</v>
+        <v>2927</v>
       </c>
       <c r="F978" t="s">
         <v>638</v>
       </c>
       <c r="G978" s="1" t="s">
+        <v>3356</v>
+      </c>
+      <c r="H978" t="s">
         <v>3357</v>
-      </c>
-[...1 lines deleted...]
-        <v>3358</v>
       </c>
     </row>
     <row r="979" spans="1:8">
       <c r="A979" t="s">
-        <v>3359</v>
+        <v>3358</v>
       </c>
       <c r="B979" t="s">
         <v>9</v>
       </c>
       <c r="C979" t="s">
-        <v>654</v>
+        <v>633</v>
       </c>
       <c r="D979" t="s">
-        <v>2912</v>
+        <v>2926</v>
       </c>
       <c r="E979" t="s">
-        <v>2913</v>
+        <v>2927</v>
       </c>
       <c r="F979" t="s">
         <v>638</v>
       </c>
       <c r="G979" s="1" t="s">
+        <v>3359</v>
+      </c>
+      <c r="H979" t="s">
         <v>3360</v>
-      </c>
-[...1 lines deleted...]
-        <v>3361</v>
       </c>
     </row>
     <row r="980" spans="1:8">
       <c r="A980" t="s">
-        <v>3362</v>
+        <v>3361</v>
       </c>
       <c r="B980" t="s">
         <v>9</v>
       </c>
       <c r="C980" t="s">
-        <v>658</v>
+        <v>637</v>
       </c>
       <c r="D980" t="s">
-        <v>2912</v>
+        <v>2926</v>
       </c>
       <c r="E980" t="s">
-        <v>2913</v>
+        <v>2927</v>
       </c>
       <c r="F980" t="s">
         <v>638</v>
       </c>
       <c r="G980" s="1" t="s">
+        <v>3362</v>
+      </c>
+      <c r="H980" t="s">
         <v>3363</v>
-      </c>
-[...1 lines deleted...]
-        <v>3364</v>
       </c>
     </row>
     <row r="981" spans="1:8">
       <c r="A981" t="s">
-        <v>3365</v>
+        <v>3364</v>
       </c>
       <c r="B981" t="s">
         <v>9</v>
       </c>
       <c r="C981" t="s">
-        <v>662</v>
+        <v>642</v>
       </c>
       <c r="D981" t="s">
-        <v>2912</v>
+        <v>2926</v>
       </c>
       <c r="E981" t="s">
-        <v>2913</v>
+        <v>2927</v>
       </c>
       <c r="F981" t="s">
         <v>638</v>
       </c>
       <c r="G981" s="1" t="s">
+        <v>3365</v>
+      </c>
+      <c r="H981" t="s">
         <v>3366</v>
-      </c>
-[...1 lines deleted...]
-        <v>3367</v>
       </c>
     </row>
     <row r="982" spans="1:8">
       <c r="A982" t="s">
-        <v>3368</v>
+        <v>3367</v>
       </c>
       <c r="B982" t="s">
         <v>9</v>
       </c>
       <c r="C982" t="s">
-        <v>666</v>
+        <v>646</v>
       </c>
       <c r="D982" t="s">
-        <v>2912</v>
+        <v>2926</v>
       </c>
       <c r="E982" t="s">
-        <v>2913</v>
+        <v>2927</v>
       </c>
       <c r="F982" t="s">
         <v>638</v>
       </c>
       <c r="G982" s="1" t="s">
+        <v>3368</v>
+      </c>
+      <c r="H982" t="s">
         <v>3369</v>
-      </c>
-[...1 lines deleted...]
-        <v>3370</v>
       </c>
     </row>
     <row r="983" spans="1:8">
       <c r="A983" t="s">
-        <v>3371</v>
+        <v>3370</v>
       </c>
       <c r="B983" t="s">
         <v>9</v>
       </c>
       <c r="C983" t="s">
-        <v>670</v>
+        <v>650</v>
       </c>
       <c r="D983" t="s">
-        <v>2912</v>
+        <v>2926</v>
       </c>
       <c r="E983" t="s">
-        <v>2913</v>
+        <v>2927</v>
       </c>
       <c r="F983" t="s">
         <v>638</v>
       </c>
       <c r="G983" s="1" t="s">
+        <v>3371</v>
+      </c>
+      <c r="H983" t="s">
         <v>3372</v>
-      </c>
-[...1 lines deleted...]
-        <v>3373</v>
       </c>
     </row>
     <row r="984" spans="1:8">
       <c r="A984" t="s">
-        <v>3374</v>
+        <v>3373</v>
       </c>
       <c r="B984" t="s">
         <v>9</v>
       </c>
       <c r="C984" t="s">
-        <v>674</v>
+        <v>654</v>
       </c>
       <c r="D984" t="s">
-        <v>2912</v>
+        <v>2926</v>
       </c>
       <c r="E984" t="s">
-        <v>2913</v>
+        <v>2927</v>
       </c>
       <c r="F984" t="s">
         <v>638</v>
       </c>
       <c r="G984" s="1" t="s">
+        <v>3374</v>
+      </c>
+      <c r="H984" t="s">
         <v>3375</v>
-      </c>
-[...1 lines deleted...]
-        <v>3376</v>
       </c>
     </row>
     <row r="985" spans="1:8">
       <c r="A985" t="s">
-        <v>3377</v>
+        <v>3376</v>
       </c>
       <c r="B985" t="s">
         <v>9</v>
       </c>
       <c r="C985" t="s">
-        <v>678</v>
+        <v>658</v>
       </c>
       <c r="D985" t="s">
-        <v>2912</v>
+        <v>2926</v>
       </c>
       <c r="E985" t="s">
-        <v>2913</v>
+        <v>2927</v>
       </c>
       <c r="F985" t="s">
         <v>638</v>
       </c>
       <c r="G985" s="1" t="s">
+        <v>3377</v>
+      </c>
+      <c r="H985" t="s">
         <v>3378</v>
-      </c>
-[...1 lines deleted...]
-        <v>3379</v>
       </c>
     </row>
     <row r="986" spans="1:8">
       <c r="A986" t="s">
-        <v>3380</v>
+        <v>3379</v>
       </c>
       <c r="B986" t="s">
         <v>9</v>
       </c>
       <c r="C986" t="s">
-        <v>683</v>
+        <v>662</v>
       </c>
       <c r="D986" t="s">
-        <v>2912</v>
+        <v>2926</v>
       </c>
       <c r="E986" t="s">
-        <v>2913</v>
+        <v>2927</v>
       </c>
       <c r="F986" t="s">
         <v>638</v>
       </c>
       <c r="G986" s="1" t="s">
+        <v>3380</v>
+      </c>
+      <c r="H986" t="s">
         <v>3381</v>
-      </c>
-[...1 lines deleted...]
-        <v>3382</v>
       </c>
     </row>
     <row r="987" spans="1:8">
       <c r="A987" t="s">
-        <v>3383</v>
+        <v>3382</v>
       </c>
       <c r="B987" t="s">
         <v>9</v>
       </c>
       <c r="C987" t="s">
-        <v>687</v>
+        <v>666</v>
       </c>
       <c r="D987" t="s">
-        <v>2912</v>
+        <v>2926</v>
       </c>
       <c r="E987" t="s">
-        <v>2913</v>
+        <v>2927</v>
       </c>
       <c r="F987" t="s">
         <v>638</v>
       </c>
       <c r="G987" s="1" t="s">
+        <v>3383</v>
+      </c>
+      <c r="H987" t="s">
         <v>3384</v>
-      </c>
-[...1 lines deleted...]
-        <v>3385</v>
       </c>
     </row>
     <row r="988" spans="1:8">
       <c r="A988" t="s">
-        <v>3386</v>
+        <v>3385</v>
       </c>
       <c r="B988" t="s">
         <v>9</v>
       </c>
       <c r="C988" t="s">
-        <v>691</v>
+        <v>670</v>
       </c>
       <c r="D988" t="s">
-        <v>2912</v>
+        <v>2926</v>
       </c>
       <c r="E988" t="s">
-        <v>2913</v>
+        <v>2927</v>
       </c>
       <c r="F988" t="s">
         <v>638</v>
       </c>
       <c r="G988" s="1" t="s">
+        <v>3386</v>
+      </c>
+      <c r="H988" t="s">
         <v>3387</v>
-      </c>
-[...1 lines deleted...]
-        <v>3388</v>
       </c>
     </row>
     <row r="989" spans="1:8">
       <c r="A989" t="s">
-        <v>3389</v>
+        <v>3388</v>
       </c>
       <c r="B989" t="s">
         <v>9</v>
       </c>
       <c r="C989" t="s">
-        <v>695</v>
+        <v>674</v>
       </c>
       <c r="D989" t="s">
-        <v>2912</v>
+        <v>2926</v>
       </c>
       <c r="E989" t="s">
-        <v>2913</v>
+        <v>2927</v>
       </c>
       <c r="F989" t="s">
         <v>638</v>
       </c>
       <c r="G989" s="1" t="s">
+        <v>3389</v>
+      </c>
+      <c r="H989" t="s">
         <v>3390</v>
-      </c>
-[...1 lines deleted...]
-        <v>3391</v>
       </c>
     </row>
     <row r="990" spans="1:8">
       <c r="A990" t="s">
-        <v>3392</v>
+        <v>3391</v>
       </c>
       <c r="B990" t="s">
         <v>9</v>
       </c>
       <c r="C990" t="s">
-        <v>699</v>
+        <v>678</v>
       </c>
       <c r="D990" t="s">
-        <v>2912</v>
+        <v>2926</v>
       </c>
       <c r="E990" t="s">
-        <v>2913</v>
+        <v>2927</v>
       </c>
       <c r="F990" t="s">
         <v>638</v>
       </c>
       <c r="G990" s="1" t="s">
+        <v>3392</v>
+      </c>
+      <c r="H990" t="s">
         <v>3393</v>
-      </c>
-[...1 lines deleted...]
-        <v>3394</v>
       </c>
     </row>
     <row r="991" spans="1:8">
       <c r="A991" t="s">
-        <v>3395</v>
+        <v>3394</v>
       </c>
       <c r="B991" t="s">
         <v>9</v>
       </c>
       <c r="C991" t="s">
-        <v>703</v>
+        <v>683</v>
       </c>
       <c r="D991" t="s">
-        <v>2912</v>
+        <v>2926</v>
       </c>
       <c r="E991" t="s">
-        <v>2913</v>
+        <v>2927</v>
       </c>
       <c r="F991" t="s">
         <v>638</v>
       </c>
       <c r="G991" s="1" t="s">
+        <v>3395</v>
+      </c>
+      <c r="H991" t="s">
         <v>3396</v>
-      </c>
-[...1 lines deleted...]
-        <v>3397</v>
       </c>
     </row>
     <row r="992" spans="1:8">
       <c r="A992" t="s">
-        <v>3398</v>
+        <v>3397</v>
       </c>
       <c r="B992" t="s">
         <v>9</v>
       </c>
       <c r="C992" t="s">
-        <v>707</v>
+        <v>687</v>
       </c>
       <c r="D992" t="s">
-        <v>2912</v>
+        <v>2926</v>
       </c>
       <c r="E992" t="s">
-        <v>2913</v>
+        <v>2927</v>
       </c>
       <c r="F992" t="s">
         <v>638</v>
       </c>
       <c r="G992" s="1" t="s">
+        <v>3398</v>
+      </c>
+      <c r="H992" t="s">
         <v>3399</v>
-      </c>
-[...1 lines deleted...]
-        <v>3400</v>
       </c>
     </row>
     <row r="993" spans="1:8">
       <c r="A993" t="s">
-        <v>3401</v>
+        <v>3400</v>
       </c>
       <c r="B993" t="s">
         <v>9</v>
       </c>
       <c r="C993" t="s">
-        <v>711</v>
+        <v>691</v>
       </c>
       <c r="D993" t="s">
-        <v>2912</v>
+        <v>2926</v>
       </c>
       <c r="E993" t="s">
-        <v>2913</v>
+        <v>2927</v>
       </c>
       <c r="F993" t="s">
         <v>638</v>
       </c>
       <c r="G993" s="1" t="s">
+        <v>3401</v>
+      </c>
+      <c r="H993" t="s">
         <v>3402</v>
-      </c>
-[...1 lines deleted...]
-        <v>3403</v>
       </c>
     </row>
     <row r="994" spans="1:8">
       <c r="A994" t="s">
-        <v>3404</v>
+        <v>3403</v>
       </c>
       <c r="B994" t="s">
         <v>9</v>
       </c>
       <c r="C994" t="s">
-        <v>715</v>
+        <v>695</v>
       </c>
       <c r="D994" t="s">
-        <v>2912</v>
+        <v>2926</v>
       </c>
       <c r="E994" t="s">
-        <v>2913</v>
+        <v>2927</v>
       </c>
       <c r="F994" t="s">
         <v>638</v>
       </c>
       <c r="G994" s="1" t="s">
+        <v>3404</v>
+      </c>
+      <c r="H994" t="s">
         <v>3405</v>
-      </c>
-[...1 lines deleted...]
-        <v>3406</v>
       </c>
     </row>
     <row r="995" spans="1:8">
       <c r="A995" t="s">
-        <v>3407</v>
+        <v>3406</v>
       </c>
       <c r="B995" t="s">
         <v>9</v>
       </c>
       <c r="C995" t="s">
-        <v>720</v>
+        <v>699</v>
       </c>
       <c r="D995" t="s">
-        <v>2912</v>
+        <v>2926</v>
       </c>
       <c r="E995" t="s">
-        <v>2913</v>
+        <v>2927</v>
       </c>
       <c r="F995" t="s">
         <v>638</v>
       </c>
       <c r="G995" s="1" t="s">
+        <v>3407</v>
+      </c>
+      <c r="H995" t="s">
         <v>3408</v>
-      </c>
-[...1 lines deleted...]
-        <v>3409</v>
       </c>
     </row>
     <row r="996" spans="1:8">
       <c r="A996" t="s">
-        <v>3410</v>
+        <v>3409</v>
       </c>
       <c r="B996" t="s">
         <v>9</v>
       </c>
       <c r="C996" t="s">
-        <v>724</v>
+        <v>703</v>
       </c>
       <c r="D996" t="s">
-        <v>2912</v>
+        <v>2926</v>
       </c>
       <c r="E996" t="s">
-        <v>2913</v>
+        <v>2927</v>
       </c>
       <c r="F996" t="s">
         <v>638</v>
       </c>
       <c r="G996" s="1" t="s">
+        <v>3410</v>
+      </c>
+      <c r="H996" t="s">
         <v>3411</v>
-      </c>
-[...1 lines deleted...]
-        <v>3412</v>
       </c>
     </row>
     <row r="997" spans="1:8">
       <c r="A997" t="s">
-        <v>3413</v>
+        <v>3412</v>
       </c>
       <c r="B997" t="s">
         <v>9</v>
       </c>
       <c r="C997" t="s">
-        <v>728</v>
+        <v>707</v>
       </c>
       <c r="D997" t="s">
-        <v>2912</v>
+        <v>2926</v>
       </c>
       <c r="E997" t="s">
-        <v>2913</v>
+        <v>2927</v>
       </c>
       <c r="F997" t="s">
         <v>638</v>
       </c>
       <c r="G997" s="1" t="s">
+        <v>3413</v>
+      </c>
+      <c r="H997" t="s">
         <v>3414</v>
-      </c>
-[...1 lines deleted...]
-        <v>3415</v>
       </c>
     </row>
     <row r="998" spans="1:8">
       <c r="A998" t="s">
-        <v>3416</v>
+        <v>3415</v>
       </c>
       <c r="B998" t="s">
         <v>9</v>
       </c>
       <c r="C998" t="s">
-        <v>732</v>
+        <v>711</v>
       </c>
       <c r="D998" t="s">
-        <v>2912</v>
+        <v>2926</v>
       </c>
       <c r="E998" t="s">
-        <v>2913</v>
+        <v>2927</v>
       </c>
       <c r="F998" t="s">
         <v>638</v>
       </c>
       <c r="G998" s="1" t="s">
+        <v>3416</v>
+      </c>
+      <c r="H998" t="s">
         <v>3417</v>
-      </c>
-[...1 lines deleted...]
-        <v>3418</v>
       </c>
     </row>
     <row r="999" spans="1:8">
       <c r="A999" t="s">
-        <v>3419</v>
+        <v>3418</v>
       </c>
       <c r="B999" t="s">
         <v>9</v>
       </c>
       <c r="C999" t="s">
-        <v>736</v>
+        <v>715</v>
       </c>
       <c r="D999" t="s">
-        <v>2912</v>
+        <v>2926</v>
       </c>
       <c r="E999" t="s">
-        <v>2913</v>
+        <v>2927</v>
       </c>
       <c r="F999" t="s">
         <v>638</v>
       </c>
       <c r="G999" s="1" t="s">
+        <v>3419</v>
+      </c>
+      <c r="H999" t="s">
         <v>3420</v>
-      </c>
-[...1 lines deleted...]
-        <v>3421</v>
       </c>
     </row>
     <row r="1000" spans="1:8">
       <c r="A1000" t="s">
-        <v>3422</v>
+        <v>3421</v>
       </c>
       <c r="B1000" t="s">
         <v>9</v>
       </c>
       <c r="C1000" t="s">
-        <v>741</v>
+        <v>720</v>
       </c>
       <c r="D1000" t="s">
-        <v>2912</v>
+        <v>2926</v>
       </c>
       <c r="E1000" t="s">
-        <v>2913</v>
+        <v>2927</v>
       </c>
       <c r="F1000" t="s">
         <v>638</v>
       </c>
       <c r="G1000" s="1" t="s">
+        <v>3422</v>
+      </c>
+      <c r="H1000" t="s">
         <v>3423</v>
-      </c>
-[...1 lines deleted...]
-        <v>3424</v>
       </c>
     </row>
     <row r="1001" spans="1:8">
       <c r="A1001" t="s">
-        <v>3425</v>
+        <v>3424</v>
       </c>
       <c r="B1001" t="s">
         <v>9</v>
       </c>
       <c r="C1001" t="s">
-        <v>745</v>
+        <v>724</v>
       </c>
       <c r="D1001" t="s">
-        <v>2912</v>
+        <v>2926</v>
       </c>
       <c r="E1001" t="s">
-        <v>2913</v>
+        <v>2927</v>
       </c>
       <c r="F1001" t="s">
         <v>638</v>
       </c>
       <c r="G1001" s="1" t="s">
+        <v>3425</v>
+      </c>
+      <c r="H1001" t="s">
         <v>3426</v>
-      </c>
-[...1 lines deleted...]
-        <v>3427</v>
       </c>
     </row>
     <row r="1002" spans="1:8">
       <c r="A1002" t="s">
-        <v>3428</v>
+        <v>3427</v>
       </c>
       <c r="B1002" t="s">
         <v>9</v>
       </c>
       <c r="C1002" t="s">
-        <v>749</v>
+        <v>728</v>
       </c>
       <c r="D1002" t="s">
-        <v>2912</v>
+        <v>2926</v>
       </c>
       <c r="E1002" t="s">
-        <v>2913</v>
+        <v>2927</v>
       </c>
       <c r="F1002" t="s">
         <v>638</v>
       </c>
       <c r="G1002" s="1" t="s">
+        <v>3428</v>
+      </c>
+      <c r="H1002" t="s">
         <v>3429</v>
-      </c>
-[...1 lines deleted...]
-        <v>3430</v>
       </c>
     </row>
     <row r="1003" spans="1:8">
       <c r="A1003" t="s">
+        <v>3430</v>
+      </c>
+      <c r="B1003" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1003" t="s">
+        <v>732</v>
+      </c>
+      <c r="D1003" t="s">
+        <v>2926</v>
+      </c>
+      <c r="E1003" t="s">
+        <v>2927</v>
+      </c>
+      <c r="F1003" t="s">
+        <v>638</v>
+      </c>
+      <c r="G1003" s="1" t="s">
         <v>3431</v>
       </c>
-      <c r="B1003" t="s">
-[...11 lines deleted...]
-      <c r="F1003" t="s">
+      <c r="H1003" t="s">
         <v>3432</v>
-      </c>
-[...4 lines deleted...]
-        <v>3434</v>
       </c>
     </row>
     <row r="1004" spans="1:8">
       <c r="A1004" t="s">
+        <v>3433</v>
+      </c>
+      <c r="B1004" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1004" t="s">
+        <v>736</v>
+      </c>
+      <c r="D1004" t="s">
+        <v>2926</v>
+      </c>
+      <c r="E1004" t="s">
+        <v>2927</v>
+      </c>
+      <c r="F1004" t="s">
+        <v>638</v>
+      </c>
+      <c r="G1004" s="1" t="s">
+        <v>3434</v>
+      </c>
+      <c r="H1004" t="s">
         <v>3435</v>
-      </c>
-[...19 lines deleted...]
-        <v>3437</v>
       </c>
     </row>
     <row r="1005" spans="1:8">
       <c r="A1005" t="s">
+        <v>3436</v>
+      </c>
+      <c r="B1005" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1005" t="s">
+        <v>741</v>
+      </c>
+      <c r="D1005" t="s">
+        <v>2926</v>
+      </c>
+      <c r="E1005" t="s">
+        <v>2927</v>
+      </c>
+      <c r="F1005" t="s">
+        <v>638</v>
+      </c>
+      <c r="G1005" s="1" t="s">
+        <v>3437</v>
+      </c>
+      <c r="H1005" t="s">
         <v>3438</v>
-      </c>
-[...19 lines deleted...]
-        <v>3440</v>
       </c>
     </row>
     <row r="1006" spans="1:8">
       <c r="A1006" t="s">
-        <v>3441</v>
+        <v>3439</v>
       </c>
       <c r="B1006" t="s">
         <v>9</v>
       </c>
       <c r="C1006" t="s">
-        <v>765</v>
+        <v>745</v>
       </c>
       <c r="D1006" t="s">
-        <v>2912</v>
+        <v>2926</v>
       </c>
       <c r="E1006" t="s">
-        <v>2913</v>
+        <v>2927</v>
       </c>
       <c r="F1006" t="s">
         <v>638</v>
       </c>
       <c r="G1006" s="1" t="s">
-        <v>3442</v>
+        <v>3440</v>
       </c>
       <c r="H1006" t="s">
-        <v>3443</v>
+        <v>3441</v>
       </c>
     </row>
     <row r="1007" spans="1:8">
       <c r="A1007" t="s">
+        <v>3442</v>
+      </c>
+      <c r="B1007" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1007" t="s">
+        <v>749</v>
+      </c>
+      <c r="D1007" t="s">
+        <v>2926</v>
+      </c>
+      <c r="E1007" t="s">
+        <v>2927</v>
+      </c>
+      <c r="F1007" t="s">
+        <v>638</v>
+      </c>
+      <c r="G1007" s="1" t="s">
+        <v>3443</v>
+      </c>
+      <c r="H1007" t="s">
         <v>3444</v>
-      </c>
-[...19 lines deleted...]
-        <v>3446</v>
       </c>
     </row>
     <row r="1008" spans="1:8">
       <c r="A1008" t="s">
+        <v>3445</v>
+      </c>
+      <c r="B1008" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1008" t="s">
+        <v>753</v>
+      </c>
+      <c r="D1008" t="s">
+        <v>2926</v>
+      </c>
+      <c r="E1008" t="s">
+        <v>2927</v>
+      </c>
+      <c r="F1008" t="s">
+        <v>3446</v>
+      </c>
+      <c r="G1008" s="1" t="s">
         <v>3447</v>
       </c>
-      <c r="B1008" t="s">
-[...14 lines deleted...]
-      <c r="G1008" s="1" t="s">
+      <c r="H1008" t="s">
         <v>3448</v>
-      </c>
-[...1 lines deleted...]
-        <v>3449</v>
       </c>
     </row>
     <row r="1009" spans="1:8">
       <c r="A1009" t="s">
+        <v>3449</v>
+      </c>
+      <c r="B1009" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1009" t="s">
+        <v>757</v>
+      </c>
+      <c r="D1009" t="s">
+        <v>2926</v>
+      </c>
+      <c r="E1009" t="s">
+        <v>2927</v>
+      </c>
+      <c r="F1009" t="s">
+        <v>3446</v>
+      </c>
+      <c r="G1009" s="1" t="s">
         <v>3450</v>
       </c>
-      <c r="B1009" t="s">
-[...14 lines deleted...]
-      <c r="G1009" s="1" t="s">
+      <c r="H1009" t="s">
         <v>3451</v>
-      </c>
-[...1 lines deleted...]
-        <v>3452</v>
       </c>
     </row>
     <row r="1010" spans="1:8">
       <c r="A1010" t="s">
+        <v>3452</v>
+      </c>
+      <c r="B1010" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1010" t="s">
+        <v>761</v>
+      </c>
+      <c r="D1010" t="s">
+        <v>2926</v>
+      </c>
+      <c r="E1010" t="s">
+        <v>2927</v>
+      </c>
+      <c r="F1010" t="s">
+        <v>3446</v>
+      </c>
+      <c r="G1010" s="1" t="s">
         <v>3453</v>
       </c>
-      <c r="B1010" t="s">
-[...14 lines deleted...]
-      <c r="G1010" s="1" t="s">
+      <c r="H1010" t="s">
         <v>3454</v>
-      </c>
-[...1 lines deleted...]
-        <v>3455</v>
       </c>
     </row>
     <row r="1011" spans="1:8">
       <c r="A1011" t="s">
+        <v>3455</v>
+      </c>
+      <c r="B1011" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1011" t="s">
+        <v>765</v>
+      </c>
+      <c r="D1011" t="s">
+        <v>2926</v>
+      </c>
+      <c r="E1011" t="s">
+        <v>2927</v>
+      </c>
+      <c r="F1011" t="s">
+        <v>638</v>
+      </c>
+      <c r="G1011" s="1" t="s">
         <v>3456</v>
       </c>
-      <c r="B1011" t="s">
-[...14 lines deleted...]
-      <c r="G1011" s="1" t="s">
+      <c r="H1011" t="s">
         <v>3457</v>
-      </c>
-[...1 lines deleted...]
-        <v>3458</v>
       </c>
     </row>
     <row r="1012" spans="1:8">
       <c r="A1012" t="s">
+        <v>3458</v>
+      </c>
+      <c r="B1012" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1012" t="s">
+        <v>769</v>
+      </c>
+      <c r="D1012" t="s">
+        <v>2926</v>
+      </c>
+      <c r="E1012" t="s">
+        <v>2927</v>
+      </c>
+      <c r="F1012" t="s">
+        <v>3446</v>
+      </c>
+      <c r="G1012" s="1" t="s">
         <v>3459</v>
       </c>
-      <c r="B1012" t="s">
-[...14 lines deleted...]
-      <c r="G1012" s="1" t="s">
+      <c r="H1012" t="s">
         <v>3460</v>
-      </c>
-[...1 lines deleted...]
-        <v>3461</v>
       </c>
     </row>
     <row r="1013" spans="1:8">
       <c r="A1013" t="s">
+        <v>3461</v>
+      </c>
+      <c r="B1013" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1013" t="s">
+        <v>773</v>
+      </c>
+      <c r="D1013" t="s">
+        <v>2926</v>
+      </c>
+      <c r="E1013" t="s">
+        <v>2927</v>
+      </c>
+      <c r="F1013" t="s">
+        <v>3446</v>
+      </c>
+      <c r="G1013" s="1" t="s">
         <v>3462</v>
       </c>
-      <c r="B1013" t="s">
-[...14 lines deleted...]
-      <c r="G1013" s="1" t="s">
+      <c r="H1013" t="s">
         <v>3463</v>
-      </c>
-[...1 lines deleted...]
-        <v>3464</v>
       </c>
     </row>
     <row r="1014" spans="1:8">
       <c r="A1014" t="s">
+        <v>3464</v>
+      </c>
+      <c r="B1014" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1014" t="s">
+        <v>777</v>
+      </c>
+      <c r="D1014" t="s">
+        <v>2926</v>
+      </c>
+      <c r="E1014" t="s">
+        <v>2927</v>
+      </c>
+      <c r="F1014" t="s">
+        <v>3446</v>
+      </c>
+      <c r="G1014" s="1" t="s">
         <v>3465</v>
       </c>
-      <c r="B1014" t="s">
-[...14 lines deleted...]
-      <c r="G1014" s="1" t="s">
+      <c r="H1014" t="s">
         <v>3466</v>
-      </c>
-[...1 lines deleted...]
-        <v>3467</v>
       </c>
     </row>
     <row r="1015" spans="1:8">
       <c r="A1015" t="s">
+        <v>3467</v>
+      </c>
+      <c r="B1015" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1015" t="s">
+        <v>781</v>
+      </c>
+      <c r="D1015" t="s">
+        <v>2926</v>
+      </c>
+      <c r="E1015" t="s">
+        <v>2927</v>
+      </c>
+      <c r="F1015" t="s">
+        <v>3446</v>
+      </c>
+      <c r="G1015" s="1" t="s">
         <v>3468</v>
       </c>
-      <c r="B1015" t="s">
-[...14 lines deleted...]
-      <c r="G1015" s="1" t="s">
+      <c r="H1015" t="s">
         <v>3469</v>
-      </c>
-[...1 lines deleted...]
-        <v>3470</v>
       </c>
     </row>
     <row r="1016" spans="1:8">
       <c r="A1016" t="s">
+        <v>3470</v>
+      </c>
+      <c r="B1016" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1016" t="s">
+        <v>785</v>
+      </c>
+      <c r="D1016" t="s">
+        <v>2926</v>
+      </c>
+      <c r="E1016" t="s">
+        <v>2927</v>
+      </c>
+      <c r="F1016" t="s">
+        <v>3446</v>
+      </c>
+      <c r="G1016" s="1" t="s">
         <v>3471</v>
       </c>
-      <c r="B1016" t="s">
-[...14 lines deleted...]
-      <c r="G1016" s="1" t="s">
+      <c r="H1016" t="s">
         <v>3472</v>
-      </c>
-[...1 lines deleted...]
-        <v>3473</v>
       </c>
     </row>
     <row r="1017" spans="1:8">
       <c r="A1017" t="s">
+        <v>3473</v>
+      </c>
+      <c r="B1017" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1017" t="s">
+        <v>790</v>
+      </c>
+      <c r="D1017" t="s">
+        <v>2926</v>
+      </c>
+      <c r="E1017" t="s">
+        <v>2927</v>
+      </c>
+      <c r="F1017" t="s">
+        <v>3446</v>
+      </c>
+      <c r="G1017" s="1" t="s">
         <v>3474</v>
       </c>
-      <c r="B1017" t="s">
-[...14 lines deleted...]
-      <c r="G1017" s="1" t="s">
+      <c r="H1017" t="s">
         <v>3475</v>
-      </c>
-[...1 lines deleted...]
-        <v>3476</v>
       </c>
     </row>
     <row r="1018" spans="1:8">
       <c r="A1018" t="s">
+        <v>3476</v>
+      </c>
+      <c r="B1018" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1018" t="s">
+        <v>794</v>
+      </c>
+      <c r="D1018" t="s">
+        <v>2926</v>
+      </c>
+      <c r="E1018" t="s">
+        <v>2927</v>
+      </c>
+      <c r="F1018" t="s">
+        <v>3446</v>
+      </c>
+      <c r="G1018" s="1" t="s">
         <v>3477</v>
       </c>
-      <c r="B1018" t="s">
-[...14 lines deleted...]
-      <c r="G1018" s="1" t="s">
+      <c r="H1018" t="s">
         <v>3478</v>
-      </c>
-[...1 lines deleted...]
-        <v>3479</v>
       </c>
     </row>
     <row r="1019" spans="1:8">
       <c r="A1019" t="s">
+        <v>3479</v>
+      </c>
+      <c r="B1019" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1019" t="s">
+        <v>798</v>
+      </c>
+      <c r="D1019" t="s">
+        <v>2926</v>
+      </c>
+      <c r="E1019" t="s">
+        <v>2927</v>
+      </c>
+      <c r="F1019" t="s">
+        <v>3446</v>
+      </c>
+      <c r="G1019" s="1" t="s">
         <v>3480</v>
       </c>
-      <c r="B1019" t="s">
-[...14 lines deleted...]
-      <c r="G1019" s="1" t="s">
+      <c r="H1019" t="s">
         <v>3481</v>
-      </c>
-[...1 lines deleted...]
-        <v>3482</v>
       </c>
     </row>
     <row r="1020" spans="1:8">
       <c r="A1020" t="s">
+        <v>3482</v>
+      </c>
+      <c r="B1020" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1020" t="s">
+        <v>803</v>
+      </c>
+      <c r="D1020" t="s">
+        <v>2926</v>
+      </c>
+      <c r="E1020" t="s">
+        <v>2927</v>
+      </c>
+      <c r="F1020" t="s">
+        <v>3446</v>
+      </c>
+      <c r="G1020" s="1" t="s">
         <v>3483</v>
       </c>
-      <c r="B1020" t="s">
-[...14 lines deleted...]
-      <c r="G1020" s="1" t="s">
+      <c r="H1020" t="s">
         <v>3484</v>
-      </c>
-[...1 lines deleted...]
-        <v>3485</v>
       </c>
     </row>
     <row r="1021" spans="1:8">
       <c r="A1021" t="s">
+        <v>3485</v>
+      </c>
+      <c r="B1021" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1021" t="s">
+        <v>807</v>
+      </c>
+      <c r="D1021" t="s">
+        <v>2926</v>
+      </c>
+      <c r="E1021" t="s">
+        <v>2927</v>
+      </c>
+      <c r="F1021" t="s">
+        <v>3446</v>
+      </c>
+      <c r="G1021" s="1" t="s">
         <v>3486</v>
       </c>
-      <c r="B1021" t="s">
-[...14 lines deleted...]
-      <c r="G1021" s="1" t="s">
+      <c r="H1021" t="s">
         <v>3487</v>
-      </c>
-[...1 lines deleted...]
-        <v>3488</v>
       </c>
     </row>
     <row r="1022" spans="1:8">
       <c r="A1022" t="s">
+        <v>3488</v>
+      </c>
+      <c r="B1022" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1022" t="s">
+        <v>811</v>
+      </c>
+      <c r="D1022" t="s">
+        <v>2926</v>
+      </c>
+      <c r="E1022" t="s">
+        <v>2927</v>
+      </c>
+      <c r="F1022" t="s">
+        <v>3446</v>
+      </c>
+      <c r="G1022" s="1" t="s">
         <v>3489</v>
       </c>
-      <c r="B1022" t="s">
-[...14 lines deleted...]
-      <c r="G1022" s="1" t="s">
+      <c r="H1022" t="s">
         <v>3490</v>
-      </c>
-[...1 lines deleted...]
-        <v>3491</v>
       </c>
     </row>
     <row r="1023" spans="1:8">
       <c r="A1023" t="s">
+        <v>3491</v>
+      </c>
+      <c r="B1023" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1023" t="s">
+        <v>815</v>
+      </c>
+      <c r="D1023" t="s">
+        <v>2926</v>
+      </c>
+      <c r="E1023" t="s">
+        <v>2927</v>
+      </c>
+      <c r="F1023" t="s">
+        <v>3446</v>
+      </c>
+      <c r="G1023" s="1" t="s">
         <v>3492</v>
       </c>
-      <c r="B1023" t="s">
-[...2 lines deleted...]
-      <c r="C1023" t="s">
+      <c r="H1023" t="s">
+        <v>3493</v>
+      </c>
+    </row>
+    <row r="1024" spans="1:8">
+      <c r="A1024" t="s">
+        <v>3494</v>
+      </c>
+      <c r="B1024" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1024" t="s">
+        <v>819</v>
+      </c>
+      <c r="D1024" t="s">
+        <v>2926</v>
+      </c>
+      <c r="E1024" t="s">
+        <v>2927</v>
+      </c>
+      <c r="F1024" t="s">
+        <v>3446</v>
+      </c>
+      <c r="G1024" s="1" t="s">
+        <v>3495</v>
+      </c>
+      <c r="H1024" t="s">
+        <v>3496</v>
+      </c>
+    </row>
+    <row r="1025" spans="1:8">
+      <c r="A1025" t="s">
+        <v>3497</v>
+      </c>
+      <c r="B1025" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1025" t="s">
+        <v>823</v>
+      </c>
+      <c r="D1025" t="s">
+        <v>2926</v>
+      </c>
+      <c r="E1025" t="s">
+        <v>2927</v>
+      </c>
+      <c r="F1025" t="s">
+        <v>3446</v>
+      </c>
+      <c r="G1025" s="1" t="s">
+        <v>3498</v>
+      </c>
+      <c r="H1025" t="s">
+        <v>3499</v>
+      </c>
+    </row>
+    <row r="1026" spans="1:8">
+      <c r="A1026" t="s">
+        <v>3500</v>
+      </c>
+      <c r="B1026" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1026" t="s">
+        <v>827</v>
+      </c>
+      <c r="D1026" t="s">
+        <v>2926</v>
+      </c>
+      <c r="E1026" t="s">
+        <v>2927</v>
+      </c>
+      <c r="F1026" t="s">
+        <v>3446</v>
+      </c>
+      <c r="G1026" s="1" t="s">
+        <v>3501</v>
+      </c>
+      <c r="H1026" t="s">
+        <v>3502</v>
+      </c>
+    </row>
+    <row r="1027" spans="1:8">
+      <c r="A1027" t="s">
+        <v>3503</v>
+      </c>
+      <c r="B1027" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1027" t="s">
+        <v>832</v>
+      </c>
+      <c r="D1027" t="s">
+        <v>2926</v>
+      </c>
+      <c r="E1027" t="s">
+        <v>2927</v>
+      </c>
+      <c r="F1027" t="s">
+        <v>3446</v>
+      </c>
+      <c r="G1027" s="1" t="s">
+        <v>3504</v>
+      </c>
+      <c r="H1027" t="s">
+        <v>3505</v>
+      </c>
+    </row>
+    <row r="1028" spans="1:8">
+      <c r="A1028" t="s">
+        <v>3506</v>
+      </c>
+      <c r="B1028" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1028" t="s">
         <v>10</v>
       </c>
-      <c r="D1023" t="s">
-[...9 lines deleted...]
-        <v>3496</v>
+      <c r="D1028" t="s">
+        <v>3507</v>
+      </c>
+      <c r="E1028" t="s">
+        <v>3508</v>
+      </c>
+      <c r="G1028" s="1" t="s">
+        <v>3509</v>
+      </c>
+      <c r="H1028" t="s">
+        <v>3510</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
@@ -38544,50 +38717,55 @@
     <hyperlink ref="G999" r:id="rId998"/>
     <hyperlink ref="G1000" r:id="rId999"/>
     <hyperlink ref="G1001" r:id="rId1000"/>
     <hyperlink ref="G1002" r:id="rId1001"/>
     <hyperlink ref="G1003" r:id="rId1002"/>
     <hyperlink ref="G1004" r:id="rId1003"/>
     <hyperlink ref="G1005" r:id="rId1004"/>
     <hyperlink ref="G1006" r:id="rId1005"/>
     <hyperlink ref="G1007" r:id="rId1006"/>
     <hyperlink ref="G1008" r:id="rId1007"/>
     <hyperlink ref="G1009" r:id="rId1008"/>
     <hyperlink ref="G1010" r:id="rId1009"/>
     <hyperlink ref="G1011" r:id="rId1010"/>
     <hyperlink ref="G1012" r:id="rId1011"/>
     <hyperlink ref="G1013" r:id="rId1012"/>
     <hyperlink ref="G1014" r:id="rId1013"/>
     <hyperlink ref="G1015" r:id="rId1014"/>
     <hyperlink ref="G1016" r:id="rId1015"/>
     <hyperlink ref="G1017" r:id="rId1016"/>
     <hyperlink ref="G1018" r:id="rId1017"/>
     <hyperlink ref="G1019" r:id="rId1018"/>
     <hyperlink ref="G1020" r:id="rId1019"/>
     <hyperlink ref="G1021" r:id="rId1020"/>
     <hyperlink ref="G1022" r:id="rId1021"/>
     <hyperlink ref="G1023" r:id="rId1022"/>
+    <hyperlink ref="G1024" r:id="rId1023"/>
+    <hyperlink ref="G1025" r:id="rId1024"/>
+    <hyperlink ref="G1026" r:id="rId1025"/>
+    <hyperlink ref="G1027" r:id="rId1026"/>
+    <hyperlink ref="G1028" r:id="rId1027"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>