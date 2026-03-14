--- v0 (2026-01-24)
+++ v1 (2026-03-14)
@@ -10,110 +10,2077 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24" uniqueCount="20">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1472" uniqueCount="661">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
+    <t>15801</t>
+  </si>
+  <si>
+    <t>2026</t>
+  </si>
+  <si>
+    <t>1</t>
+  </si>
+  <si>
+    <t>IND</t>
+  </si>
+  <si>
+    <t>Indicação</t>
+  </si>
+  <si>
+    <t>Angelo Traspadini</t>
+  </si>
+  <si>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15801/ind_01.pdf</t>
+  </si>
+  <si>
+    <t>INDICA AO EXCELENTÍSSIMO SENHOR PREFEITO, POR MEIO DAS SECRETARIAS COMPETENTES, A ADOÇÃO DE PROVIDÊNCIAS PARA A REALIZAÇÃO DE MELHORIAS NA ESTRADA QUE LIGA A ESTRADA MUNICIPAL MARIO SCHUNCK ATÉ COSTA PEREIRA.</t>
+  </si>
+  <si>
+    <t>15803</t>
+  </si>
+  <si>
+    <t>2</t>
+  </si>
+  <si>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15803/ind_02.pdf</t>
+  </si>
+  <si>
+    <t>O VEREADOR QUE ESTA SUBSCREVE, NO USO DE SUAS ATRIBUIÇÕES LEGAIS E REGIMENTAIS, INDICA AO EXCELENTÍSSIMO SENHOR PREFEITO, POR MEIO DA SECRETARIA COMPETENTE, QUE SEIAM ADOTADAS PROVIDÊNCIAS PARA SOLUCIONAR O PROBLEMA DE ESGOTO A CÉU ABEÉO NA RUA DOZINO MONTEIRO DE PAULA, LOCALIZADA NO MORRO DA MACEFEL, AO TADO ESQUERDO DA RUA PROFESSORA CECÍLIA PITANGA PINTO.</t>
+  </si>
+  <si>
+    <t>15805</t>
+  </si>
+  <si>
+    <t>3</t>
+  </si>
+  <si>
+    <t>Cezinha Ronchi</t>
+  </si>
+  <si>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15805/ind_03.pdf</t>
+  </si>
+  <si>
+    <t>QUE SEJA VIABILIZADA O MAIS BREVE POSSÍVEL, A ILUMINAÇÃO DO CRUZEIRO DA COMUNIDADE DE ARAGUAYA E DAS RUAS EM SEU ENTORNO.</t>
+  </si>
+  <si>
+    <t>15806</t>
+  </si>
+  <si>
+    <t>4</t>
+  </si>
+  <si>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15806/ind_04.pdf</t>
+  </si>
+  <si>
+    <t>INDICO AO GESTOR MUNICIPAL, QUE A PREFEITURA CONSTRUA UMA FÁBRICA PRÓPRIA DE MANILHAS E PAV'S, SOBRETUDO, A COLOQUE EM PRÁTICA O MAIS BREVE POSSÍVEL, VISANDO DIMINUIR CONSIDERAVELMENTE O CUSTO DAS OBRAS, POSSIBTLITANDO O AUMENTO DE TRECHOS PAVIMENTADOS, EM NOSSO MUNICÍPIO.</t>
+  </si>
+  <si>
+    <t>15807</t>
+  </si>
+  <si>
+    <t>5</t>
+  </si>
+  <si>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15807/ind_05.pdf</t>
+  </si>
+  <si>
+    <t>QUE A PREFETTURA FAÇA UM TERMO DE COOPERAÇÃO TÉCNICA COM O "CENTRO CULTURAL E COMUNITÁRIO EZEQUIEL RONCHI", PARA PAGAMENTO DA ENERGIA DO MUSEU LOCALIZADO NO LOCAL, BEM COMO, COM O "CLUBE RECREATIVO ARAGUAYENSE", IGUALMENTE PARA O PAGAMENTO DA ENERGIA DO MUSEU DO ESPORTE E DA BIBLIOTECA COMUNITÁRIA, OS QUAIS SE ENCONTRAM LOCALIZADOS NAS DEPENDÊNCIAS DO MESMO</t>
+  </si>
+  <si>
+    <t>15808</t>
+  </si>
+  <si>
+    <t>6</t>
+  </si>
+  <si>
+    <t>Diogo da AMAR</t>
+  </si>
+  <si>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15808/ind_06.pdf</t>
+  </si>
+  <si>
+    <t>SOLICITA A V. EX.ª, A IMPLEMENTAÇÃO DE UMA LIXEIRA EM PONTO ESTRATÉGICO NO PONTILHÃO, LOCALIZADO NA RODOVIA MUNICIPAL ROMEU NUNES VIEIRA, ESTRADA DE RIO FUNDO, MARECHAL FLORIANO/ES.</t>
+  </si>
+  <si>
+    <t>15809</t>
+  </si>
+  <si>
+    <t>7</t>
+  </si>
+  <si>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15809/ind_07.pdf</t>
+  </si>
+  <si>
+    <t>SOLICITA A V. EXª QUE ENCAMINHE SOLICITAÇÃO AO ÓRGÃO ESTADUAL COMPETENTE PARA A INSTALAÇÃO DE UM QUEBRA-MOLAS NA RODOVIA JOÃO BATISTA KLEIN, NO TRECHO QUE LIGA A BR-262 À LOCALIDADE DE SOÍDO DE BAIXO, NESTE MUNICÍPIO, NA GEORREFERÊNCIA -20.408263, 40.756Í43.</t>
+  </si>
+  <si>
+    <t>15810</t>
+  </si>
+  <si>
+    <t>8</t>
+  </si>
+  <si>
+    <t>Vaninho Stein</t>
+  </si>
+  <si>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15810/ind_08.pdf</t>
+  </si>
+  <si>
+    <t>VIABILIZAR, EM CARÁTER DE URGÊNCIA, MELHORIAS NA PONTE, LOCALIZADA NA RUA THEOBALDO RUPF.</t>
+  </si>
+  <si>
+    <t>15811</t>
+  </si>
+  <si>
+    <t>9</t>
+  </si>
+  <si>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15811/ind_09.pdf</t>
+  </si>
+  <si>
+    <t>INDICA À ADMINISTRAÇÃO MUNICIPAL, QUE A SECRETARTA DE ESPORTES, INSIRA EM SEU PLANO E CRONOGRAMA ESPORTIVO, AULAS DE VÔLEI DE PRAIA, TENDO EM VISTA, QUE A REFERIDA MODALIDADE ESPORTIVA TEM SIDO PROCURADA POR INÚMEROS JOVENS FLORIANENSES, EM BUSCA DO OFERECIMENTO DE AULAS AOS INTERESSADOS, VISANDO O APERFEIÇOAMENTO NESSA ATIVIDADE ESPORTIVA.</t>
+  </si>
+  <si>
+    <t>15812</t>
+  </si>
+  <si>
+    <t>10</t>
+  </si>
+  <si>
+    <t>Hilário Oliveira Neto</t>
+  </si>
+  <si>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15812/ind_10.pdf</t>
+  </si>
+  <si>
+    <t>INDICA À GESTÃO MUNICIPAL, QUE POR MEIO DA SECRETARIA COMPETENTE, SEJAM REALIZADOS O MAIS BREVE POSSÍVEL, SERVIÇOS DE PAVIMENTAÇÃO E DRENAGEM NA RUA DOS COLIBRIS, LOCALIZADA NA VILA DOS LPÊS, EM SANTA MARIA.</t>
+  </si>
+  <si>
+    <t>15813</t>
+  </si>
+  <si>
+    <t>11</t>
+  </si>
+  <si>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15813/ind_11.pdf</t>
+  </si>
+  <si>
+    <t>INDICA À GESTÃO MUNICIPAL, QUE POR MEIO DA SECRETARIA DE INTERIOR E TRANSPORTES, SEJAM VIABILIZADOS E REALIZADOS O MAIS BREVE POSSÍVEL, SERVIÇOS DE PATROLAMENTO E CASCALHAMENTO DA ESTRADA COM ACESSO AO LADO DA ÁGUA PEDRA AZUL, LOCALIZADA EM VICTOR HUGO.</t>
+  </si>
+  <si>
+    <t>15814</t>
+  </si>
+  <si>
+    <t>12</t>
+  </si>
+  <si>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15814/ind_12.pdf</t>
+  </si>
+  <si>
+    <t>INDICA SERVIÇO DE PATROLAMENTO DE ESTRADAS, LOCALIZADAS EM SANTA MARIA.</t>
+  </si>
+  <si>
+    <t>15815</t>
+  </si>
+  <si>
+    <t>13</t>
+  </si>
+  <si>
+    <t>Chapolim Frasson</t>
+  </si>
+  <si>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15815/ind_13.pdf</t>
+  </si>
+  <si>
+    <t>INDICO AO EXELENTÍSSIMO SENHOR PREFEITO MUNICIPAL, QUE JUNTO A SECRETARIA COMPETENTE VIABILIZE A UTILIZAÇÃO DO ESPAÇO DA PRAÇA CELSO STEIN NO BAIRRO DELIMAR SCHUNK PARA A INSTALAÇÃO DE UM PARQUINHO INFANTIL.</t>
+  </si>
+  <si>
+    <t>15816</t>
+  </si>
+  <si>
+    <t>14</t>
+  </si>
+  <si>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15816/ind_14.pdf</t>
+  </si>
+  <si>
+    <t>INDICA, AO EXCELENTÍSSIMO SENHOR PREFEITO, QUE JUNTO A SECRETARIA COMPETENTE VIABILIZE E REALIZE A IMPLEMENTAÇÃO DE MELHORIAS NO BAIRRO SANTA RITA.</t>
+  </si>
+  <si>
+    <t>15817</t>
+  </si>
+  <si>
+    <t>15</t>
+  </si>
+  <si>
+    <t>Martim Trarbach</t>
+  </si>
+  <si>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15817/ind_015.pdf</t>
+  </si>
+  <si>
+    <t>INDICA QUE SEJAM REALIZADAS MELHORIAS NA ESTRADA LOCALIZADA NA COMUNIDADE DE ALTO SANTA MARIA, NAS PROXIMIDADES DA FAZENDA BUSATO, ONDE RESIDE A FAMÍLIA BUSATO, BEM COMO OUTROS MORADORES E PRODUTORES RURAIS DA LOCALIDADE, SITUADA NA BR 262, QUILÔMETRO 62,5.</t>
+  </si>
+  <si>
+    <t>15818</t>
+  </si>
+  <si>
+    <t>16</t>
+  </si>
+  <si>
+    <t>Coquinho</t>
+  </si>
+  <si>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15818/ind_16.pdf</t>
+  </si>
+  <si>
+    <t>INDICA, AO EXECELENTÍSSIMO SENHOR PREFEITO MUNICIPAL, QUE JUNTO A SECRETARIA COMPETENTE VIABILIZE E REALIZE CONSTRUÇÃO DE CINCO QUEBRA MOLAS EM ALTO RIO FUNDO O MAIS BREVE POSSÍVEL.</t>
+  </si>
+  <si>
+    <t>15819</t>
+  </si>
+  <si>
+    <t>17</t>
+  </si>
+  <si>
+    <t>Vaninho Stein, Pastor Adriano</t>
+  </si>
+  <si>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15819/ind_17.pdf</t>
+  </si>
+  <si>
+    <t>INDICAMOS A ESSE PODER EXECUTIVO, JUNTAMENTE À SECRETARIA COMPETENTE,_x000D_
+QUE TODAS AS ESCOLAS MUNICIPAIS DE MARECHAL FLORIANO OFEREÇAM ARMÁRIOS_x000D_
+PARA QUE OS ESTUDANTES POSSAM MANTER OS LIVROS E OUTROS MATERIAIS, SEM_x000D_
+TER QUE TRANSPORTÁ-LOS DIARIAMENTE EM SUAS MOCHILAS, SOBRETUDO, QUE_x000D_
+PROMOVAM CAMPANHAS EDUCATIVAS PARA EVITAR QUE OS ALUNOS CARREGUEM_x000D_
+MOCHILAS COM PESO SUPERIOR A 10% (DEZ POR CENTO) DO SEU PESO CORPORAL.</t>
+  </si>
+  <si>
+    <t>15820</t>
+  </si>
+  <si>
+    <t>18</t>
+  </si>
+  <si>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15820/ind_18.pdf</t>
+  </si>
+  <si>
+    <t>INDICA AO PODER EXECUTIVO MUNICIPAL, POR MEIO DA SECRETARIA COMPETENTE, QUE SEJAM REALIZADAS MELHORIAS COM SERVIÇO DE RECUPERAÇÃO DO CALÇAMENTO E EXECUÇÃO DE TAPA-BURACOS COM APLICAÇÃO DE MASSA ASFÁLTICA NA RUA SANTOS, LOCALIZADA NO BAIRRO VILA NOVA, ANTIGO LOTEAMENTO DO JERÔNIMO DOS SANTOS, SITUADA ÀS MARGENS DA BR-262, NA ALTURA DO KM 42.</t>
+  </si>
+  <si>
+    <t>15821</t>
+  </si>
+  <si>
+    <t>19</t>
+  </si>
+  <si>
+    <t>Cabral</t>
+  </si>
+  <si>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15821/ind_19.pdf</t>
+  </si>
+  <si>
+    <t>INDICA AO CHEFE DO PODER EXECUTIVO MUNICIPAL, JUNTAMENTE À SECRETARIA COMPETENTE, REFAZER OU CONSERTAR AS CALHAS DA ESCOLA MUNICIPAL JOSÉ ALOÍSIO SIMON, LOCALIZADA NO TREVO DE PARAJÚ.</t>
+  </si>
+  <si>
+    <t>15822</t>
+  </si>
+  <si>
+    <t>20</t>
+  </si>
+  <si>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15822/ind_20.pdf</t>
+  </si>
+  <si>
+    <t>INDICA AO EXECUTIVO MUNICIPAL, POR MEIO DA SECRETARIA COMPETENTE, A REALIZAÇÃO DE CONSERTO DE UM BUEIRO PARALELO À RUA DELIMAR SCHUNCK, QUE FAZ A CAPTAÇÃO DAS ÁGUAS PLUVIAIS QUE VÊM DA RUA MÁRIO SCHUNCK.</t>
+  </si>
+  <si>
+    <t>15823</t>
+  </si>
+  <si>
+    <t>21</t>
+  </si>
+  <si>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15823/ind_21.pdf</t>
+  </si>
+  <si>
+    <t>INDICA AO CHEFE DO PODER EXECUTIVO MUNICIPAL, JUNTAMENTE À PASTA RESPONSÁVEL, QUE PROMOVA MELHORIAS NA RUA DEODORO DA FONSECA E NA VIA PARALELA À MESMA, QUE ESTÁ NECESSITANDO URGENTEMENTE DE SERVIÇO DE RECAPEAMENTO AO LONGO DE TODA A EXTENSÃO MENCIONADA.</t>
+  </si>
+  <si>
+    <t>15831</t>
+  </si>
+  <si>
+    <t>22</t>
+  </si>
+  <si>
+    <t>Pastor Adriano</t>
+  </si>
+  <si>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15831/ind__22.pdf</t>
+  </si>
+  <si>
+    <t>SOLICITA A REALIZAÇÃO DE PATROLAMENTO E CASCALHAMENTO DAS VIAS DE VICTOR HUGO, ESTRADA JOÃO MOGNOL, CÓRREGO POLI, CÓRREGO MEDEIROS, CÓRREGO DO OURO, CÓRREGO HOFFMANN, REGIÃO PRÓXIMA À ARARA AZUL, PINHEIRINHO, ALTO SANTA MARIA, ALTO NOVA ALMEIDA E SÍTIO DIAS (ANTIGO LIXÃO).</t>
+  </si>
+  <si>
+    <t>15832</t>
+  </si>
+  <si>
+    <t>23</t>
+  </si>
+  <si>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15832/ind__23.pdf</t>
+  </si>
+  <si>
+    <t>O VEREADOR QUE ESTA SUBSCREVE, NO USO DE SUAS ATRIBUIÇÕES LEGAIS E REGIMENTAIS, INDICA AO EXCELENTÍSSIMO SENHOR PREFEITO, POR MEIO DA SECRETARIA COMPETENTE, A ADOÇÃO DE PROVIDÊNCIAS PARA A REALIZAÇÃO DE MELHORIAS NA ESCADARIA DO MORRO DA MACEFEL, INCLUINDO A IMPLANTAÇÃO DE CORRIMÃO.</t>
+  </si>
+  <si>
+    <t>15833</t>
+  </si>
+  <si>
+    <t>24</t>
+  </si>
+  <si>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15833/ind_24.pdf</t>
+  </si>
+  <si>
+    <t>O VEREADOR QUE ESTA SUBSCREVE, NO USO DE SUAS ATRIBUIÇÕES LEGAIS E REGIMENTAIS, INDICA AO EXCELENTÍSSIMO SENHOR PREFEITO, POR MEIO DA SECRETARIA COMPETENTE, A ADOÇÃO DE PROVIDÊNCIAS PARA A REALIZAÇÃO DE MELHORIAS NA ESTRADA DE ALTO SANTA MARIA, QUE LIGA O “SÍTIO BAIXA VERDE” ATÉ O KM 62 DA BR-262.</t>
+  </si>
+  <si>
+    <t>15834</t>
+  </si>
+  <si>
+    <t>25</t>
+  </si>
+  <si>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15834/ind__25.pdf</t>
+  </si>
+  <si>
+    <t>O VEREADOR QUE ESTA SUBSCREVE, NO USO DE SUAS ATRIBUIÇÕES LEGAIS E REGIMENTAIS, INDICA AO EXCELENTÍSSIMO SENHOR PREFEITO, POR MEIO DA SECRETARIA COMPETENTE, A ADOÇÃO DE PROVIDÊNCIAS PARA A REALIZAÇÃO DE MELHORIAS NA ESTRADA DO SÍTIO SÃO SEBASTIÃO, LOCALIZADA EM ALTO SANTA MARIA, COM A IMPLANTAÇÃO DE MANILHAS PARA O CORRETO ESCOAMENTO DAS ÁGUAS PLUVIAIS.</t>
+  </si>
+  <si>
+    <t>15835</t>
+  </si>
+  <si>
+    <t>26</t>
+  </si>
+  <si>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15835/ind__26.pdf</t>
+  </si>
+  <si>
+    <t>SOLICITA, POR INTERMÉDIO DA SECRETARIA MUNICIPAL DE OBRAS E SERVIÇOS URBANOS, COM APOIO TÉCNICO DA SECRETARIA MUNICIPAL DE MEIO AMBIENTE, A IMPLEMENTAÇÃO DE UM SISTEMA MUNICIPAL DE COLETA SELETIVA DE RESÍDUOS SÓLIDOS NO MUNICÍPIO DE MARECHAL FLORIANO – ES.</t>
+  </si>
+  <si>
+    <t>15836</t>
+  </si>
+  <si>
+    <t>27</t>
+  </si>
+  <si>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15836/ind__27.pdf</t>
+  </si>
+  <si>
+    <t>QUE O PODER EXECUTIVO, JUNTAMENTE AO DETRAN/ES ESTUDE E ANALISE A _x000D_
+POSSIBILIDADE DE REALIZAR DEMARCAÇÕES DE VAGAS DE MOTOS NO CENTRO _x000D_
+DESTA CIDADE E TAMBÉM NA AVENIDA ARTHUR HAESE, PRINCIPALMENTE NAS _x000D_
+PROXIMIDADES DAS QUADRAS ESPORTIVAS, EXISTENTES NO LOGRADOURO CITADO.</t>
+  </si>
+  <si>
+    <t>15837</t>
+  </si>
+  <si>
+    <t>28</t>
+  </si>
+  <si>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15837/ind___28.pdf</t>
+  </si>
+  <si>
+    <t>INDICA AO PODER EXECUTIVO MUNICIPAL, A REALIZAÇÃO DE OBRAS DE DRENAGEM E PAVIMENTAÇÃO NA AVENIDA ALTEVIR ANTÔNIO WASSEM, SITUADA NO CONDOMÍNIO VOVÔ PAULO WASSEM, NESTE MUNICÍPIO.</t>
+  </si>
+  <si>
+    <t>15838</t>
+  </si>
+  <si>
+    <t>29</t>
+  </si>
+  <si>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15838/ind__29.pdf</t>
+  </si>
+  <si>
+    <t>INDICA AO CHEFE DO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE QUE SEJA REALIZADA VISTORIA TÉCNICA NA ESTRADA JACOMO RONCHI, LOCALIZADA NO DISTRITO DE ARAGUAYA, EM TODA A EXTENSÃO DA VIA ATÉ PRÓXIMO À CENTRAL DE ABASTECIMENTO DE ÁGUA.</t>
+  </si>
+  <si>
+    <t>15839</t>
+  </si>
+  <si>
+    <t>30</t>
+  </si>
+  <si>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15839/ind_30.pdf</t>
+  </si>
+  <si>
+    <t>INDICA A REALIZAÇÃO DE SERVIÇOS DE MANUTENÇÃO, LIMPEZA E DESOBSTRUÇÃO DE BUEIROS NA RUA JOÃO DOMINGOS LORENZONI, NAS PROXIMIDADES DA RESIDÊNCIA DA SENHORA EDIANA BOECKER FALQUETO, TENDO COMO REFERÊNCIA A PADARIA PONTO CERTO.</t>
+  </si>
+  <si>
+    <t>15864</t>
+  </si>
+  <si>
+    <t>31</t>
+  </si>
+  <si>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15864/ind_31.pdf</t>
+  </si>
+  <si>
+    <t>INDICO AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL QUE, POR INTERMÉDIO DA SECRETARIA MUNICIPAL COMPETENTE, SEJA REALIZADA VISITA TÉCNICA À RODOVIÁRIA MUNICIPAL, COM A FINALIDADE DE AVALIAR E ADOTAR PROVIDÊNCIAS NECESSÁRIAS.</t>
+  </si>
+  <si>
+    <t>15877</t>
+  </si>
+  <si>
+    <t>32</t>
+  </si>
+  <si>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15877/201.pdf</t>
+  </si>
+  <si>
+    <t>INDICA A IMEDIATA INSTALAÇÃO DE QUEBRA-MOLAS NAS PROXIMIDADES DA PRESIDÊNCIA DO SENHOR IRINEU BORGO.</t>
+  </si>
+  <si>
+    <t>15865</t>
+  </si>
+  <si>
+    <t>33</t>
+  </si>
+  <si>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15865/ind_33.pdf</t>
+  </si>
+  <si>
+    <t>SOLICITA COM URGÊNCIA, A REFORMA DA EMEIEF JOSÉ ALOISIO SIMON, LOCALIZADA NO TREVO DE PARAJÚ, COM CONSTRUÇÃO DE UM MURO DE PROTEÇÃO.</t>
+  </si>
+  <si>
+    <t>15879</t>
+  </si>
+  <si>
+    <t>34</t>
+  </si>
+  <si>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15879/ind__34.pdf</t>
+  </si>
+  <si>
+    <t>INDICA AO PODER EXECUTIVO MUNICIPAL, POR MEIO DA SECRETARIA COMPETENTE, QUE SEJAM ADOTADAS AS PROVIDÊNCIAS NECESSÁRIAS, PARA A CONSTRUÇÃO DE MAIS 04 (QUATRO) BANHEIROS NA “FEIRINHA DO EMPREENDEDOR”.</t>
+  </si>
+  <si>
+    <t>15880</t>
+  </si>
+  <si>
+    <t>35</t>
+  </si>
+  <si>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15880/ind__35.pdf</t>
+  </si>
+  <si>
+    <t>O VEREADOR QUE ESTA SUBSCREVE, NO USO DE SUAS PRERROGATIVAS REGIMENTAIS, INDICA AO EXCELENTÍSSIMO SENHOR PREFEITO, OS PEDIDOS DE PROVIDÊNCIAS REFERENTES ÀS DEMANDAS DA COMUNIDADE DE BOA ESPERANÇA.</t>
+  </si>
+  <si>
+    <t>15881</t>
+  </si>
+  <si>
+    <t>36</t>
+  </si>
+  <si>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15881/ind__36.pdf</t>
+  </si>
+  <si>
+    <t>INDICA AO EXCELENTÍSSIMO SENHOR PREFEITO QUE, POR INTERMÉDIO DA SECRETARIA MUNICIPAL COMPETENTE, SEJA VIABILIZADA A INSTALAÇÃO DE GRADES OU TELAS DE PROTEÇÃO, NO ENTORNO DOS BRINQUEDOS DO PARQUINHO LOCALIZADO NA AVENIDA PRESIDENTE KENNEDY, COM O OBJETIVO DE GARANTIR MAIOR SEGURANÇA ÀS CRIANÇAS E AOS USUÁRIOS DO ESPAÇO.</t>
+  </si>
+  <si>
+    <t>15882</t>
+  </si>
+  <si>
+    <t>37</t>
+  </si>
+  <si>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15882/ind__37.pdf</t>
+  </si>
+  <si>
+    <t>INDICA AO EXCELENTÍSSIMO SENHOR PREFEITO QUE, POR INTERMÉDIO DA SECRETARIA MUNICIPAL COMPETENTE, SEJA REALIZADA, COM A MAIOR BREVIDADE POSSÍVEL, A LIMPEZA E A ROÇAGEM DAS MARGENS DOS CÓRREGOS QUE ESCOAM A PARTIR DAS RUAS ANTENOR DOS SANTOS BRAGA E GUSTAVO HERTEL, CONTEMPLANDO TODA A EXTENSÃO DOS RESPECTIVOS CURSOS D’ÁGUA.</t>
+  </si>
+  <si>
+    <t>15883</t>
+  </si>
+  <si>
+    <t>38</t>
+  </si>
+  <si>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15883/ind__38.pdf</t>
+  </si>
+  <si>
+    <t>ENCAMINHA PACOTE DE INDICAÇÕES COM MEDIDAS URGENTES, A FIM DE GARANTIR O FUNCIONAMENTO MÍNIMO E DIGNO DOS SERVIÇOS PÚBLICOS EM MARECHAL FLORIANO.</t>
+  </si>
+  <si>
+    <t>15884</t>
+  </si>
+  <si>
+    <t>39</t>
+  </si>
+  <si>
+    <t>Juarez Xavier</t>
+  </si>
+  <si>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15884/ind__39.pdf</t>
+  </si>
+  <si>
+    <t>INDICA A REALIZAÇÃO DE SERVIÇOS DE LIMPEZA E DESOBSTRUÇÃO DE TRONCOS DE ÁRVORES QUE CAÍRAM  EM RAZÃO DAS FORTES CHUVAS OCORRIDAS NA COMUNIDADE BOM JESUS, NESTA SEGUNDA-FEIRA, DIA 09 DE FEVEREIRO, SENDO DESOBSTRUÍDA DE FORMA PALIATIVA PELA COMUNIDADE NA ESTRADA QUE LIGA A COMUNIDADE DE BOM JESUS A SANTA LUZIA. INDICA AINDA QUE SEJAM REALIZADAS A MANUTENÇÃO DE TODAS AS ESTRADAS VICINAIS DE BOM JESUS E COSTA PEREIRA.</t>
+  </si>
+  <si>
+    <t>15945</t>
+  </si>
+  <si>
+    <t>40</t>
+  </si>
+  <si>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15945/ind_40.pdf</t>
+  </si>
+  <si>
+    <t>SOLICITO A REALIZAÇÃO DE ROÇAGEM NAS LATERAIS DA VIA LOCALIZADA EM SOÍDO DE _x000D_
+BAIXO, COM ATENÇÃO ESPECIAL AO PERCURSO QUE COMPREENDE DO CAMPO _x000D_
+CAPIXABINHA ATÉ O COMERCIAL KLEIN.</t>
+  </si>
+  <si>
+    <t>15946</t>
+  </si>
+  <si>
+    <t>41</t>
+  </si>
+  <si>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15946/ind_41.pdf</t>
+  </si>
+  <si>
+    <t>INDICO AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL QUE DETERMINE À _x000D_
+SECRETARIA MUNICIPAL COMPETENTE A REALIZAÇÃO DE SERVIÇOS DE ROÇAGEM, _x000D_
+CASCALHAMENTO E IMPLANTAÇÃO DE BUEIROS NA LOCALIDADE DE BOA _x000D_
+ESPERANÇA, NA REGIÃO DA VILA DO SERTÃO, NAS PROXIMIDADES DA PROPRIEDADE _x000D_
+DA FAMÍLIA BASSANI.</t>
+  </si>
+  <si>
+    <t>15947</t>
+  </si>
+  <si>
+    <t>42</t>
+  </si>
+  <si>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15947/ind_42.pdf</t>
+  </si>
+  <si>
+    <t>INDICO AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL QUE DETERMINE À _x000D_
+SECRETARIA MUNICIPAL COMPETENTE A REALIZAÇÃO DE SERVIÇOS DE ROÇAGEM, _x000D_
+CASCALHAMENTO E NIVELAMENTO, COM A DEVIDA ELIMINAÇÃO DOS BURACOS, NA _x000D_
+ESTRADA DA COMUNIDADE DE BOA ESPERANÇA, ESPECIALMENTE NO TRECHO QUE _x000D_
+DÁ ACESSO À PROPRIEDADE DA FAMÍLIA LITTIG.</t>
+  </si>
+  <si>
+    <t>15948</t>
+  </si>
+  <si>
+    <t>43</t>
+  </si>
+  <si>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15948/ind_43.pdf</t>
+  </si>
+  <si>
+    <t>INDICO AO EXCELENTÍSSIMO SENHOR PREFEITO, QUE DETERMINE À SECRETARIA _x000D_
+MUNICIPAL COMPETENTE A REALIZAÇÃO DE SERVIÇOS DE ROÇAGEM DAS MARGENS, _x000D_
+LIMPEZA DOS BUEIROS E DEMAIS MELHORIAS QUE SE FIZEREM NECESSÁRIAS, NA _x000D_
+ESTRADA RURAL QUE DÁ ACESSO AO SÍTIO PAZANI, LOCALIZADO EM BOA ESPERANÇA, _x000D_
+PROSSEGUINDO ATÉ À CABOCLA, VISANDO ATENDER À SOLICITAÇÃO DE MORADORES _x000D_
+LOCAIS.</t>
+  </si>
+  <si>
+    <t>15949</t>
+  </si>
+  <si>
+    <t>44</t>
+  </si>
+  <si>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15949/ind_44.pdf</t>
+  </si>
+  <si>
+    <t>INDICO AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL QUE, POR INTERMÉDIO DA _x000D_
+SECRETARIA MUNICIPAL COMPETENTE, REALIZE, COM A MAIOR BREVIDADE POSSÍVEL, A _x000D_
+MANUTENÇÃO E/OU SUBSTITUIÇÃO DAS LUMINÁRIAS DA RUA EMÍLIO GUSTAVO HULLE, NAS PROXIMIDADES DA SECRETARIA MUNICIPAL DE EDUCAÇÃO, TENDO EM VISTA QUE, _x000D_
+ATUALMENTE O REFERIDO TRECHO ENCONTRA-SE SEM ILUMINAÇÃO PÚBLICA ADEQUADA.</t>
+  </si>
+  <si>
+    <t>15950</t>
+  </si>
+  <si>
+    <t>45</t>
+  </si>
+  <si>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15950/ind_45.pdf</t>
+  </si>
+  <si>
+    <t>INDICO QUE SEJA REALIUZADO UM LEVANTAMENTO TÉCNICO DAS ÁRVORES QUE _x000D_
+APRESENTAM RISCO DE QUEDA EM TODO MUNICÍPIO, ESPECIALMENTE EM ÁREAS URBANAS, MARGENS DE VIAS PÚBLICAS E PROXIMIDADES DE REDES DE ENERGIA ELÉTRICA, COM A ELABORAÇÃO DE RELATÓRIO INDICANDO OS PONTOS PRIORITÁRIOS PARA A REALIZAÇÃO DE PODAS OU OUTRAS INTERVENÇÕES NECESSÁRIAS, ENCAMINHANDO-O AO SETOR RESPONSÁVEL PARA A EXECUÇÃO DAS MEDIDAS PREVENTIVAS CABÍVEIS.</t>
+  </si>
+  <si>
+    <t>15951</t>
+  </si>
+  <si>
+    <t>46</t>
+  </si>
+  <si>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15951/ind_46.pdf</t>
+  </si>
+  <si>
+    <t>INDICO QUE SEJA REALIZADO UM LEVANTAMENTO TÉCNICO DAS PLACAS DE SINALIZAÇÃO VIÁRIA EXISTENTES NAS PROXIMIDADES DE BIFURCAÇÕES, CRUZAMENTOS E ACESSOS DO MUNICÍPIO, ESPECIALMENTE DAQUELAS QUE APRESENTAM INFORMAÇÕES INCOMPLETAS E SEM CLAREZA DA DIREÇÃO DOS DESTINOS SINALIZADOS, ENCAMINHANDO POSTERIORMENTE RELATÓRIO DETALHADO AO DETRAN/ES PARA QUE SEJAM ADOTADAS AS PROVIDÊNCIAS NECESSÁRIAS À CORREÇÃO E ADEQUAÇÃO DA SINALIZAÇÃO.</t>
+  </si>
+  <si>
+    <t>15952</t>
+  </si>
+  <si>
+    <t>47</t>
+  </si>
+  <si>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15952/ind_47.pdf</t>
+  </si>
+  <si>
+    <t>INDICO À GESTÃO MUNICIPAL QUE, POR MEIO DA SECRETARIA COMPETENTE, SEJAM _x000D_
+REALIZADOS, O MAIS BREVE POSSÍVEL, OS SERVIÇOS DE EXECUÇÃO E MELHORIA DA _x000D_
+DRENAGEM EM BUEIROS E BOCAS DE LOBO, BEM COMO A MANUTENÇÃO E A _x000D_
+AMPLIAÇÃO DA REDE DE ILUMINAÇÃO PÚBLICA NA VILA DE SANTO ANTÔNIO, EM _x000D_
+ARAGUAYA.</t>
+  </si>
+  <si>
+    <t>15953</t>
+  </si>
+  <si>
+    <t>48</t>
+  </si>
+  <si>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15953/ind_48.pdf</t>
+  </si>
+  <si>
+    <t>INDICO AO CHEFE DO PODER EXECUTIVO MUNICIPAL QUE, POR MEIO DA SECRETARIA COMPETENTE, SEJA COLOCADA EM PLENO FUNCIONAMENTO A ELEVATÓRIA DE ÁGUA LOCALIZADA NA RUA PREST, NO DISTRITO DE ARAGUAYA. ESTA AÇÃO É FUNDAMENTAL PARA ATENDER DIVERSAS FAMÍLIAS DA LOCALIDADE, ASSEGURANDO O FORNECIMENTO CONTÍNUO E ADEQUADO DE ÁGUA AO LONGO DE TODO O ANO.</t>
+  </si>
+  <si>
+    <t>15954</t>
+  </si>
+  <si>
+    <t>49</t>
+  </si>
+  <si>
+    <t>Martim Trarbach, Juarez Xavier</t>
+  </si>
+  <si>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15954/ind_49.pdf</t>
+  </si>
+  <si>
+    <t>INDICO AO PODER EXECUTIVO MUNICIPAL A REALIZAÇÃO DE SERVIÇOS DE LIMPEZA _x000D_
+E DESOBSTRUÇÃO DAS CAIXAS COLETORAS, CAIXAS DE RALO E BOCAS DE LOBO EM _x000D_
+TODAS AS RUAS E AVENIDAS DA SEDE DO MUNICÍPIO.</t>
+  </si>
+  <si>
+    <t>15955</t>
+  </si>
+  <si>
+    <t>50</t>
+  </si>
+  <si>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15955/ind_50.pdf</t>
+  </si>
+  <si>
+    <t>INDICO AO PODER EXECUTIVO MUNICIPAL, QUE DETERMINE AO SETOR COMPETENTE A REALIZAÇÃO DE MELHORIAS COMPREENDENDO SERVIÇOS DE LIMPEZA, PATROLAMENTO E CASCALHAMENTO NAS ESTRADAS PRINCIPAIS E VICINAIS DA LOCALIDADE DE SOÍDO DE BAIXO, BEM COMO NA VIA DE ACESSO À COMUNIDADE VALE DA ESPERANÇA (LORINDO WRUCK), E NA ESTRADA DE ACESSO A NOVA ALMEIDA, BEM COMO A REALIZAÇÃO DE SERVIÇO DE TAPA-BURACOS E MANUTENÇÃO DO PAVIMENTO NA ESTRADA DE BOA ESPERANÇA, ESPECIALMENTE NA VIA DE ACESSO À FAMÍLIA KLIPPEL E DEMAIS FAMÍLIAS DA REGIÃO.</t>
+  </si>
+  <si>
+    <t>15956</t>
+  </si>
+  <si>
+    <t>51</t>
+  </si>
+  <si>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15956/ind_51.pdf</t>
+  </si>
+  <si>
+    <t>INDICO  A AQUISIÇÃO E A DISTRIBUIÇÃO DE CAIXAS DE LIXO PARA INSTALAÇÃO NOS _x000D_
+PONTOS DE COLETA EM TODO O MUNICÍPIO DE MARECHAL FLORIANO/ES.</t>
+  </si>
+  <si>
+    <t>15957</t>
+  </si>
+  <si>
+    <t>52</t>
+  </si>
+  <si>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15957/ind_52.pdf</t>
+  </si>
+  <si>
+    <t>INDICO QUE SEJAM REALIZADOS ESTUDOS E ADOTADAS AS PROVIDÊNCIAS _x000D_
+NECESSÁRIAS PARA A ATUALIZAÇÃO DO CÓDIGO DE POSTURAS DO MUNICÍPIO DE _x000D_
+MARECHAL FLORIANO/ES.</t>
+  </si>
+  <si>
+    <t>15974</t>
+  </si>
+  <si>
+    <t>53</t>
+  </si>
+  <si>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15974/ind_53.pdf</t>
+  </si>
+  <si>
+    <t>O VEREADOR ABRÃO LEVI KIFFER, NO USO DE SUAS ATRIBUIÇÕES LEGAIS E REGIMENTAIS, VEM RESPEITOSAMENTE INDICAR AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL, APÓS APRECIAÇÃO DO PLENÁRIO DESTA CASA DE LEIS, QUE SEJA REALIZADA OBRA DE ALARGAMENTO DA RUA THIERES VELOSO, POR MEIO DA RETIRADA DO MURO LOCALIZADO PARALELO À LINHA FÉRREA, COM INÍCIO NAS PROXIMIDADES DA EMPRESA MACEFEL E TÉRMINO APÓS A EMPRESA MANOS AUTO CENTER, NESTE MUNICÍPIO.</t>
+  </si>
+  <si>
+    <t>15975</t>
+  </si>
+  <si>
+    <t>54</t>
+  </si>
+  <si>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15975/ind_54.pdf</t>
+  </si>
+  <si>
+    <t>O VEREADOR JUAREZ JOSÉ XAVIER, NO USO DE SUAS ATRIBUIÇÕES LEGAIS E REGIMENTAIS, VEM RESPEITOSAMENTE INDICAR AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL, APÓS APRECIAÇÃO DO PLENÁRIO DESTA CASA DE LEIS, QUE SEJA DETERMINADA À SECRETARIA MUNICIPAL COMPETENTE A REALIZAÇÃO DE BENFEITORIAS DE ADEQUAÇÃO E MELHORIA DA ÁREA DESTINADA À INSTALAÇÃO DOS BRINQUEDOS DO PARQUINHO INFANTIL LOCALIZADO ENTRE O GINÁSIO DE ESPORTES E A ESCOLA MORRO BAIXO, NA COMUNIDADE DE BOM JESUS, SENDO CONSTRUÍDA UMA BASE PARA MELHORAR O NIVELAMENTO DA ÁREA E ATÉ MESMO INSTALAR UMA GRAMA DO TIPO SINTÉTICA PARA MELHOR PROTEGER AS CRIANÇAS.</t>
+  </si>
+  <si>
+    <t>15840</t>
+  </si>
+  <si>
+    <t>MOC</t>
+  </si>
+  <si>
+    <t>Moção</t>
+  </si>
+  <si>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15840/moc_01.pdf</t>
+  </si>
+  <si>
+    <t>PELA PRESENTE, PROPONHO QUE SEJA INSERIDO, NA PAUTA DE NOSSOS TRABALHOS, UM VOTO DE APLAUSOS E RECONHECIMENTO À SENHORA SANDRA HELENA KLEIN BERTOLLO, QUE ADOTA O PSEUDÔNIMO LITERÁRIO SAN KLEIN, EM RECONHECIMENTO À SUA NOTÁVEL TRAJETÓRIA INTELECTUAL, CULTURAL E LITERÁRIA, BEM COMO PELOS RELEVANTES SERVIÇOS PRESTADOS À CULTURA DO MUNICÍPIO DE MARECHAL FLORIANO E DO ESTADO DO ESPÍRITO SANTO.</t>
+  </si>
+  <si>
+    <t>15867</t>
+  </si>
+  <si>
+    <t>PAR</t>
+  </si>
+  <si>
+    <t>Parecer das Comissões</t>
+  </si>
+  <si>
+    <t>CLJRF - COMISSÃO DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO FINAL, CFO - COMISSÃO DE FINANÇAS E ORÇAMENTO</t>
+  </si>
+  <si>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15867/par01.pdf</t>
+  </si>
+  <si>
+    <t>AS COMISSÕES PERMANENTES ABAIXO ASSINADAS, NO USO DE SUAS ATRIBUIÇÕES LEGAIS E REGIMENTAIS, VÊM, POR MEIO DO PRESENTE PARECER CONJUNTO, MANIFESTAR-SE DE FORMA FAVORÁVEL AO PROJETO DE LEI Nº 143/2025, POR ENTENDEREM QUE A PROPOSIÇÃO ATENDE AOS PRINCÍPIOS DA LEGALIDADE, DO INTERESSE PÚBLICO E DA EFICIÊNCIA ADMINISTRATIVA.</t>
+  </si>
+  <si>
+    <t>15868</t>
+  </si>
+  <si>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15868/par02.pdf</t>
+  </si>
+  <si>
+    <t>AS COMISSÕES PERMANENTES ABAIXO ASSINADAS, NO USO DE SUAS ATRIBUIÇÕES LEGAIS E REGIMENTAIS, VÊM, POR MEIO DO PRESENTE PARECER CONJUNTO, MANIFESTAR-SE DE FORMA FAVORÁVEL AO PROJETO DE LEI Nº 144/2025, POR ENTENDEREM QUE A PROPOSIÇÃO ATENDE AOS PRINCÍPIOS DA LEGALIDADE, DO INTERESSE PÚBLICO, DA VALORIZAÇÃO DO SERVIDOR PÚBLICO E DA RESPONSABILIDADE ADMINISTRATIVA.</t>
+  </si>
+  <si>
+    <t>15869</t>
+  </si>
+  <si>
+    <t>CFO - COMISSÃO DE FINANÇAS E ORÇAMENTO</t>
+  </si>
+  <si>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15869/par03.pdf</t>
+  </si>
+  <si>
+    <t>A COMISSÃO DE FINANÇAS E ORÇAMENTO DA CÂMARA MUNICIPAL DE MARECHAL FLORIANO, NO USO DE SUAS ATRIBUIÇÕES LEGAIS E REGIMENTAIS, VEM, POR MEIO DO PRESENTE PARECER, MANIFESTAR-SE DE FORMA CONTRÁRIA AO VETO APOSTO PELO PREFEITO MUNICIPAL AO AUTÓGRAFO DE LEI Nº 103/2025, REFERENTE AO PROJETO DE LEI Nº 107/2025, QUE DISPÕE SOBRE A ESTIMATIVA DA RECEITA E FIXAÇÃO DA DESPESA DO MUNICÍPIO PARA O EXERCÍCIO FINANCEIRO DE 2026.</t>
+  </si>
+  <si>
+    <t>15870</t>
+  </si>
+  <si>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15870/par04.pdf</t>
+  </si>
+  <si>
+    <t>A COMISSÃO DE FINANÇAS E ORÇAMENTO DA CÂMARA MUNICIPAL DE MARECHAL FLORIANO, NO USO DE SUAS ATRIBUIÇÕES LEGAIS E REGIMENTAIS, VEM, POR MEIO DO PRESENTE PARECER, MANIFESTAR-SE DE FORMA CONTRÁRIA AO VETO TOTAL APOSTO PELO PREFEITO MUNICIPAL AO AUTÓGRAFO DE LEI Nº 085/2025, REFERENTE AO PROJETO DE LEI Nº 085/2025, QUE DISPÕE SOBRE O PLANO PLURIANUAL – PPA PARA O QUADRIÊNIO 2026 A 2029.</t>
+  </si>
+  <si>
+    <t>15853</t>
+  </si>
+  <si>
+    <t>CLJRF - COMISSÃO DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO FINAL</t>
+  </si>
+  <si>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15853/par06.pdf</t>
+  </si>
+  <si>
+    <t>TRATA-SE DE ANÁLISE DO VETO INTEGRAL APOSTO PELO CHEFE DO PODER EXECUTIVO MUNICIPAL AO PROJETO DE LEI Nº 072/2025, QUE INSTITUI O PROJETO “COLÔNIA DE FÉRIAS MUNICIPAL” NO MUNICÍPIO DE MARECHAL FLORIANO/ES, VOLTADO À RECREAÇÃO E AO DESENVOLVIMENTO INFANTIL DURANTE O RECESSO ESCOLAR.</t>
+  </si>
+  <si>
+    <t>15854</t>
+  </si>
+  <si>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15854/par07.pdf</t>
+  </si>
+  <si>
+    <t>TRATA-SE DA ANÁLISE DO VETO INTEGRAL APOSTO PELO CHEFE DO PODER EXECUTIVO AO PROJETO DE LEI Nº 095/2025, QUE INSTITUI O PROJETO “FUTURO EM AÇÃO – INSERÇÃO DE ADOLESCENTES NO MERCADO DE TRABALHO”, NO ÂMBITO DO MUNICÍPIO DE MARECHAL FLORIANO.</t>
+  </si>
+  <si>
+    <t>15855</t>
+  </si>
+  <si>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15855/par08.pdf</t>
+  </si>
+  <si>
+    <t>SUBMETE-SE À ANÁLISE DESTA COMISSÃO O VETO INTEGRAL APOSTO PELO CHEFE DO PODER EXECUTIVO MUNICIPAL AO PROJETO DE LEI Nº 139/2025, QUE FIXA ÁREA DE EXPANSÃO URBANA COM VISTAS À URBANIZAÇÃO.</t>
+  </si>
+  <si>
+    <t>15856</t>
+  </si>
+  <si>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15856/par09.pdf</t>
+  </si>
+  <si>
+    <t>SUBMETE-SE À APRECIAÇÃO DESTA COMISSÃO O VETO INTEGRAL APOSTO PELO CHEFE DO PODER EXECUTIVO MUNICIPAL AO PROJETO DE LEI Nº 138/2025, QUE INSTITUI O PROGRAMA “COMEÇAR BEM”, DESTINADO À CONCESSÃO DE VOUCHER AOS ESTUDANTES DA REDE PÚBLICA MUNICIPAL DE ENSINO.</t>
+  </si>
+  <si>
+    <t>15857</t>
+  </si>
+  <si>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15857/par010.pdf</t>
+  </si>
+  <si>
+    <t>SUBMETE-SE À APRECIAÇÃO DESTA COMISSÃO O VETO INTEGRAL APOSTO PELO CHEFE DO PODER EXECUTIVO MUNICIPAL AO PROJETO DE LEI Nº 094/2025, DENOMINADO “LEI ALICE”, QUE DISPÕE SOBRE A OBRIGATORIEDADE DE FIXAÇÃO DE MOBILIÁRIO E EQUIPAMENTOS EM INSTITUIÇÕES DE ENSINO PÚBLICAS E PRIVADAS, VISANDO À PREVENÇÃO DE ACIDENTES E À PROMOÇÃO DA SEGURANÇA NO AMBIENTE ESCOLAR.</t>
+  </si>
+  <si>
+    <t>15858</t>
+  </si>
+  <si>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15858/par011.pdf</t>
+  </si>
+  <si>
+    <t>SUBMETE-SE À APRECIAÇÃO DESTA COMISSÃO O VETO INTEGRAL APOSTO PELO CHEFE DO PODER EXECUTIVO MUNICIPAL AO PROJETO DE LEI Nº 123/2025, QUE FIXA ÁREA DE EXPANSÃO URBANA COM VISTAS À URBANIZAÇÃO.</t>
+  </si>
+  <si>
+    <t>15859</t>
+  </si>
+  <si>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15859/par012.pdf</t>
+  </si>
+  <si>
+    <t>SUBMETE-SE À APRECIAÇÃO DESTA COMISSÃO O VETO INTEGRAL APOSTO PELO CHEFE DO PODER EXECUTIVO MUNICIPAL AO PROJETO DE LEI Nº 124/2025, QUE FIXA ÁREA DE EXPANSÃO URBANA COM VISTAS À URBANIZAÇÃO.</t>
+  </si>
+  <si>
+    <t>15916</t>
+  </si>
+  <si>
+    <t>CLJRF - COMISSÃO DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO FINAL, CFO - Comissão de Finanças e Orçamentos</t>
+  </si>
+  <si>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15916/parecer__013.pdf</t>
+  </si>
+  <si>
+    <t>SUBMETE-SE À APRECIAÇÃO DAS COMISSÕES PERMANENTES O PROJETO DE LEI Nº 01/2026, QUE DISPÕE SOBRE A INSTALAÇÃO DE QR CODE NAS PLACAS DE IDENTIFICAÇÃO DE RUAS, AVENIDAS, PRAÇAS E LOGRADOUROS PÚBLICOS DO MUNICÍPIO DE MARECHAL FLORIANO/ES, CONTENDO INFORMAÇÕES HISTÓRICAS SOBRE A PESSOA QUE DÁ NOME AO LOCAL.</t>
+  </si>
+  <si>
+    <t>15917</t>
+  </si>
+  <si>
+    <t>CLJRF - COMISSÃO DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO FINAL, CAMA - Comissão de Agricultura e Meio Ambiente, CFO - COMISSÃO DE FINANÇAS E ORÇAMENTO</t>
+  </si>
+  <si>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15917/parecer__014.pdf</t>
+  </si>
+  <si>
+    <t>SUBMETE-SE À APRECIAÇÃO DAS COMISSÕES PERMANENTES O PROJETO DE LEI Nº 02/2026, QUE DISPÕE SOBRE A PRIORIZAÇÃO, PROTEÇÃO E TRANSPARÊNCIA NA EXECUÇÃO DAS DOTAÇÕES ORÇAMENTÁRIAS DESTINADAS À POLÍTICA MUNICIPAL DE BEM-ESTAR ANIMAL NO MUNICÍPIO DE MARECHAL FLORIANO/ES.</t>
+  </si>
+  <si>
+    <t>15918</t>
+  </si>
+  <si>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15918/parecer__015.pdf</t>
+  </si>
+  <si>
+    <t>SUBMETE-SE À APRECIAÇÃO DAS COMISSÕES PERMANENTES O PROJETO DE LEI Nº 07/2026, QUE INSTITUI O PROGRAMA “IPTU TRANSPARENTE” NO MUNICÍPIO DE MARECHAL FLORIANO/ES, COM O OBJETIVO DE AMPLIAR A TRANSPARÊNCIA, O ACESSO À INFORMAÇÃO E A CONSCIENTIZAÇÃO DOS CONTRIBUINTES ACERCA DA ARRECADAÇÃO E DA DESTINAÇÃO DOS RECURSOS PROVENIENTES DO IMPOSTO PREDIAL E TERRITORIAL URBANO – IPTU.</t>
+  </si>
+  <si>
+    <t>15919</t>
+  </si>
+  <si>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15919/parecer__016.pdf</t>
+  </si>
+  <si>
+    <t>TRATA-SE DE ANÁLISE DO PROJETO DE LEI Nº 09/2026, QUE INSTITUI O PROGRAMA “LICITAÇÃO TRANSPARENTE” NO MUNICÍPIO DE MARECHAL FLORIANO, TORNANDO OBRIGATÓRIA A GRAVAÇÃO E TRANSMISSÃO AO VIVO, EM ÁUDIO E VÍDEO, DAS SESSÕES PÚBLICAS DE LICITAÇÃO, CONTRATAÇÃO DIRETA E CHAMAMENTO PÚBLICO.</t>
+  </si>
+  <si>
+    <t>15920</t>
+  </si>
+  <si>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15920/parecer__017.pdf</t>
+  </si>
+  <si>
+    <t>TRATA-SE DE ANÁLISE DO PROJETO DE LEI Nº 11/2026, DE AUTORIA DO VEREADOR CEZAR TADEU RONCHI JUNIOR, QUE INSTITUI NO MUNICÍPIO DE MARECHAL FLORIANO/ES O PROGRAMA “TAXA DE LIXO TRANSPARENTE”, COM A FINALIDADE DE AMPLIAR A TRANSPARÊNCIA, O ACESSO À INFORMAÇÃO E A CONSCIENTIZAÇÃO DOS CONTRIBUINTES ACERCA DA ARRECADAÇÃO E DA DESTINAÇÃO DOS RECURSOS PROVENIENTES DA TAXA DE COLETA, TRANSPORTE E DESTINAÇÃO FINAL DE RESÍDUOS SÓLIDOS URBANOS.</t>
+  </si>
+  <si>
+    <t>15796</t>
+  </si>
+  <si>
+    <t>PLO</t>
+  </si>
+  <si>
+    <t>Projeto de Lei Ordinária</t>
+  </si>
+  <si>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15796/pl_01-2026.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a instalação de QR Code nas placas de identificação de ruas, avenidas, praças e logradouros públicos, contendo informações históricas sobre a pessoa que dá nome ao local, no âmbito do Município de Marechal Floriano/ES.</t>
+  </si>
+  <si>
+    <t>15791</t>
+  </si>
+  <si>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15791/pl_02-2026.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a priorização, proteção e transparência na execução das dotações orçamentárias destinadas à política municipal de bem-estar animal no Município de Marechal Floriano/ES.</t>
+  </si>
+  <si>
+    <t>15792</t>
+  </si>
+  <si>
+    <t>Cezinha Ronchi, Coquinho, Diogo da AMAR, Juarez Xavier, Vaninho Stein</t>
+  </si>
+  <si>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15792/pl_03-2026.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a atualização do percurso da Rua denominada pela Lei Municipal nº. 519, de 04 de abril de 2005.</t>
+  </si>
+  <si>
+    <t>15793</t>
+  </si>
+  <si>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15793/pl_04-2026.pdf</t>
+  </si>
+  <si>
+    <t>Denomina de ''Caminho das Colinas'' a rua localizada no Bairro Nossa Senhora da Penha, Marechal Floriano – ES.</t>
+  </si>
+  <si>
+    <t>15794</t>
+  </si>
+  <si>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15794/pl_05-2026.pdf</t>
+  </si>
+  <si>
+    <t>“DISPÕE SOBRE O PROGRAMA DE ESTÁGIO PARA ESTUDANTES, NO ÂMBITO DO PODER LEGISLATIVO MUNICIPAL”.</t>
+  </si>
+  <si>
+    <t>15866</t>
+  </si>
+  <si>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15866/pl__07.pdf</t>
+  </si>
+  <si>
+    <t>INSTITUI NO MUNICÍPIO DE MARECHAL FLORIANO/ES O PROGRAMA “IPTU TRANSPARENTE” E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>15871</t>
+  </si>
+  <si>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15871/pl_08.pdf</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE AS DIRETRIZES PARA O USO PEDAGÓGICO DAS TECNOLOGIAS DA _x000D_
+INFORMAÇÃO E COMUNICAÇÃO (TICs) NAS ESCOLAS PÚBLICAS DO MUNICÍPIO DE MARECHAL FLORIANO/ES, COM FOCO NA FORMAÇÃO PARA A SOCIEDADE MODERNA.</t>
+  </si>
+  <si>
+    <t>15872</t>
+  </si>
+  <si>
+    <t>Vaninho Stein, Juarez Xavier</t>
+  </si>
+  <si>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15872/pl_09.pdf</t>
+  </si>
+  <si>
+    <t>INSTITUI O PROGRAMA "LICITAÇÃO TRANSPARENTE" NO MUNICÍPIO DE MARECHAL FLORIANO, TORNANDO OBRIGATÓRIA A GRAVAÇÃO E TRANSMISSÃO AO VIVO, EM ÁUDIO E VÍDEO, DAS SESSÕES PÚBLICAS DE LICITAÇÃO, CONTRATAÇÃO DIRETA E CHAMAMENTO PÚBLICO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>15873</t>
+  </si>
+  <si>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15873/pl_10.pdf</t>
+  </si>
+  <si>
+    <t>INCLUI NO CALENDÁRIO OFICIAL DE EVENTOS DO MUNICÍPIO DE MARECHAL FLORIANO/ES, O “DIA DO ENCONTRO DE CARROS REBAIXADOS E SOM AUTOMOTIVO” E AUTORIZA A REALIZAÇÃO DE EVENTOS MENSAIS E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>15842</t>
+  </si>
+  <si>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15842/pl__11.pdf</t>
+  </si>
+  <si>
+    <t>INSTITUI NO MUNICÍPIO DE MARECHAL FLORIANO/ES O PROGRAMA “TAXA DE LIXO _x000D_
+TRANSPARENTE” E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>15843</t>
+  </si>
+  <si>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15843/pl_12.pdf</t>
+  </si>
+  <si>
+    <t>INSTITUI, NO SITE OFICIAL DA PREFEITURA DE MARECHAL FLORIANO/ES, O LINK “COLETA _x000D_
+CONSCIENTE” E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>15844</t>
+  </si>
+  <si>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15844/pl_13.pdf</t>
+  </si>
+  <si>
+    <t>INSTITUI O “TORNEIO INTERDISTRITAL DAS COLONIZAÇÕES” NO MUNICÍPIO DE MARECHAL FLORIANO/ES, VISANDO À INTEGRAÇÃO COMUNITÁRIA POR MEIO DO ESPORTE E À VALORIZAÇÃO DAS TRADIÇÕES CULTURAIS DE ORIGEM ALEMÃ E ITALIANA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>15845</t>
+  </si>
+  <si>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15845/pl_14.pdf</t>
+  </si>
+  <si>
+    <t>CRIA O PROGRAMA “JOVEM MONITOR ESPORTIVO” EM MARECHAL FLORIANO, DISPÕE SOBRE O INCENTIVO À FORMAÇÃO ACADÊMICA E O APOIO ÀS ESCOLINHAS DE ESPORTES MUNICIPAIS.</t>
+  </si>
+  <si>
+    <t>15846</t>
+  </si>
+  <si>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15846/pl_15.pdf</t>
+  </si>
+  <si>
+    <t>FIXA AREA DE EXPANSÃO URBANA COM VISTAS À URBANIZAÇÃO E DÁ OUTRAS  PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>15893</t>
+  </si>
+  <si>
+    <t>Antônio Lidiney Gobbi</t>
+  </si>
+  <si>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15893/pl_16.pdf</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE INSTITUIÇÃO, FUNÇÕES E FUNCIONAMENTO DOS CONSELHOS ESCOLARES DAS UNIDADES DE ENSINO DA REDE PÚBLICA MUNICIPAL DE MARECHAL FLORIANO/ES E DO FÓRUM DOS CONSELHOS ESCOLARES, E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>15894</t>
+  </si>
+  <si>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15894/pl__17.pdf</t>
+  </si>
+  <si>
+    <t>INCLUI PESSOAS EM TRATAMENTO DE HEMODIÁLISE E EM TRATAMENTO ONCOLÓGICO NO ROL DE BENEFICIÁRIOS DO ATENDIMENTO E DAS FILAS PRIORITÁRIAS NO MUNICÍPIO DE MARECHAL FLORIANO/ES.</t>
+  </si>
+  <si>
+    <t>15895</t>
+  </si>
+  <si>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15895/pl__18.pdf</t>
+  </si>
+  <si>
+    <t>INSTITUI, NO ÂMBITO DO MUNICÍPIO DE MARECHAL FLORIANO/ES, A INICIATIVA “PROJETO TRANSPARENTE”, E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>15973</t>
+  </si>
+  <si>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15973/pl_19.pdf</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE A QUALIFICAÇÃO DE ENTIDADES COMO ORGANIZAÇÕES SOCIAIS, NOS TERMOS DA LEI FEDERAL Nº 9.637, DE 15 DE MAIO DE 1998, NO ÂMBITO DO MUNICÍPIO DE MARECHAL FLORIANO/ES, E DÁ OUTRAS PROVIDÊNCIAS</t>
+  </si>
+  <si>
+    <t>15958</t>
+  </si>
+  <si>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15958/pl_20.pdf</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE A OBRIGATORIEDADE DE DIVULGAÇÃO DO CARDÁPIO SEMANAL DA MERENDA ESCOLAR POR MEIO DO SITE OFICIAL DA PREFEITURA E APLICATIVO WHATSAPP E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>15959</t>
+  </si>
+  <si>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15959/pl_21.pdf</t>
+  </si>
+  <si>
+    <t>INSTITUI NO MUNICÍPIO DE MARECHAL FLORIANO/ES O PROGRAMA ''EMENDA TRANSPARENTE'' E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>15960</t>
+  </si>
+  <si>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15960/pl_22.pdf</t>
+  </si>
+  <si>
+    <t>DECLARA COMO PATRIMÔNIO HISTÓRICO E CULTURAL DO MUNICÍPIO DE MARECHAL FLORIANO/ES OS TÚMULOS DOS IMIGRANTES E AS SEPULTURAS CENTENÁRIAS DO CEMITÉRIO DE ARAGUAYA.</t>
+  </si>
+  <si>
+    <t>15961</t>
+  </si>
+  <si>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15961/pl_23.pdf</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE A CRIAÇÃO DO “PROGRAMA FARMÁCIA SOLIDÁRIA” NO MUNICÍPIO DE MARECHAL FLORIANO, VISANDO O REAPROVEITAMENTO DE MEDICAMENTOS E O _x000D_
+AUXÍLIO À POPULAÇÃO DE BAIXA RENDA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>15962</t>
+  </si>
+  <si>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15962/pl_24.pdf</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE A OBRIGATORIEDADE DE TRANSMISSÃO AO VIVO DAS AUDIÊNCIAS PÚBLICAS REALIZADAS PELO PODER EXECUTIVO DO MUNICÍPIO DE MARECHAL FLORIANO/ES.</t>
+  </si>
+  <si>
+    <t>15876</t>
+  </si>
+  <si>
+    <t>REQ</t>
+  </si>
+  <si>
+    <t>Requerimento</t>
+  </si>
+  <si>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15876/req_01.pdf</t>
+  </si>
+  <si>
+    <t>OS VEREADORES QUE ESTE SUBSCREVEM, NO USO DE SUAS ATRIBUIÇÕES LEGAIS E REGIMENTAIS, VÊM, RESPEITOSAMENTE, À PRESENÇA DE VOSSA EXCELÊNCIA REQUERER, APÓS OUVIDO O PLENÁRIO, QUE SEJA ENCAMINHADO EXPEDIENTE AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL, PARA QUE, POR MEIO DA SECRETARIA MUNICIPAL DE SAÚDE, ADOTE AS PROVIDÊNCIAS NECESSÁRIAS AO PAGAMENTO DO INCENTIVO FINANCEIRO ADICIONAL – IFA AOS AGENTES COMUNITÁRIOS DE SAÚDE – ACS E AOS AGENTES DE COMBATE ÀS ENDEMIAS – ACE, RECURSO ESTE REPASSADO ANUALMENTE PELO MINISTÉRIO DA SAÚDE, POR INTERMÉDIO DO FUNDO NACIONAL DE SAÚDE – FNS.</t>
+  </si>
+  <si>
+    <t>15797</t>
+  </si>
+  <si>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15797/req_02.pdf</t>
+  </si>
+  <si>
+    <t>Solicitação de imagens de câmeras de monitoramento e informações sobre atendimentos odontológicos.</t>
+  </si>
+  <si>
+    <t>15798</t>
+  </si>
+  <si>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15798/req_03.pdf</t>
+  </si>
+  <si>
+    <t>O auxílio-transporte universitário constitui uma política pública de caráter afirmativo de extrema relevância em nosso Município, pois viabiliza a permanência de inúmeros jovens no ensino superior, garantindo condições mínimas para a continuidade de sua formação acadêmica. Diante da importância dessa política e visando assegurar sua efetividade e transparência, requeiro as seguintes informações:</t>
+  </si>
+  <si>
+    <t>15799</t>
+  </si>
+  <si>
+    <t>Chapolim Frasson, Diogo da AMAR, Martim Trarbach</t>
+  </si>
+  <si>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15799/req_04.pdf</t>
+  </si>
+  <si>
+    <t>A Comissão de Legislação, Justiça e Redação Final da Câmara Municipal de Marechal Floriano, no uso de suas atribuições regimentais e constitucionais, especialmente aquelas relacionadas à análise da legalidade, constitucionalidade e adequação jurídica dos atos administrativos e das matérias em tramitação nesta Casa Legislativa.</t>
+  </si>
+  <si>
+    <t>15800</t>
+  </si>
+  <si>
+    <t>Juarez Xavier, Martim Trarbach</t>
+  </si>
+  <si>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15800/req_05.pdf</t>
+  </si>
+  <si>
+    <t>O Vereador que este subscreve, no uso de suas atribuições legais e regimentais, com fundamento na Lei Orgânica do Município de Marechal Floriano e no Regimento Interno da Câmara Municipal, vem, respeitosamente, à presença de Vossas Excelência REQUERER a CONVOCAÇÃO do Secretário Municipal de Obras, para que compareça a esta Casa Legislativa, em horário a ser definido pela Mesa Diretora, a fim de prestar esclarecimentos relativos às obras e serviços públicos realizados, em execução e planejados no Município.</t>
+  </si>
+  <si>
+    <t>15802</t>
+  </si>
+  <si>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15802/req_06.pdf</t>
+  </si>
+  <si>
+    <t>Solicitação de demarcação de vagas de estacionamento – Rua Clara Endlich – Marechal Floriano/ES.</t>
+  </si>
+  <si>
+    <t>15804</t>
+  </si>
+  <si>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15804/req_08.pdf</t>
+  </si>
+  <si>
+    <t>Requerimento de informações acerca das providências adotadas após a 1ª Audiência Pública sobre Segurança e Videomonitoramento.</t>
+  </si>
+  <si>
+    <t>15824</t>
+  </si>
+  <si>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15824/req_09_-_28.pdf</t>
+  </si>
+  <si>
+    <t>VENHO, RESPEITOSAMENTE, REITERANDO O REQUERIMENTO Nº 113/2025, REQUERER A VOSSA SENHORIA QUE SEJAM ENCAMINHADAS A ESTA CASA DE LEIS, NO PRAZO MÁXIMO DE 15 (QUINZE) DIAS, CÓPIAS DE TODAS AS NOTAS FISCAIS E COMPROVANTES DE ABASTECIMENTO DOS VEÍCULOS PERTENCENTES À SECRETARIA MUNICIPAL DE SAÚDE, COM SUAS RESPECTIVAS PLACAS, REFERENTES AOS MESES DE JULHO A DEZEMBRO DE 2025.</t>
+  </si>
+  <si>
+    <t>15825</t>
+  </si>
+  <si>
+    <t>Pastor Adriano, Martim Trarbach</t>
+  </si>
+  <si>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15825/req_10.pdf</t>
+  </si>
+  <si>
+    <t>OS VEREADORES QUE ESTE SUBSCREVEM, NO USO DE SUAS ATRIBUIÇÕES LEGAIS, COM_x000D_
+FUNDAMENTO NO DEVER DE FISCALIZAÇÃO DO PODER LEGISLATIVO E NO PRINCÍPIO DA_x000D_
+TRANSPARÊNCIA DA ADMINISTRAÇÃO PÚBLICA, VÊM, RESPEITOSAMENTE, REQUERER A ESTA SECRETARIA QUE SEJAM ENCAMINHADAS AS SEGUINTES INFORMAÇÕES E DOCUMENTOS REFERENTES AO EXERCÍCIO DE 2025.</t>
+  </si>
+  <si>
+    <t>15826</t>
+  </si>
+  <si>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15826/req_11.pdf</t>
+  </si>
+  <si>
+    <t>TOMANDO POR BASE A LEI MUNICIPAL Nº 2.862, DE 18 DE DEZEMBRO DE 2025, QUE “DISPÕE SOBRE A CONCESSÃO DE ABONO AOS SERVIDORES DA SECRETARIA MUNICIPAL DE EDUCAÇÃO DO MUNICÍPIO DE MARECHAL FLORIANO/ES”, SOLICITO A ESSA RELEVANTE PASTA MUNICIPAL QUE SEJAM ENCAMINHADAS A ESTA CASA LEGISLATIVA INFORMAÇÕES INERENTES AO MENCIONADO ABONO.</t>
+  </si>
+  <si>
+    <t>15827</t>
+  </si>
+  <si>
+    <t>Chapolim Frasson, Diogo da AMAR, Juarez Xavier, Vaninho Stein</t>
+  </si>
+  <si>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15827/req_12.pdf</t>
+  </si>
+  <si>
+    <t>OS VEREADORES QUE ESTE SUBSCREVEM, NA FORMA REGIMENTAL E OUVIDO O PLENÁRIO, VÊM À PRESENÇA DE VOSSA SENHORIA, À FRENTE DESSE CONCEITUADO ÓRGÃO ESTADUAL, PARA EXPOR O QUE SEGUE: SOLICITAMOS O APOIO DESSE RELEVANTE ÓRGÃO ESTADUAL, DENTRO DOS LIMITES DA LEGALIDADE, PARA A ADOÇÃO DE PROVIDÊNCIAS URGENTES VOLTADAS À MELHORIA DO TRÂNSITO NO MUNICÍPIO, ESPECIALMENTE NO QUE SE REFERE À SEGURANÇA DO TRANSPORTE ESCOLAR.</t>
+  </si>
+  <si>
+    <t>15828</t>
+  </si>
+  <si>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15828/req_13.pdf</t>
+  </si>
+  <si>
+    <t>O VEREADOR QUE ESTE SUBSCREVE, NO USO DE SUAS ATRIBUIÇÕES LEGAIS E REGIMENTAIS, COM FUNDAMENTO NO ART. 31 DA CONSTITUIÇÃO FEDERAL, NA LEI ORGÂNICA MUNICIPAL, NO REGIMENTO INTERNO DA CÂMARA MUNICIPAL E NA LEI FEDERAL Nº 14.133/2021 (NOVA LEI DE LICITAÇÕES E CONTRATOS ADMINISTRATIVOS), VEM, RESPEITOSAMENTE, À PRESENÇA DE VOSSA EXCELÊNCIA, REQUERER O ENCAMINHAMENTO DE CÓPIA INTEGRAL E INDIVIDUALIZADA DE TODOS OS DOCUMENTOS QUE INSTRUÍRAM O TERMO DE ADESÃO À ATA DE REGISTRO DE PREÇOS, REFERENTE AO PROCESSO ADMINISTRATIVO Nº 861/2025 – SEMUS.</t>
+  </si>
+  <si>
+    <t>15829</t>
+  </si>
+  <si>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15829/req_14.pdf</t>
+  </si>
+  <si>
+    <t>O VEREADOR QUE ESTE SUBSCREVE, NO USO DE SUAS ATRIBUIÇÕES LEGAIS E REGIMENTAIS, COM FUNDAMENTO NO ART. 31 DA CONSTITUIÇÃO FEDERAL, NA LEI ORGÂNICA MUNICIPAL, NO REGIMENTO INTERNO DA CÂMARA MUNICIPAL E NA LEI FEDERAL Nº 14.133/2021 (NOVA LEI DE LICITAÇÕES E CONTRATOS ADMINISTRATIVOS), VEM, RESPEITOSAMENTE, À PRESENÇA DE VOSSA EXCELÊNCIA, REQUERER O ENCAMINHAMENTO DE CÓPIA INTEGRAL E INDIVIDUALIZADA DE TODOS OS DOCUMENTOS QUE INSTRUÍRAM O TERMO DE ADESÃO À ATA DE REGISTRO DE PREÇOS, REFERENTE AO PROCESSO ADMINISTRATIVO Nº 860/2025 – SEMUS.</t>
+  </si>
+  <si>
+    <t>15830</t>
+  </si>
+  <si>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15830/req_15.pdf</t>
+  </si>
+  <si>
+    <t>O VEREADOR QUE ESTE SUBSCREVE, NO USO DE SUAS ATRIBUIÇÕES LEGAIS E REGIMENTAIS, COM FUNDAMENTO NO ART. 31 DA CONSTITUIÇÃO FEDERAL, NA LEI ORGÂNICA MUNICIPAL, NO REGIMENTO INTERNO DA CÂMARA MUNICIPAL E NA LEI FEDERAL Nº 14.133/2021 (NOVA LEI DE LICITAÇÕES E CONTRATOS ADMINISTRATIVOS), VEM, RESPEITOSAMENTE, À PRESENÇA DE VOSSA EXCELÊNCIA, REQUERER O ENCAMINHAMENTO DE CÓPIA INTEGRAL E INDIVIDUALIZADA DE TODOS OS DOCUMENTOS QUE INSTRUÍRAM O PROCEDIMENTO DE DISPENSA DE LICITAÇÃO, REFERENTE AO PROCESSO ADMINISTRATIVO Nº 191/2026 – SEMUS.</t>
+  </si>
+  <si>
+    <t>15847</t>
+  </si>
+  <si>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15847/req_16.pdf</t>
+  </si>
+  <si>
+    <t>COMO FORMA DE APOIO À PRESERVAÇÃO DA HISTÓRIA LOCAL E AO INCENTIVO ÀS ATIVIDADES CULTURAIS DESENVOLVIDAS NO MUSEU CASA ROSA, REQUEIRO A VOSSA EXCELÊNCIA QUE SEJA ANALISADA A POSSIBILIDADE DE ISENÇÃO DO IMPOSTO PREDIAL E TERRITORIAL URBANO (IPTU) E DA TAXA DE LIXO INCIDENTES SOBRE O IMÓVEL ONDE O MUSEU ESTÁ INSTALADO.</t>
+  </si>
+  <si>
+    <t>15878</t>
+  </si>
+  <si>
+    <t>Diogo da AMAR, Cabral, Pastor Adriano, Vaninho Stein</t>
+  </si>
+  <si>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15878/req_17.pdf</t>
+  </si>
+  <si>
+    <t>O VEREADOR QUE ESTE SUBSCREVE, NA FORMA REGIMENTAL E OUVINDO-SE O PLENÁRIO, VEM, RESPEITOSAMENTE, À PRESENÇA DE VOSSA EXCELÊNCIA, REQUERER INFORMAÇÕES OFICIAIS ACERCA DA EXECUÇÃO DO CONTRATO DE PROGRAMA Nº 002/2025, FIRMADO ENTRE O MUNICÍPIO DE MARECHAL FLORIANO E O CONSÓRCIO PÚBLICO DA REGIÃO SUDOESTE SERRANA – CIM PEDRA AZUL, CUJO OBJETO COMPREENDE O FORNECIMENTO INTEGRAL DE GÊNEROS ALIMENTÍCIOS, BEM COMO O PREPARO E A DISTRIBUIÇÃO DA MERENDA ESCOLAR.</t>
+  </si>
+  <si>
+    <t>15848</t>
+  </si>
+  <si>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15848/req_18.pdf</t>
+  </si>
+  <si>
+    <t>O VEREADOR QUE ESTE SUBSCREVE, NA FORMA REGIMENTAL E OUVINDO-SE O PLENÁRIO, VEM, RESPEITOSAMENTE, À PRESENÇA DE VOSSA EXCELÊNCIA, SOLICITAR INFORMAÇÕES E DOCUMENTOS REFERENTES AO CONTRATO EMERGENCIAL Nº 031/2025, ORIUNDO DA DISPENSA DE LICITAÇÃO POR EMERGÊNCIA Nº 020/2025, FIRMADO ENTRE O MUNICÍPIO DE MARECHAL FLORIANO E A EMPRESA TOTAL TRANSPORTE LTDA., CUJO OBJETO CONSISTE NA LOCAÇÃO DE VEÍCULOS AUTOMOTORES DESTINADOS AO ATENDIMENTO DAS DEMANDAS DO GABINETE DO PREFEITO E DO VICE-PREFEITO.</t>
+  </si>
+  <si>
+    <t>15849</t>
+  </si>
+  <si>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15849/req__19.pdf</t>
+  </si>
+  <si>
+    <t>COM BASE NA LEI MUNICIPAL Nº 2.860, DE 17 DE DEZEMBRO DE 2025, REQUEIRO, AO EXCELENTÍSSIMO SENHOR PREFEITO, INFORMAÇÕES INERENTES AO ANDAMENTO DA EXECUÇÃO DO PROJETO DE LEI QUE DEU ORIGEM À REFERIDA LEI QUE “DISPÕE SOBRE A INSTITUIÇÃO DO PROGRAMA MUNICIPAL DE CAPACITAÇÃO PARA O ATENDIMENTO EDUCACIONAL INCLUSIVO A PESSOAS COM TRANSTORNO DO ESPECTRO AUTISTA – TEA, NO ÂMBITO DO MUNICÍPIO DE MARECHAL FLORIANO, ESTADO DO ESPÍRITO SANTO, E DÁ OUTRAS PROVIDÊNCIAS”.</t>
+  </si>
+  <si>
+    <t>15850</t>
+  </si>
+  <si>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15850/req__20.pdf</t>
+  </si>
+  <si>
+    <t>REQUEIRO INFORMAÇÕES, INERENTES AOS SERVIÇOS DE REMOÇÃO DE ENTULHOS NO MUNICÍPIO, TENDO EM VISTA QUE, ATÉ O MOMENTO, A CONTRATAÇÃO DE CAIXOTES NÃO FOI RENOVADA.</t>
+  </si>
+  <si>
+    <t>15851</t>
+  </si>
+  <si>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15851/req_21.pdf</t>
+  </si>
+  <si>
+    <t>O VEREADOR QUE SUBSCREVE, NA FORMA REGIMENTAL E OUVINDO-SE O PLENÁRIO, EXPOR E REQUERER: CHEGAM COM FREQUÊNCIA A ESTE VEREADOR RECLAMAÇÕES FORMULADAS POR MUNÍCIPES E POR SERVIDORES DO PODER EXECUTIVO MUNICIPAL, RELATANDO A AUSÊNCIA DE FERRAMENTAS BÁSICAS DE TRABALHO, COMO ENXADAS, BEM COMO A FALTA DE EQUIPAMENTOS DE PROTEÇÃO INDIVIDUAL (EPIS) ESSENCIAIS, A EXEMPLO DE PROTETOR SOLAR, INDISPENSÁVEL AOS SERVIDORES QUE EXERCEM SUAS ATIVIDADES EXPOSTOS AO SOL E ÀS INTEMPÉRIES.</t>
+  </si>
+  <si>
+    <t>15852</t>
+  </si>
+  <si>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15852/req_22.pdf</t>
+  </si>
+  <si>
+    <t>REQUER A IMPLANTAÇÃO DO REFIS (PROGRAMA DE RECUPERAÇÃO FISCAL) NO _x000D_
+MUNICÍPIO DE MARECHAL FLORIANO.</t>
+  </si>
+  <si>
+    <t>15885</t>
+  </si>
+  <si>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15885/req__23.pdf</t>
+  </si>
+  <si>
+    <t>REQUERER AO SR. CRISTIANO TESCH, PROPRIETÁRIO DO POSTO SERRA MAR – AUTO POSTO TESCH LTDA, CNPJ: 06.368.438/0001-03, LOCALIZADO NA AVENIDA ARTHUR HAESE, Nº 610, BAIRRO VALE DAS PALMAS, NESTA MUNICIPALIDADE, QUE SEJA ENVIADO A ESTA CÂMARA MUNICIPAL, CÓPIAS DE TODAS AS NOTAS FISCAIS REFERENTES AOS ABASTECIMENTOS DE VEÍCULOS VINCULADOS À SECRETARIA MUNICIPAL DE SAÚDE DE MARECHAL FLORIANO/ES, REALIZADOS NESSE ESTABELECIMENTO NO PERÍODO DE 01 DE JANEIRO DE 2025 A 31 DE DEZEMBRO DE 2025.</t>
+  </si>
+  <si>
+    <t>15886</t>
+  </si>
+  <si>
+    <t>Pastor Adriano, Cabral, Cezinha Ronchi, Martim Trarbach</t>
+  </si>
+  <si>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15886/req__24.pdf</t>
+  </si>
+  <si>
+    <t>OS VEREADORES QUE ESTE SUBSCREVEM, NA FORMA REGIMENTAL E OUVINDO-SE O PLENÁRIO, VÊM À PRESENÇA DE VOSSA EXCELÊNCIA, PARA REQUERER O QUE SEGUE:_x000D_
+CÓPIA DO EXTRATO E/OU COMPROVANTE DOS REPASSES/PAGAMENTOS REALIZADOS PELA PREFEITURA DE MARECHAL FLORIANO À EMPRESA O² PLUS CARD MULTIBENEFÍCIOS REFERENTE AO AUXÍLIO-ALIMENTAÇÃO DOS SERVIDORES; ESCLARECIMENTO SOBRE OS MOTIVOS QUE LEVARAM AO BLOQUEIO/RECUSA DO BENEFÍCIO NOS ESTABELECIMENTOS CADASTRADOS; INFORMAÇÃO SOBRE QUAIS PROVIDÊNCIAS ADMINISTRATIVAS E LEGAIS ESTÃO SENDO ADOTADAS PELO PODER EXECUTIVO PARA SOLUCIONAR O PROBLEMA E EVITAR QUE OS SERVIDORES VOLTEM A PASSAR POR ESSE TIPO DE CONSTRANGIMENTO; E PREVISÃO DE REGULARIZAÇÃO DO SERVIÇO, COM GARANTIA DO PLENO FUNCIONAMENTO DO BENEFÍCIO.</t>
+  </si>
+  <si>
+    <t>15887</t>
+  </si>
+  <si>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15887/req__25.pdf</t>
+  </si>
+  <si>
+    <t>REQUEIRO INFORMAÇÕES, BEM COMO A ANÁLISE DE VIABILIDADE, ACERCA DA POSSIBILIDADE DE O MUNICÍPIO ADQUIRIR A ÁREA INDICADA EM ANEXO, A SER DESTINADA À ABERTURA DE UMA PEQUENA VIA PÚBLICA, COM O OBJETIVO DE VIABILIZAR O ACESSO DE VEÍCULOS AO TERRENO JÁ DESAPROPRIADO PELA PREFEITURA MUNICIPAL, ONDE ESTÁ PREVISTA A CONSTRUÇÃO DA NOVA “ESCOLA JACOMO BORGO”, NO DISTRITO DE ARAGUAYA.</t>
+  </si>
+  <si>
+    <t>15888</t>
+  </si>
+  <si>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15888/req__26.pdf</t>
+  </si>
+  <si>
+    <t>O VEREADOR QUE ESTE SUBSCREVE, NA FORMA REGIMENTAL E OUVINDO-SE O PLENÁRIO, VEM, RESPEITOSAMENTE, À PRESENÇA DE VOSSA EXCELÊNCIA, REQUERER QUE SEJA ENCAMINHADO PELO PODER EXECUTIVO MUNICIPAL, INFORMAÇÕES COMPLETAS, ATUALIZADAS E ACOMPANHADAS DE DOCUMENTAÇÃO COMPROBATÓRIA, ACERCA DA EXECUÇÃO DOS CONTRATOS FIRMADOS COM A EMPRESA O² PLUS CARD INSTITUIÇÃO DE PAGAMENTOS LTDA., REFERENTES AO FORNECIMENTO E GERENCIAMENTO DE AUXÍLIO-ALIMENTAÇÃO.</t>
+  </si>
+  <si>
+    <t>15889</t>
+  </si>
+  <si>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15889/req__27.pdf</t>
+  </si>
+  <si>
+    <t>O VEREADOR QUE ESTE SUBSCREVE, NA FORMA REGIMENTAL E OUVINDO-SE O PLENÁRIO, VEM, RESPEITOSAMENTE, À PRESENÇA DE VOSSA EXCELÊNCIA, REQUERER AO PODER EXECUTIVO MUNICIPAL O ENCAMINHAMENTO DAS INFORMAÇÕES ABAIXO RELACIONADAS, REFERENTES AO ARQUIVAMENTO DO PROCESSO ADMINISTRATIVO Nº 010202/2025.</t>
+  </si>
+  <si>
+    <t>15896</t>
+  </si>
+  <si>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15896/req_28.pdf</t>
+  </si>
+  <si>
+    <t>O VEREADOR QUE SUBSCREVE, NA FORMA REGIMENTAL E OUVINDO-SE O PLENÁRIO, VEM REQUERER O REAJUSTE E A EXPANSÃO DA OFERTA DO PROGRAMA DE AUXÍLIO-TRANSPORTE UNIVERSITÁRIO, COM BASE NA DOTAÇÃO ORÇAMENTÁRIA VIGENTE.</t>
+  </si>
+  <si>
+    <t>15890</t>
+  </si>
+  <si>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15890/req___29.pdf</t>
+  </si>
+  <si>
+    <t>REQUERO, NO USO DAS ATRIBUIÇÕES QUE ME SÃO CONFERIDAS PELO MANDATO, A DISPONIBILIZAÇÃO DE INFORMAÇÕES INERENTES AO PLANEJAMENTO PARA O ANO LETIVO DO ATENDIMENTO EDUCACIONAL ESPECIALIZADO (AEE) EM TODO O MUNICÍPIO, FOCADO NO SUPORTE PEDAGÓGICO AOS ALUNOS QUE NECESSITAM DO MESMO, PARA OS QUAIS É DIRECIONADO, BEM COMO, SE HÁ PLANEJAMENTO DA REALIZAÇÃO DE MELHORIAS NA INFRAESTRUTURA DAS SALAS DE AULA.</t>
+  </si>
+  <si>
+    <t>15891</t>
+  </si>
+  <si>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15891/req__30.pdf</t>
+  </si>
+  <si>
+    <t>REQUERO, NO USO DAS ATRIBUIÇÕES QUE ME SÃO CONFERIDAS PELO MANDATO, QUE O PODER EXECUTIVO, JUNTAMENTE AO DETRAN/ES, ESTUDE E ANALISE A POSSIBILIDADE DE REALIZAR DEMARCAÇÕES DE VAGAS DE ESTACIONAMENTO NA MUNICIPALIDADE, PARA FAMILIARES DE AUTISTAS, EM ESPECIAL, NAS ESCOLAS, POLICLÍNICA E DEMAIS SETORES DE SAÚDE, OU, NA IMPOSSIBILIDADE, O MAIS PRÓXIMO POSSÍVEL DOS MESMOS.</t>
+  </si>
+  <si>
+    <t>15892</t>
+  </si>
+  <si>
+    <t>Hilário Oliveira Neto, Cabral</t>
+  </si>
+  <si>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15892/req__31.pdf</t>
+  </si>
+  <si>
+    <t>O SERVIÇO ESPECIALIZADO DE REABILITAÇÃO DA DEFICIÊNCIA INTELECTUAL E DO AUTISMO (SERDIA), INSTITUÍDO NO ESTADO DO ESPÍRITO SANTO NO ANO DE 2022, REPRESENTA UM AVANÇO SIGNIFICATIVO NA POLÍTICA DE ATENÇÃO À SAÚDE DAS PESSOAS COM DEFICIÊNCIA INTELECTUAL E COM TRANSTORNO DO ESPECTRO AUTISTA. O SERVIÇO TEM COMO FINALIDADE OFERTAR ATENDIMENTO ESPECIALIZADO POR MEIO DE EQUIPES MULTIDISCIPLINARES. DIANTE DA RELEVÂNCIA DESSE SERVIÇO E VISANDO ASSEGURAR SUA EFETIVA IMPLEMENTAÇÃO NO MUNICÍPIO DE MARECHAL FLORIANO, REQUEIRO AS INFORMAÇÕES.</t>
+  </si>
+  <si>
+    <t>15921</t>
+  </si>
+  <si>
+    <t>Juarez Xavier, Cabral, Diogo da AMAR, Martim Trarbach, Pastor Adriano, Vaninho Stein</t>
+  </si>
+  <si>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15921/req__033.pdf</t>
+  </si>
+  <si>
+    <t>REQUER INFORMAÇÕES E CÓPIA INTEGRAL DA DOCUMENTAÇÃO REFERENTE À CONTRATAÇÃO EMERGENCIAL, POR PRAZO DETERMINADO E ESTRITAMENTE NECESSÁRIO À TRANSIÇÃO DA GESTÃO DOS SERVIÇOS DE SAÚDE, DE EQUIPE MULTIDISCIPLINAR DE SAÚDE E SERVIÇOS – PROCESSO ADMINISTRATIVO Nº 191/2025 – SEMUS – DISPENSA DE LICITAÇÃO Nº 004/2026.</t>
+  </si>
+  <si>
+    <t>15963</t>
+  </si>
+  <si>
+    <t>Pastor Adriano, Cabral, Chapolim Frasson, Diogo da AMAR, Hilário Oliveira Neto, Juarez Xavier</t>
+  </si>
+  <si>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15963/req_34.pdf</t>
+  </si>
+  <si>
+    <t>OS VEREADORES QUE ESTE SUBSCREVEM, NA FORMA REGIMENTAL E OUVINDO-SE O PLENÁRIO, VÊM À PRESENÇA DE VOSSA EXCELÊNCIA, PARA EXPOR E REQUERER O ENCAMINHAMENTO DE PRESTAÇÃO DE CONTAS DETALHADA DOS VALORES GASTOS COM A REALIZAÇÃO DO CARNAVAL 2026 EM NOSSO MUNICÍPIO.</t>
+  </si>
+  <si>
+    <t>15964</t>
+  </si>
+  <si>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15964/req_35.pdf</t>
+  </si>
+  <si>
+    <t>REQUEIRO, NOS TERMOS REGIMENTAIS E APÓS A APROVAÇÃO DO PLENÁRIO, QUE SEJA ENCAMINHADA A ESTA CASA LEGISLATIVA A PRESTAÇÃO DE CONTAS, NA ÍNTEGRA, DE TODAS AS EMENDAS IMPOSITIVAS REFERENTES AO EXERCÍCIO FINANCEIRO DE 2025.</t>
+  </si>
+  <si>
+    <t>15965</t>
+  </si>
+  <si>
+    <t>Diogo da AMAR, Chapolim Frasson</t>
+  </si>
+  <si>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15965/req_36.pdf</t>
+  </si>
+  <si>
+    <t>REQUER-SE QUE O PODER EXECUTIVO INFORME: SE, DIANTE DAS ANÁLISES E CONCLUSÕES APRESENTADAS NO RELATÓRIO ELABORADO PELA SECRETARIA MUNICIPAL DE FINANÇAS, FOI INSTAURADO PROCESSO ADMINISTRATIVO DE APURAÇÃO, AUDITORIA INTERNA OU QUALQUER PROCEDIMENTO FORMAL DE VERIFICAÇÃO RELACIONADO ÀS POSSÍVEIS INCONSISTÊNCIAS CONTÁBEIS MENCIONADAS NO DOCUMENTO.</t>
+  </si>
+  <si>
+    <t>15966</t>
+  </si>
+  <si>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15966/req_37.pdf</t>
+  </si>
+  <si>
+    <t>REQUER QUE O PODER EXECUTIVO INFORME OS DADOS REFERENTES ÀS AÇÕES DE BEM-ESTAR ANIMAL DESENVOLVIDAS PELO MUNICÍPIO NO PERÍODO DE 01 DE JANEIRO DE 2025 ATÉ A PRESENTE DATA.</t>
+  </si>
+  <si>
+    <t>15967</t>
+  </si>
+  <si>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15967/req_38.pdf</t>
+  </si>
+  <si>
+    <t>O VEREADOR QUE ESTE SUBSCREVE, NA FORMA REGIMENTAL E OUVINDO-SE O PLENÁRIO, VEM, RESPEITOSAMENTE, REQUERER INFORMAÇÕES DETALHADAS E A DEVIDA PUBLICIDADE ACERCA DA EXECUÇÃO DO CONTRATO DE GESTÃO DA SAÚDE MUNICIPAL, CONSIDERANDO QUE A PRESTAÇÃO DE CONTAS, CONTRATUALMENTE DESIGNADA PARA OCORRER DE FORMA SEMESTRAL, NÃO CONTEMPLOU OS ÚLTIMOS 6 (SEIS) MESES, TENDO SIDO APRESENTADA APENAS A DOCUMENTAÇÃO REFERENTE AO PERÍODO ANTERIOR, PERMANECENDO PENDENTE A PRESTAÇÃO DE CONTAS CORRESPONDENTE AO SEMESTRE MAIS RECENTE.</t>
+  </si>
+  <si>
+    <t>15968</t>
+  </si>
+  <si>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15968/req_39.pdf</t>
+  </si>
+  <si>
+    <t>REQUEIRO A DISPONIBILIZAÇÃO DE CÓPIA INTEGRAL DO PROCESSO ADMINISTRATIVO Nº 12254/2025 – SEMUR, QUE DISPÕE SOBRE ADESÃO À ATA DE REGISTRO DE PREÇOS PARA CONTRATAÇÃO DE EMPRESA DE ENGENHARIA ESPECIALIZADA PARA REALIZAÇÃO DE PROJETOS DE ENGENHARIA, COMPREENDENDO PROJETOS DE MURO, DRENAGEM, GALERIAS E DEMAIS DOCUMENTOS COMPLEMENTARES, CONFORME TERMO DE REFERÊNCIA, TENDO COMO CREDORA A EMPRESA DULENA CONSTRUTORA LTDA., CNPJ Nº 52.651.702/0001-39.</t>
+  </si>
+  <si>
+    <t>15969</t>
+  </si>
+  <si>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15969/req_40.pdf</t>
+  </si>
+  <si>
+    <t>REQUEIRO AO EXCELENTÍSSIMO SENHOR PREFEITO, JUNTAMENTE À SECRETARIA MUNICIPAL DE SAÚDE, INFORMAÇÕES ACERCA DO FORNECIMENTO DE LANCHES AOS PACIENTES DO MUNICÍPIO QUE REALIZAM CONSULTAS, EXAMES E TRATAMENTOS MÉDICOS EM OUTROS MUNICÍPIOS.</t>
+  </si>
+  <si>
+    <t>15970</t>
+  </si>
+  <si>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15970/req_41.pdf</t>
+  </si>
+  <si>
+    <t>REQUERER AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL QUE SEJA ENCAMINHADA A ESTA CASA DE LEIS TODA A DOCUMENTAÇÃO REFERENTE ÀS DESPESAS REALIZADAS PELA SECRETARIA MUNICIPAL DE SAÚDE, INCLUINDO DESPESAS PAGAS PELO FUNDO MUNICIPAL NO EXERCÍCIO FINANCEIRO DE 2025.</t>
+  </si>
+  <si>
+    <t>15971</t>
+  </si>
+  <si>
+    <t>Hilário Oliveira Neto, Martim Trarbach, Pastor Adriano</t>
+  </si>
+  <si>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15971/req_42-26.pdf</t>
+  </si>
+  <si>
+    <t>OS MEMBROS DA COMISSÃO PARLAMENTAR DE INQUÉRITO – CPI, INSTITUÍDA POR MEIO DA RESOLUÇÃO Nº 007/2025, DESTINADA A APURAR POSSÍVEIS IRREGULARIDADES NA EXECUÇÃO DO CONTRATO DE GESTÃO Nº 072/2025, FIRMADO ENTRE O FUNDO MUNICIPAL DE SAÚDE DE MARECHAL FLORIANO/ES E O INSTITUTO DE APOIO DO MEIO AMBIENTE, SAÚDE E ESPORTES – IAMASE, VÊM, RESPEITOSAMENTE, À PRESENÇA DO PLENÁRIO DESTA CASA DE LEIS, COM FUNDAMENTO NO § 3º DO ART. 31 DO REGIMENTO INTERNO DA CÂMARA MUNICIPAL DE MARECHAL FLORIANO, BEM COMO NO ART. 2º DA RESOLUÇÃO Nº 007/2025, REQUERER A PRORROGAÇÃO DO PRAZO DE FUNCIONAMENTO DA REFERIDA COMISSÃO PARLAMENTAR DE INQUÉRITO POR MAIS 60 (SESSENTA) DIAS.</t>
+  </si>
+  <si>
+    <t>15972</t>
+  </si>
+  <si>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15972/req_43.pdf</t>
+  </si>
+  <si>
+    <t>O VEREADOR QUE ESTE SUBSCREVE, NA FORMA REGIMENTAL E OUVINDO-SE O PLENÁRIO, VEM, RESPEITOSAMENTE, REQUERER AO CHEFE DO PODER EXECUTIVO MUNICIPAL QUE SEJAM ENCAMINHADAS A ESTA CASA LEGISLATIVA AS SEGUINTES INFORMAÇÕES E DOCUMENTOS.</t>
+  </si>
+  <si>
+    <t>15922</t>
+  </si>
+  <si>
+    <t>PEA</t>
+  </si>
+  <si>
+    <t>Proposta de Emenda Aditiva</t>
+  </si>
+  <si>
+    <t>Vaninho Stein, Chapolim Frasson, Diogo da AMAR, Martim Trarbach, Pastor Adriano</t>
+  </si>
+  <si>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15922/proposta__de_emenda__aditiva__01.pdf</t>
+  </si>
+  <si>
+    <t>ACRESCENTA DISPOSITIVOS À LEI ORGÂNICA MUNICIPAL PARA ASSEGURAR O LIVRE ACESSO DOS VEREADORES ÀS REPARTIÇÕES PÚBLICAS MUNICIPAIS, REFORÇANDO A FUNÇÃO CONSTITUCIONAL DE FISCALIZAÇÃO DO PODER LEGISLATIVO</t>
+  </si>
+  <si>
     <t>15786</t>
   </si>
   <si>
-    <t>2026</t>
-[...4 lines deleted...]
-  <si>
     <t>RR</t>
   </si>
   <si>
     <t>Resposta de Requerimento</t>
   </si>
   <si>
-    <t>Antônio Lidiney Gobbi</t>
-[...2 lines deleted...]
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15786/resposta_a_resolucao_007-2025_06-01-2026.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15786/resposta_a_resolucao_007-2025_06-01-2026.pdf</t>
   </si>
   <si>
     <t>RESPOSTA AO REQUERIMENTO DA CÂMARA MUNICIPAL DE MARECHAL FLORIANO, NO ÂMBITO DA CPI INSTITUÍDA PELA RESOLUÇÃO Nº 007/2025</t>
   </si>
   <si>
     <t>15787</t>
   </si>
   <si>
-    <t>2</t>
-[...2 lines deleted...]
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15787/32.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15787/32.pdf</t>
   </si>
   <si>
     <t>REFERENTE AO REQUERIMENTO Nº 116/2025 DE AUTORIA DOS VEREADORES DIOGO ENDLICH DE OLIVEIRA, ANGELO TRASPADINI, JOÃO CABRAL RODRIGUES CANCELLIERI, CEZAR TADEU RONCHI JUNIOR, REINALDO VALENTIM FRASSON, ABRÃO LEVI KIFFER, HILÁRIO OLIVEIRA NETO, JUAREZ JOSÉ XAVIER, MARTIM MIGUEL TRARBACH E ADRIANO DOMINGOS CIURLLETI</t>
+  </si>
+  <si>
+    <t>15795</t>
+  </si>
+  <si>
+    <t>Ramon Rigoni Gobetti</t>
+  </si>
+  <si>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15795/resp_requ_113-2025.pdf</t>
+  </si>
+  <si>
+    <t>REFERENTE AO REQUERIMENTO Nº 113/2025, DE AUTORIA DO VEREADOR ADRIANO DOMINGOS CIURLLETI</t>
+  </si>
+  <si>
+    <t>15860</t>
+  </si>
+  <si>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15860/resp6.pdf</t>
+  </si>
+  <si>
+    <t>REFERENTE AO REQUERIMENTO Nº 118/2025, DE AUTORIA DO VEREADOR ADRIANO DOMINGOS CIURLLETI</t>
+  </si>
+  <si>
+    <t>15861</t>
+  </si>
+  <si>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15861/resp7.pdf</t>
+  </si>
+  <si>
+    <t>15897</t>
+  </si>
+  <si>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15897/256.pdf</t>
+  </si>
+  <si>
+    <t>REFERENTE AO REQUERIMENTO Nº 11/2026, DE AUTORIA DO VEREADOR DORIVANIO STEIN</t>
+  </si>
+  <si>
+    <t>15898</t>
+  </si>
+  <si>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15898/259.pdf</t>
+  </si>
+  <si>
+    <t>REFERENTE AO REQUERIMENTO Nº 09/2026, DE AUTORIA DO VEREADOR ADRIANO DOMINGOS CIURLLETI</t>
+  </si>
+  <si>
+    <t>15909</t>
+  </si>
+  <si>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15909/res_req_.pdf</t>
+  </si>
+  <si>
+    <t>REFERENTE AO REQUERIMENTO Nº 03/2026, DE AUTORIA DO VEREADOR REINALDO VALENTIM FRASSON</t>
+  </si>
+  <si>
+    <t>15911</t>
+  </si>
+  <si>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15911/278.pdf</t>
+  </si>
+  <si>
+    <t>REFERENTE AO REQUERIMENTO Nº 15/2026, DE AUTORIA DO VEREADOR JUAREZ JOSÉ XAVIER</t>
+  </si>
+  <si>
+    <t>15912</t>
+  </si>
+  <si>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15912/274.pdf</t>
+  </si>
+  <si>
+    <t>REFERENTE AO REQUERIMENTO Nº 04/2026, DE AUTORIA DA COMISSÃO DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO FINAL</t>
+  </si>
+  <si>
+    <t>15913</t>
+  </si>
+  <si>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15913/275.pdf</t>
+  </si>
+  <si>
+    <t>REFERENTE AO REQUERIMENTO Nº 06/2026, DE AUTORIA DO VEREADOR JUAREZ JOSÉ XAVIER</t>
+  </si>
+  <si>
+    <t>15914</t>
+  </si>
+  <si>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15914/276.pdf</t>
+  </si>
+  <si>
+    <t>REFERENTE AO REQUERIMENTO Nº 14/2026, DE AUTORIA DO VEREADOR JUAREZ JOSÉ XAVIER</t>
+  </si>
+  <si>
+    <t>15915</t>
+  </si>
+  <si>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15915/277_compressed.pdf</t>
+  </si>
+  <si>
+    <t>REFERENTE AO REQUERIMENTO Nº 13/2026, DE AUTORIA DO VEREADOR JUAREZ JOSÉ XAVIER</t>
+  </si>
+  <si>
+    <t>15923</t>
+  </si>
+  <si>
+    <t>Thiago Freitas do Rosário</t>
+  </si>
+  <si>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15923/res_req.pdf</t>
+  </si>
+  <si>
+    <t>REFERENTE AO REQUERIMENTO Nº 21/2026, DE AUTORIA DO VEREADOR JOÃO CABRAL RODRIGUES CANCELLIERI</t>
+  </si>
+  <si>
+    <t>15924</t>
+  </si>
+  <si>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15924/resp_req.pdf</t>
+  </si>
+  <si>
+    <t>15925</t>
+  </si>
+  <si>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15925/308.pdf</t>
+  </si>
+  <si>
+    <t>REFERENTE AO REQUERIMENTO Nº 20/2026, DE AUTORIA DO VEREADOR HILÁRIO OLIVEIRA NETO</t>
+  </si>
+  <si>
+    <t>15926</t>
+  </si>
+  <si>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15926/309.pdf</t>
+  </si>
+  <si>
+    <t>REFERENTE AO REQUERIMENTO Nº 030/2026, DE AUTORIA DO VEREADOR HILÁRIO OLIVEIRA NETO</t>
+  </si>
+  <si>
+    <t>15927</t>
+  </si>
+  <si>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15927/310.pdf</t>
+  </si>
+  <si>
+    <t>REFERENTE AO REQUERIMENTO Nº 025/2026, DE AUTORIA DO VEREADOR CEZAR TADEU RONCHI JUNIOR</t>
+  </si>
+  <si>
+    <t>15935</t>
+  </si>
+  <si>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15935/325.pdf</t>
+  </si>
+  <si>
+    <t>REFERENTE AO REQUERIMENTO Nº 02/2026, DE AUTORIA DO VEREADOR ADRIANO DOMINGOS CIURLLETI</t>
+  </si>
+  <si>
+    <t>15936</t>
+  </si>
+  <si>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15936/326.pdf</t>
+  </si>
+  <si>
+    <t>REFERENTE AO REQUERIMENTO Nº 01/2026, DE AUTORIA DOS VEREADORES ABRÃO LEVI KIFFER E ADRIANO DOMINGOS CIURLLETI</t>
+  </si>
+  <si>
+    <t>15937</t>
+  </si>
+  <si>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15937/327.pdf</t>
+  </si>
+  <si>
+    <t>REFERENTE AO REQUERIMENTO Nº 26/2026, DE AUTORIA DO VEREADOR DIOGO ENDLICH DE OLIVEIRA</t>
+  </si>
+  <si>
+    <t>15938</t>
+  </si>
+  <si>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15938/328.pdf</t>
+  </si>
+  <si>
+    <t>REFERENTE AO REQUERIMENTO Nº 29/2026, DE AUTORIA DO VEREADOR HILÁRIO OLIVEIRA NETO</t>
+  </si>
+  <si>
+    <t>15939</t>
+  </si>
+  <si>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15939/329.pdf</t>
+  </si>
+  <si>
+    <t>REFERENTE AO REQUERIMENTO Nº 19/2026, DE AUTORIA DO VEREADOR HILÁRIO OLIVEIRA NETO</t>
+  </si>
+  <si>
+    <t>15940</t>
+  </si>
+  <si>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15940/330.pdf</t>
+  </si>
+  <si>
+    <t>REFERENTE AO REQUERIMENTO Nº 008/2026, DE AUTORIA DO VEREADOR MARTIM MIGUEL TRARBACH</t>
+  </si>
+  <si>
+    <t>15941</t>
+  </si>
+  <si>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15941/331.pdf</t>
+  </si>
+  <si>
+    <t>REFERENTE AO REQUERIMENTO Nº 018/2026, DE AUTORIA DO VEREADOR DIOGO ENDLICH DE OLIVEIRA</t>
+  </si>
+  <si>
+    <t>15942</t>
+  </si>
+  <si>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15942/344.pdf</t>
+  </si>
+  <si>
+    <t>REFERENTE AO REQUERIMENTO Nº 27/2026, DE AUTORIA DO VEREADOR  DIOGO ENDLICH DE OLIVEIRA</t>
+  </si>
+  <si>
+    <t>15943</t>
+  </si>
+  <si>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15943/345.pdf</t>
+  </si>
+  <si>
+    <t>REFERENTE AO REQUERIMENTO Nº 10/2026, DE AUTORIA DOS VEREADORES ADRIANO DOMINGOS CIURLLETI E MARTIM MIGUEL TRARBACH</t>
+  </si>
+  <si>
+    <t>15862</t>
+  </si>
+  <si>
+    <t>RI</t>
+  </si>
+  <si>
+    <t>Resposta de Indicação</t>
+  </si>
+  <si>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15862/resp5.pdf</t>
+  </si>
+  <si>
+    <t>REFERENTE A INDICAÇÃO Nº 08/2026, DE AUTORIA DO VEREADOR DORIVANIO STEIN</t>
+  </si>
+  <si>
+    <t>15863</t>
+  </si>
+  <si>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15863/resp4.pdf</t>
+  </si>
+  <si>
+    <t>REFERENTE A INDICAÇÃO Nº 04/2025, DE AUTORIA DO VEREADOR CEZAR TADEU RONCHI JUNIOR</t>
+  </si>
+  <si>
+    <t>15899</t>
+  </si>
+  <si>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15899/261.pdf</t>
+  </si>
+  <si>
+    <t>REFERENTE A INDICAÇÃO Nº 20/2026, DE AUTORIA DO VEREADOR JOÃO CABRAL RODRIGUES CANCELLIERI</t>
+  </si>
+  <si>
+    <t>15900</t>
+  </si>
+  <si>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15900/262.pdf</t>
+  </si>
+  <si>
+    <t>REFERENTE A INDICAÇÃO Nº 21/2026, DE AUTORIA DO VEREADOR JOÃO CABRAL RODRIGUES CANCELLIERI</t>
+  </si>
+  <si>
+    <t>15901</t>
+  </si>
+  <si>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15901/263.pdf</t>
+  </si>
+  <si>
+    <t>REFERENTE A INDICAÇÃO Nº 19/2026, DE AUTORIA DO VEREADOR JOÃO CABRAL RODRIGUES CANCELLIERI</t>
+  </si>
+  <si>
+    <t>15902</t>
+  </si>
+  <si>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15902/264.pdf</t>
+  </si>
+  <si>
+    <t>REFERENTE A INDICAÇÃO Nº 03/2026, DE AUTORIA DO VEREADOR CEZAR TADEU RONCHI JUNIOR</t>
+  </si>
+  <si>
+    <t>15903</t>
+  </si>
+  <si>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15903/265.pdf</t>
+  </si>
+  <si>
+    <t>REFERENTE A INDICAÇÃO Nº 14/2026, DE AUTORIA DO VEREADOR REINALDO VALENTIM FRASSON</t>
+  </si>
+  <si>
+    <t>15904</t>
+  </si>
+  <si>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15904/266.pdf</t>
+  </si>
+  <si>
+    <t>REFERENTE A INDICAÇÃO Nº 16/2026, DE AUTORIA DO VEREADOR ABRÃO LEVI KIFFER</t>
+  </si>
+  <si>
+    <t>15905</t>
+  </si>
+  <si>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15905/267.pdf</t>
+  </si>
+  <si>
+    <t>REFERENTE A INDICAÇÃO Nº 13/2026, DE AUTORIA DO VEREADOR REINALDO VALENTIM FRASSON</t>
+  </si>
+  <si>
+    <t>15906</t>
+  </si>
+  <si>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15906/268.pdf</t>
+  </si>
+  <si>
+    <t>REFERENTE A INDICAÇÃO Nº 10/2026, DE AUTORIA DO VEREADOR HILÁRIO OLIVEIRA NETO</t>
+  </si>
+  <si>
+    <t>15907</t>
+  </si>
+  <si>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15907/269.pdf</t>
+  </si>
+  <si>
+    <t>REFERENTE A INDICAÇÃO Nº 06/2026, DE AUTORIA DO VEREADOR DIOGO ENDLICH DE OLIVEIRA</t>
+  </si>
+  <si>
+    <t>15908</t>
+  </si>
+  <si>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15908/270.pdf</t>
+  </si>
+  <si>
+    <t>REFERENTE A INDICAÇÃO Nº 18/2026, DE AUTORIA DO VEREADOR MARTIM MIGUEL TRARBACH</t>
+  </si>
+  <si>
+    <t>15928</t>
+  </si>
+  <si>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15928/312.pdf</t>
+  </si>
+  <si>
+    <t>REFERENTE A INDICAÇÃO Nº 026/2026, DE AUTORIA DO VEREADOR DIOGO ENDLICH</t>
+  </si>
+  <si>
+    <t>15929</t>
+  </si>
+  <si>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15929/313.pdf</t>
+  </si>
+  <si>
+    <t>REFERENTE A INDICAÇÃO Nº 37/2026, DE AUTORIA DO VEREADOR JOÃO CABRAL RODRIGUES CANCELLIERI</t>
+  </si>
+  <si>
+    <t>15930</t>
+  </si>
+  <si>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15930/337.pdf</t>
+  </si>
+  <si>
+    <t>REFERENTE A INDICAÇÃO Nº 168/2025, DE AUTORIA DO VEREADOR JUAREZ JOSÉ XAVIER</t>
+  </si>
+  <si>
+    <t>15931</t>
+  </si>
+  <si>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15931/339.pdf</t>
+  </si>
+  <si>
+    <t>REFERENTE A INDICAÇÃO Nº 23/2026, DE AUTORIA DO VEREADOR ANGELO FERNANDES TRASPADINI</t>
+  </si>
+  <si>
+    <t>15932</t>
+  </si>
+  <si>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15932/340.pdf</t>
+  </si>
+  <si>
+    <t>REFERENTE A INDICAÇÃO Nº 30/2026, DE AUTORIA DO VEREADOR JOÃO CABRAL RODRIGUES CANCELLIERI</t>
+  </si>
+  <si>
+    <t>15933</t>
+  </si>
+  <si>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15933/341.pdf</t>
+  </si>
+  <si>
+    <t>REFERENTE A INDICAÇÃO Nº 27/2026, DE AUTORIA DO VEREADOR DORIVANIO STEIN</t>
+  </si>
+  <si>
+    <t>15934</t>
+  </si>
+  <si>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15934/342.pdf</t>
+  </si>
+  <si>
+    <t>REFERENTE A INDICAÇÃO Nº 31/2026, DE AUTORIA DO VEREADOR REINALDO VALENTIM FRASSON</t>
+  </si>
+  <si>
+    <t>15944</t>
+  </si>
+  <si>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15944/360.pdf</t>
+  </si>
+  <si>
+    <t>REFERENTE A INDICAÇÃO Nº 02/2026, DE AUTORIA DO VEREADOR ANGELO FERNANDES TRASPADINI</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -417,68 +2384,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15786/resposta_a_resolucao_007-2025_06-01-2026.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15787/32.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15801/ind_01.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15803/ind_02.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15805/ind_03.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15806/ind_04.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15807/ind_05.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15808/ind_06.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15809/ind_07.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15810/ind_08.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15811/ind_09.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15812/ind_10.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15813/ind_11.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15814/ind_12.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15815/ind_13.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15816/ind_14.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15817/ind_015.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15818/ind_16.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15819/ind_17.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15820/ind_18.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15821/ind_19.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15822/ind_20.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15823/ind_21.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15831/ind__22.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15832/ind__23.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15833/ind_24.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15834/ind__25.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15835/ind__26.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15836/ind__27.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15837/ind___28.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15838/ind__29.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15839/ind_30.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15864/ind_31.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15877/201.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15865/ind_33.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15879/ind__34.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15880/ind__35.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15881/ind__36.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15882/ind__37.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15883/ind__38.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15884/ind__39.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15945/ind_40.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15946/ind_41.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15947/ind_42.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15948/ind_43.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15949/ind_44.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15950/ind_45.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15951/ind_46.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15952/ind_47.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15953/ind_48.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15954/ind_49.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15955/ind_50.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15956/ind_51.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15957/ind_52.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15974/ind_53.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15975/ind_54.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15840/moc_01.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15867/par01.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15868/par02.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15869/par03.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15870/par04.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15853/par06.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15854/par07.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15855/par08.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15856/par09.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15857/par010.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15858/par011.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15859/par012.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15916/parecer__013.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15917/parecer__014.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15918/parecer__015.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15919/parecer__016.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15920/parecer__017.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15796/pl_01-2026.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15791/pl_02-2026.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15792/pl_03-2026.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15793/pl_04-2026.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15794/pl_05-2026.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15866/pl__07.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15871/pl_08.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15872/pl_09.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15873/pl_10.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15842/pl__11.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15843/pl_12.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15844/pl_13.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15845/pl_14.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15846/pl_15.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15893/pl_16.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15894/pl__17.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15895/pl__18.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15973/pl_19.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15958/pl_20.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15959/pl_21.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15960/pl_22.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15961/pl_23.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15962/pl_24.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15876/req_01.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15797/req_02.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15798/req_03.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15799/req_04.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15800/req_05.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15802/req_06.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15804/req_08.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15824/req_09_-_28.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15825/req_10.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15826/req_11.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15827/req_12.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15828/req_13.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15829/req_14.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15830/req_15.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15847/req_16.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15878/req_17.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15848/req_18.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15849/req__19.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15850/req__20.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15851/req_21.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15852/req_22.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15885/req__23.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15886/req__24.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15887/req__25.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15888/req__26.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15889/req__27.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15896/req_28.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15890/req___29.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15891/req__30.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15892/req__31.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15921/req__033.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15963/req_34.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15964/req_35.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15965/req_36.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15966/req_37.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15967/req_38.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15968/req_39.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15969/req_40.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15970/req_41.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15971/req_42-26.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15972/req_43.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15922/proposta__de_emenda__aditiva__01.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15786/resposta_a_resolucao_007-2025_06-01-2026.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15787/32.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15795/resp_requ_113-2025.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15860/resp6.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15861/resp7.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15897/256.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15898/259.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15909/res_req_.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15911/278.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15912/274.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15913/275.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15914/276.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15915/277_compressed.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15923/res_req.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15924/resp_req.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15925/308.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15926/309.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15927/310.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15935/325.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15936/326.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15937/327.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15938/328.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15939/329.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15940/330.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15941/331.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15942/344.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15943/345.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15862/resp5.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15863/resp4.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15899/261.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15900/262.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15901/263.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15902/264.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15903/265.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15904/266.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15905/267.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15906/268.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15907/269.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15908/270.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15928/312.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15929/313.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15930/337.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15931/339.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15932/340.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15933/341.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15934/342.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2026/15944/360.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H3"/>
+  <dimension ref="A1:H184"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
-    <col min="6" max="6" width="20.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="122.7109375" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="141" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="121.85546875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
@@ -516,54 +2483,4941 @@
       <c r="A3" t="s">
         <v>16</v>
       </c>
       <c r="B3" t="s">
         <v>9</v>
       </c>
       <c r="C3" t="s">
         <v>17</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" s="1" t="s">
         <v>18</v>
       </c>
       <c r="H3" t="s">
         <v>19</v>
       </c>
     </row>
+    <row r="4" spans="1:8">
+      <c r="A4" t="s">
+        <v>20</v>
+      </c>
+      <c r="B4" t="s">
+        <v>9</v>
+      </c>
+      <c r="C4" t="s">
+        <v>21</v>
+      </c>
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
+        <v>12</v>
+      </c>
+      <c r="F4" t="s">
+        <v>22</v>
+      </c>
+      <c r="G4" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="H4" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="5" spans="1:8">
+      <c r="A5" t="s">
+        <v>25</v>
+      </c>
+      <c r="B5" t="s">
+        <v>9</v>
+      </c>
+      <c r="C5" t="s">
+        <v>26</v>
+      </c>
+      <c r="D5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F5" t="s">
+        <v>22</v>
+      </c>
+      <c r="G5" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="H5" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="6" spans="1:8">
+      <c r="A6" t="s">
+        <v>29</v>
+      </c>
+      <c r="B6" t="s">
+        <v>9</v>
+      </c>
+      <c r="C6" t="s">
+        <v>30</v>
+      </c>
+      <c r="D6" t="s">
+        <v>11</v>
+      </c>
+      <c r="E6" t="s">
+        <v>12</v>
+      </c>
+      <c r="F6" t="s">
+        <v>22</v>
+      </c>
+      <c r="G6" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="H6" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="7" spans="1:8">
+      <c r="A7" t="s">
+        <v>33</v>
+      </c>
+      <c r="B7" t="s">
+        <v>9</v>
+      </c>
+      <c r="C7" t="s">
+        <v>34</v>
+      </c>
+      <c r="D7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E7" t="s">
+        <v>12</v>
+      </c>
+      <c r="F7" t="s">
+        <v>35</v>
+      </c>
+      <c r="G7" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="H7" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="8" spans="1:8">
+      <c r="A8" t="s">
+        <v>38</v>
+      </c>
+      <c r="B8" t="s">
+        <v>9</v>
+      </c>
+      <c r="C8" t="s">
+        <v>39</v>
+      </c>
+      <c r="D8" t="s">
+        <v>11</v>
+      </c>
+      <c r="E8" t="s">
+        <v>12</v>
+      </c>
+      <c r="F8" t="s">
+        <v>35</v>
+      </c>
+      <c r="G8" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H8" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="9" spans="1:8">
+      <c r="A9" t="s">
+        <v>42</v>
+      </c>
+      <c r="B9" t="s">
+        <v>9</v>
+      </c>
+      <c r="C9" t="s">
+        <v>43</v>
+      </c>
+      <c r="D9" t="s">
+        <v>11</v>
+      </c>
+      <c r="E9" t="s">
+        <v>12</v>
+      </c>
+      <c r="F9" t="s">
+        <v>44</v>
+      </c>
+      <c r="G9" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="H9" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="10" spans="1:8">
+      <c r="A10" t="s">
+        <v>47</v>
+      </c>
+      <c r="B10" t="s">
+        <v>9</v>
+      </c>
+      <c r="C10" t="s">
+        <v>48</v>
+      </c>
+      <c r="D10" t="s">
+        <v>11</v>
+      </c>
+      <c r="E10" t="s">
+        <v>12</v>
+      </c>
+      <c r="F10" t="s">
+        <v>44</v>
+      </c>
+      <c r="G10" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="H10" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="11" spans="1:8">
+      <c r="A11" t="s">
+        <v>51</v>
+      </c>
+      <c r="B11" t="s">
+        <v>9</v>
+      </c>
+      <c r="C11" t="s">
+        <v>52</v>
+      </c>
+      <c r="D11" t="s">
+        <v>11</v>
+      </c>
+      <c r="E11" t="s">
+        <v>12</v>
+      </c>
+      <c r="F11" t="s">
+        <v>53</v>
+      </c>
+      <c r="G11" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="H11" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="12" spans="1:8">
+      <c r="A12" t="s">
+        <v>56</v>
+      </c>
+      <c r="B12" t="s">
+        <v>9</v>
+      </c>
+      <c r="C12" t="s">
+        <v>57</v>
+      </c>
+      <c r="D12" t="s">
+        <v>11</v>
+      </c>
+      <c r="E12" t="s">
+        <v>12</v>
+      </c>
+      <c r="F12" t="s">
+        <v>53</v>
+      </c>
+      <c r="G12" s="1" t="s">
+        <v>58</v>
+      </c>
+      <c r="H12" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="13" spans="1:8">
+      <c r="A13" t="s">
+        <v>60</v>
+      </c>
+      <c r="B13" t="s">
+        <v>9</v>
+      </c>
+      <c r="C13" t="s">
+        <v>61</v>
+      </c>
+      <c r="D13" t="s">
+        <v>11</v>
+      </c>
+      <c r="E13" t="s">
+        <v>12</v>
+      </c>
+      <c r="F13" t="s">
+        <v>53</v>
+      </c>
+      <c r="G13" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="H13" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="14" spans="1:8">
+      <c r="A14" t="s">
+        <v>64</v>
+      </c>
+      <c r="B14" t="s">
+        <v>9</v>
+      </c>
+      <c r="C14" t="s">
+        <v>65</v>
+      </c>
+      <c r="D14" t="s">
+        <v>11</v>
+      </c>
+      <c r="E14" t="s">
+        <v>12</v>
+      </c>
+      <c r="F14" t="s">
+        <v>66</v>
+      </c>
+      <c r="G14" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="H14" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="15" spans="1:8">
+      <c r="A15" t="s">
+        <v>69</v>
+      </c>
+      <c r="B15" t="s">
+        <v>9</v>
+      </c>
+      <c r="C15" t="s">
+        <v>70</v>
+      </c>
+      <c r="D15" t="s">
+        <v>11</v>
+      </c>
+      <c r="E15" t="s">
+        <v>12</v>
+      </c>
+      <c r="F15" t="s">
+        <v>66</v>
+      </c>
+      <c r="G15" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="H15" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="16" spans="1:8">
+      <c r="A16" t="s">
+        <v>73</v>
+      </c>
+      <c r="B16" t="s">
+        <v>9</v>
+      </c>
+      <c r="C16" t="s">
+        <v>74</v>
+      </c>
+      <c r="D16" t="s">
+        <v>11</v>
+      </c>
+      <c r="E16" t="s">
+        <v>12</v>
+      </c>
+      <c r="F16" t="s">
+        <v>75</v>
+      </c>
+      <c r="G16" s="1" t="s">
+        <v>76</v>
+      </c>
+      <c r="H16" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="17" spans="1:8">
+      <c r="A17" t="s">
+        <v>78</v>
+      </c>
+      <c r="B17" t="s">
+        <v>9</v>
+      </c>
+      <c r="C17" t="s">
+        <v>79</v>
+      </c>
+      <c r="D17" t="s">
+        <v>11</v>
+      </c>
+      <c r="E17" t="s">
+        <v>12</v>
+      </c>
+      <c r="F17" t="s">
+        <v>80</v>
+      </c>
+      <c r="G17" s="1" t="s">
+        <v>81</v>
+      </c>
+      <c r="H17" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="18" spans="1:8">
+      <c r="A18" t="s">
+        <v>83</v>
+      </c>
+      <c r="B18" t="s">
+        <v>9</v>
+      </c>
+      <c r="C18" t="s">
+        <v>84</v>
+      </c>
+      <c r="D18" t="s">
+        <v>11</v>
+      </c>
+      <c r="E18" t="s">
+        <v>12</v>
+      </c>
+      <c r="F18" t="s">
+        <v>85</v>
+      </c>
+      <c r="G18" s="1" t="s">
+        <v>86</v>
+      </c>
+      <c r="H18" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="19" spans="1:8">
+      <c r="A19" t="s">
+        <v>88</v>
+      </c>
+      <c r="B19" t="s">
+        <v>9</v>
+      </c>
+      <c r="C19" t="s">
+        <v>89</v>
+      </c>
+      <c r="D19" t="s">
+        <v>11</v>
+      </c>
+      <c r="E19" t="s">
+        <v>12</v>
+      </c>
+      <c r="F19" t="s">
+        <v>75</v>
+      </c>
+      <c r="G19" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="H19" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="20" spans="1:8">
+      <c r="A20" t="s">
+        <v>92</v>
+      </c>
+      <c r="B20" t="s">
+        <v>9</v>
+      </c>
+      <c r="C20" t="s">
+        <v>93</v>
+      </c>
+      <c r="D20" t="s">
+        <v>11</v>
+      </c>
+      <c r="E20" t="s">
+        <v>12</v>
+      </c>
+      <c r="F20" t="s">
+        <v>94</v>
+      </c>
+      <c r="G20" s="1" t="s">
+        <v>95</v>
+      </c>
+      <c r="H20" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="21" spans="1:8">
+      <c r="A21" t="s">
+        <v>97</v>
+      </c>
+      <c r="B21" t="s">
+        <v>9</v>
+      </c>
+      <c r="C21" t="s">
+        <v>98</v>
+      </c>
+      <c r="D21" t="s">
+        <v>11</v>
+      </c>
+      <c r="E21" t="s">
+        <v>12</v>
+      </c>
+      <c r="F21" t="s">
+        <v>94</v>
+      </c>
+      <c r="G21" s="1" t="s">
+        <v>99</v>
+      </c>
+      <c r="H21" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="22" spans="1:8">
+      <c r="A22" t="s">
+        <v>101</v>
+      </c>
+      <c r="B22" t="s">
+        <v>9</v>
+      </c>
+      <c r="C22" t="s">
+        <v>102</v>
+      </c>
+      <c r="D22" t="s">
+        <v>11</v>
+      </c>
+      <c r="E22" t="s">
+        <v>12</v>
+      </c>
+      <c r="F22" t="s">
+        <v>94</v>
+      </c>
+      <c r="G22" s="1" t="s">
+        <v>103</v>
+      </c>
+      <c r="H22" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="23" spans="1:8">
+      <c r="A23" t="s">
+        <v>105</v>
+      </c>
+      <c r="B23" t="s">
+        <v>9</v>
+      </c>
+      <c r="C23" t="s">
+        <v>106</v>
+      </c>
+      <c r="D23" t="s">
+        <v>11</v>
+      </c>
+      <c r="E23" t="s">
+        <v>12</v>
+      </c>
+      <c r="F23" t="s">
+        <v>107</v>
+      </c>
+      <c r="G23" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="H23" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="24" spans="1:8">
+      <c r="A24" t="s">
+        <v>110</v>
+      </c>
+      <c r="B24" t="s">
+        <v>9</v>
+      </c>
+      <c r="C24" t="s">
+        <v>111</v>
+      </c>
+      <c r="D24" t="s">
+        <v>11</v>
+      </c>
+      <c r="E24" t="s">
+        <v>12</v>
+      </c>
+      <c r="F24" t="s">
+        <v>13</v>
+      </c>
+      <c r="G24" s="1" t="s">
+        <v>112</v>
+      </c>
+      <c r="H24" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="25" spans="1:8">
+      <c r="A25" t="s">
+        <v>114</v>
+      </c>
+      <c r="B25" t="s">
+        <v>9</v>
+      </c>
+      <c r="C25" t="s">
+        <v>115</v>
+      </c>
+      <c r="D25" t="s">
+        <v>11</v>
+      </c>
+      <c r="E25" t="s">
+        <v>12</v>
+      </c>
+      <c r="F25" t="s">
+        <v>13</v>
+      </c>
+      <c r="G25" s="1" t="s">
+        <v>116</v>
+      </c>
+      <c r="H25" t="s">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="26" spans="1:8">
+      <c r="A26" t="s">
+        <v>118</v>
+      </c>
+      <c r="B26" t="s">
+        <v>9</v>
+      </c>
+      <c r="C26" t="s">
+        <v>119</v>
+      </c>
+      <c r="D26" t="s">
+        <v>11</v>
+      </c>
+      <c r="E26" t="s">
+        <v>12</v>
+      </c>
+      <c r="F26" t="s">
+        <v>13</v>
+      </c>
+      <c r="G26" s="1" t="s">
+        <v>120</v>
+      </c>
+      <c r="H26" t="s">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="27" spans="1:8">
+      <c r="A27" t="s">
+        <v>122</v>
+      </c>
+      <c r="B27" t="s">
+        <v>9</v>
+      </c>
+      <c r="C27" t="s">
+        <v>123</v>
+      </c>
+      <c r="D27" t="s">
+        <v>11</v>
+      </c>
+      <c r="E27" t="s">
+        <v>12</v>
+      </c>
+      <c r="F27" t="s">
+        <v>35</v>
+      </c>
+      <c r="G27" s="1" t="s">
+        <v>124</v>
+      </c>
+      <c r="H27" t="s">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="28" spans="1:8">
+      <c r="A28" t="s">
+        <v>126</v>
+      </c>
+      <c r="B28" t="s">
+        <v>9</v>
+      </c>
+      <c r="C28" t="s">
+        <v>127</v>
+      </c>
+      <c r="D28" t="s">
+        <v>11</v>
+      </c>
+      <c r="E28" t="s">
+        <v>12</v>
+      </c>
+      <c r="F28" t="s">
+        <v>44</v>
+      </c>
+      <c r="G28" s="1" t="s">
+        <v>128</v>
+      </c>
+      <c r="H28" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="29" spans="1:8">
+      <c r="A29" t="s">
+        <v>130</v>
+      </c>
+      <c r="B29" t="s">
+        <v>9</v>
+      </c>
+      <c r="C29" t="s">
+        <v>131</v>
+      </c>
+      <c r="D29" t="s">
+        <v>11</v>
+      </c>
+      <c r="E29" t="s">
+        <v>12</v>
+      </c>
+      <c r="F29" t="s">
+        <v>75</v>
+      </c>
+      <c r="G29" s="1" t="s">
+        <v>132</v>
+      </c>
+      <c r="H29" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="30" spans="1:8">
+      <c r="A30" t="s">
+        <v>134</v>
+      </c>
+      <c r="B30" t="s">
+        <v>9</v>
+      </c>
+      <c r="C30" t="s">
+        <v>135</v>
+      </c>
+      <c r="D30" t="s">
+        <v>11</v>
+      </c>
+      <c r="E30" t="s">
+        <v>12</v>
+      </c>
+      <c r="F30" t="s">
+        <v>75</v>
+      </c>
+      <c r="G30" s="1" t="s">
+        <v>136</v>
+      </c>
+      <c r="H30" t="s">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="31" spans="1:8">
+      <c r="A31" t="s">
+        <v>138</v>
+      </c>
+      <c r="B31" t="s">
+        <v>9</v>
+      </c>
+      <c r="C31" t="s">
+        <v>139</v>
+      </c>
+      <c r="D31" t="s">
+        <v>11</v>
+      </c>
+      <c r="E31" t="s">
+        <v>12</v>
+      </c>
+      <c r="F31" t="s">
+        <v>94</v>
+      </c>
+      <c r="G31" s="1" t="s">
+        <v>140</v>
+      </c>
+      <c r="H31" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="32" spans="1:8">
+      <c r="A32" t="s">
+        <v>142</v>
+      </c>
+      <c r="B32" t="s">
+        <v>9</v>
+      </c>
+      <c r="C32" t="s">
+        <v>143</v>
+      </c>
+      <c r="D32" t="s">
+        <v>11</v>
+      </c>
+      <c r="E32" t="s">
+        <v>12</v>
+      </c>
+      <c r="F32" t="s">
+        <v>66</v>
+      </c>
+      <c r="G32" s="1" t="s">
+        <v>144</v>
+      </c>
+      <c r="H32" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="33" spans="1:8">
+      <c r="A33" t="s">
+        <v>146</v>
+      </c>
+      <c r="B33" t="s">
+        <v>9</v>
+      </c>
+      <c r="C33" t="s">
+        <v>147</v>
+      </c>
+      <c r="D33" t="s">
+        <v>11</v>
+      </c>
+      <c r="E33" t="s">
+        <v>12</v>
+      </c>
+      <c r="F33" t="s">
+        <v>80</v>
+      </c>
+      <c r="G33" s="1" t="s">
+        <v>148</v>
+      </c>
+      <c r="H33" t="s">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="34" spans="1:8">
+      <c r="A34" t="s">
+        <v>150</v>
+      </c>
+      <c r="B34" t="s">
+        <v>9</v>
+      </c>
+      <c r="C34" t="s">
+        <v>151</v>
+      </c>
+      <c r="D34" t="s">
+        <v>11</v>
+      </c>
+      <c r="E34" t="s">
+        <v>12</v>
+      </c>
+      <c r="F34" t="s">
+        <v>107</v>
+      </c>
+      <c r="G34" s="1" t="s">
+        <v>152</v>
+      </c>
+      <c r="H34" t="s">
+        <v>153</v>
+      </c>
+    </row>
+    <row r="35" spans="1:8">
+      <c r="A35" t="s">
+        <v>154</v>
+      </c>
+      <c r="B35" t="s">
+        <v>9</v>
+      </c>
+      <c r="C35" t="s">
+        <v>155</v>
+      </c>
+      <c r="D35" t="s">
+        <v>11</v>
+      </c>
+      <c r="E35" t="s">
+        <v>12</v>
+      </c>
+      <c r="F35" t="s">
+        <v>80</v>
+      </c>
+      <c r="G35" s="1" t="s">
+        <v>156</v>
+      </c>
+      <c r="H35" t="s">
+        <v>157</v>
+      </c>
+    </row>
+    <row r="36" spans="1:8">
+      <c r="A36" t="s">
+        <v>158</v>
+      </c>
+      <c r="B36" t="s">
+        <v>9</v>
+      </c>
+      <c r="C36" t="s">
+        <v>159</v>
+      </c>
+      <c r="D36" t="s">
+        <v>11</v>
+      </c>
+      <c r="E36" t="s">
+        <v>12</v>
+      </c>
+      <c r="F36" t="s">
+        <v>44</v>
+      </c>
+      <c r="G36" s="1" t="s">
+        <v>160</v>
+      </c>
+      <c r="H36" t="s">
+        <v>161</v>
+      </c>
+    </row>
+    <row r="37" spans="1:8">
+      <c r="A37" t="s">
+        <v>162</v>
+      </c>
+      <c r="B37" t="s">
+        <v>9</v>
+      </c>
+      <c r="C37" t="s">
+        <v>163</v>
+      </c>
+      <c r="D37" t="s">
+        <v>11</v>
+      </c>
+      <c r="E37" t="s">
+        <v>12</v>
+      </c>
+      <c r="F37" t="s">
+        <v>44</v>
+      </c>
+      <c r="G37" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="H37" t="s">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="38" spans="1:8">
+      <c r="A38" t="s">
+        <v>166</v>
+      </c>
+      <c r="B38" t="s">
+        <v>9</v>
+      </c>
+      <c r="C38" t="s">
+        <v>167</v>
+      </c>
+      <c r="D38" t="s">
+        <v>11</v>
+      </c>
+      <c r="E38" t="s">
+        <v>12</v>
+      </c>
+      <c r="F38" t="s">
+        <v>94</v>
+      </c>
+      <c r="G38" s="1" t="s">
+        <v>168</v>
+      </c>
+      <c r="H38" t="s">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="39" spans="1:8">
+      <c r="A39" t="s">
+        <v>170</v>
+      </c>
+      <c r="B39" t="s">
+        <v>9</v>
+      </c>
+      <c r="C39" t="s">
+        <v>171</v>
+      </c>
+      <c r="D39" t="s">
+        <v>11</v>
+      </c>
+      <c r="E39" t="s">
+        <v>12</v>
+      </c>
+      <c r="F39" t="s">
+        <v>66</v>
+      </c>
+      <c r="G39" s="1" t="s">
+        <v>172</v>
+      </c>
+      <c r="H39" t="s">
+        <v>173</v>
+      </c>
+    </row>
+    <row r="40" spans="1:8">
+      <c r="A40" t="s">
+        <v>174</v>
+      </c>
+      <c r="B40" t="s">
+        <v>9</v>
+      </c>
+      <c r="C40" t="s">
+        <v>175</v>
+      </c>
+      <c r="D40" t="s">
+        <v>11</v>
+      </c>
+      <c r="E40" t="s">
+        <v>12</v>
+      </c>
+      <c r="F40" t="s">
+        <v>176</v>
+      </c>
+      <c r="G40" s="1" t="s">
+        <v>177</v>
+      </c>
+      <c r="H40" t="s">
+        <v>178</v>
+      </c>
+    </row>
+    <row r="41" spans="1:8">
+      <c r="A41" t="s">
+        <v>179</v>
+      </c>
+      <c r="B41" t="s">
+        <v>9</v>
+      </c>
+      <c r="C41" t="s">
+        <v>180</v>
+      </c>
+      <c r="D41" t="s">
+        <v>11</v>
+      </c>
+      <c r="E41" t="s">
+        <v>12</v>
+      </c>
+      <c r="F41" t="s">
+        <v>107</v>
+      </c>
+      <c r="G41" s="1" t="s">
+        <v>181</v>
+      </c>
+      <c r="H41" t="s">
+        <v>182</v>
+      </c>
+    </row>
+    <row r="42" spans="1:8">
+      <c r="A42" t="s">
+        <v>183</v>
+      </c>
+      <c r="B42" t="s">
+        <v>9</v>
+      </c>
+      <c r="C42" t="s">
+        <v>184</v>
+      </c>
+      <c r="D42" t="s">
+        <v>11</v>
+      </c>
+      <c r="E42" t="s">
+        <v>12</v>
+      </c>
+      <c r="F42" t="s">
+        <v>13</v>
+      </c>
+      <c r="G42" s="1" t="s">
+        <v>185</v>
+      </c>
+      <c r="H42" t="s">
+        <v>186</v>
+      </c>
+    </row>
+    <row r="43" spans="1:8">
+      <c r="A43" t="s">
+        <v>187</v>
+      </c>
+      <c r="B43" t="s">
+        <v>9</v>
+      </c>
+      <c r="C43" t="s">
+        <v>188</v>
+      </c>
+      <c r="D43" t="s">
+        <v>11</v>
+      </c>
+      <c r="E43" t="s">
+        <v>12</v>
+      </c>
+      <c r="F43" t="s">
+        <v>13</v>
+      </c>
+      <c r="G43" s="1" t="s">
+        <v>189</v>
+      </c>
+      <c r="H43" t="s">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="44" spans="1:8">
+      <c r="A44" t="s">
+        <v>191</v>
+      </c>
+      <c r="B44" t="s">
+        <v>9</v>
+      </c>
+      <c r="C44" t="s">
+        <v>192</v>
+      </c>
+      <c r="D44" t="s">
+        <v>11</v>
+      </c>
+      <c r="E44" t="s">
+        <v>12</v>
+      </c>
+      <c r="F44" t="s">
+        <v>13</v>
+      </c>
+      <c r="G44" s="1" t="s">
+        <v>193</v>
+      </c>
+      <c r="H44" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="45" spans="1:8">
+      <c r="A45" t="s">
+        <v>195</v>
+      </c>
+      <c r="B45" t="s">
+        <v>9</v>
+      </c>
+      <c r="C45" t="s">
+        <v>196</v>
+      </c>
+      <c r="D45" t="s">
+        <v>11</v>
+      </c>
+      <c r="E45" t="s">
+        <v>12</v>
+      </c>
+      <c r="F45" t="s">
+        <v>44</v>
+      </c>
+      <c r="G45" s="1" t="s">
+        <v>197</v>
+      </c>
+      <c r="H45" t="s">
+        <v>198</v>
+      </c>
+    </row>
+    <row r="46" spans="1:8">
+      <c r="A46" t="s">
+        <v>199</v>
+      </c>
+      <c r="B46" t="s">
+        <v>9</v>
+      </c>
+      <c r="C46" t="s">
+        <v>200</v>
+      </c>
+      <c r="D46" t="s">
+        <v>11</v>
+      </c>
+      <c r="E46" t="s">
+        <v>12</v>
+      </c>
+      <c r="F46" t="s">
+        <v>44</v>
+      </c>
+      <c r="G46" s="1" t="s">
+        <v>201</v>
+      </c>
+      <c r="H46" t="s">
+        <v>202</v>
+      </c>
+    </row>
+    <row r="47" spans="1:8">
+      <c r="A47" t="s">
+        <v>203</v>
+      </c>
+      <c r="B47" t="s">
+        <v>9</v>
+      </c>
+      <c r="C47" t="s">
+        <v>204</v>
+      </c>
+      <c r="D47" t="s">
+        <v>11</v>
+      </c>
+      <c r="E47" t="s">
+        <v>12</v>
+      </c>
+      <c r="F47" t="s">
+        <v>44</v>
+      </c>
+      <c r="G47" s="1" t="s">
+        <v>205</v>
+      </c>
+      <c r="H47" t="s">
+        <v>206</v>
+      </c>
+    </row>
+    <row r="48" spans="1:8">
+      <c r="A48" t="s">
+        <v>207</v>
+      </c>
+      <c r="B48" t="s">
+        <v>9</v>
+      </c>
+      <c r="C48" t="s">
+        <v>208</v>
+      </c>
+      <c r="D48" t="s">
+        <v>11</v>
+      </c>
+      <c r="E48" t="s">
+        <v>12</v>
+      </c>
+      <c r="F48" t="s">
+        <v>53</v>
+      </c>
+      <c r="G48" s="1" t="s">
+        <v>209</v>
+      </c>
+      <c r="H48" t="s">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="49" spans="1:8">
+      <c r="A49" t="s">
+        <v>211</v>
+      </c>
+      <c r="B49" t="s">
+        <v>9</v>
+      </c>
+      <c r="C49" t="s">
+        <v>212</v>
+      </c>
+      <c r="D49" t="s">
+        <v>11</v>
+      </c>
+      <c r="E49" t="s">
+        <v>12</v>
+      </c>
+      <c r="F49" t="s">
+        <v>94</v>
+      </c>
+      <c r="G49" s="1" t="s">
+        <v>213</v>
+      </c>
+      <c r="H49" t="s">
+        <v>214</v>
+      </c>
+    </row>
+    <row r="50" spans="1:8">
+      <c r="A50" t="s">
+        <v>215</v>
+      </c>
+      <c r="B50" t="s">
+        <v>9</v>
+      </c>
+      <c r="C50" t="s">
+        <v>216</v>
+      </c>
+      <c r="D50" t="s">
+        <v>11</v>
+      </c>
+      <c r="E50" t="s">
+        <v>12</v>
+      </c>
+      <c r="F50" t="s">
+        <v>217</v>
+      </c>
+      <c r="G50" s="1" t="s">
+        <v>218</v>
+      </c>
+      <c r="H50" t="s">
+        <v>219</v>
+      </c>
+    </row>
+    <row r="51" spans="1:8">
+      <c r="A51" t="s">
+        <v>220</v>
+      </c>
+      <c r="B51" t="s">
+        <v>9</v>
+      </c>
+      <c r="C51" t="s">
+        <v>221</v>
+      </c>
+      <c r="D51" t="s">
+        <v>11</v>
+      </c>
+      <c r="E51" t="s">
+        <v>12</v>
+      </c>
+      <c r="F51" t="s">
+        <v>75</v>
+      </c>
+      <c r="G51" s="1" t="s">
+        <v>222</v>
+      </c>
+      <c r="H51" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="52" spans="1:8">
+      <c r="A52" t="s">
+        <v>224</v>
+      </c>
+      <c r="B52" t="s">
+        <v>9</v>
+      </c>
+      <c r="C52" t="s">
+        <v>225</v>
+      </c>
+      <c r="D52" t="s">
+        <v>11</v>
+      </c>
+      <c r="E52" t="s">
+        <v>12</v>
+      </c>
+      <c r="F52" t="s">
+        <v>66</v>
+      </c>
+      <c r="G52" s="1" t="s">
+        <v>226</v>
+      </c>
+      <c r="H52" t="s">
+        <v>227</v>
+      </c>
+    </row>
+    <row r="53" spans="1:8">
+      <c r="A53" t="s">
+        <v>228</v>
+      </c>
+      <c r="B53" t="s">
+        <v>9</v>
+      </c>
+      <c r="C53" t="s">
+        <v>229</v>
+      </c>
+      <c r="D53" t="s">
+        <v>11</v>
+      </c>
+      <c r="E53" t="s">
+        <v>12</v>
+      </c>
+      <c r="F53" t="s">
+        <v>66</v>
+      </c>
+      <c r="G53" s="1" t="s">
+        <v>230</v>
+      </c>
+      <c r="H53" t="s">
+        <v>231</v>
+      </c>
+    </row>
+    <row r="54" spans="1:8">
+      <c r="A54" t="s">
+        <v>232</v>
+      </c>
+      <c r="B54" t="s">
+        <v>9</v>
+      </c>
+      <c r="C54" t="s">
+        <v>233</v>
+      </c>
+      <c r="D54" t="s">
+        <v>11</v>
+      </c>
+      <c r="E54" t="s">
+        <v>12</v>
+      </c>
+      <c r="F54" t="s">
+        <v>80</v>
+      </c>
+      <c r="G54" s="1" t="s">
+        <v>234</v>
+      </c>
+      <c r="H54" t="s">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="55" spans="1:8">
+      <c r="A55" t="s">
+        <v>236</v>
+      </c>
+      <c r="B55" t="s">
+        <v>9</v>
+      </c>
+      <c r="C55" t="s">
+        <v>237</v>
+      </c>
+      <c r="D55" t="s">
+        <v>11</v>
+      </c>
+      <c r="E55" t="s">
+        <v>12</v>
+      </c>
+      <c r="F55" t="s">
+        <v>176</v>
+      </c>
+      <c r="G55" s="1" t="s">
+        <v>238</v>
+      </c>
+      <c r="H55" t="s">
+        <v>239</v>
+      </c>
+    </row>
+    <row r="56" spans="1:8">
+      <c r="A56" t="s">
+        <v>240</v>
+      </c>
+      <c r="B56" t="s">
+        <v>9</v>
+      </c>
+      <c r="C56" t="s">
+        <v>10</v>
+      </c>
+      <c r="D56" t="s">
+        <v>241</v>
+      </c>
+      <c r="E56" t="s">
+        <v>242</v>
+      </c>
+      <c r="F56" t="s">
+        <v>75</v>
+      </c>
+      <c r="G56" s="1" t="s">
+        <v>243</v>
+      </c>
+      <c r="H56" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="57" spans="1:8">
+      <c r="A57" t="s">
+        <v>245</v>
+      </c>
+      <c r="B57" t="s">
+        <v>9</v>
+      </c>
+      <c r="C57" t="s">
+        <v>10</v>
+      </c>
+      <c r="D57" t="s">
+        <v>246</v>
+      </c>
+      <c r="E57" t="s">
+        <v>247</v>
+      </c>
+      <c r="F57" t="s">
+        <v>248</v>
+      </c>
+      <c r="G57" s="1" t="s">
+        <v>249</v>
+      </c>
+      <c r="H57" t="s">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="58" spans="1:8">
+      <c r="A58" t="s">
+        <v>251</v>
+      </c>
+      <c r="B58" t="s">
+        <v>9</v>
+      </c>
+      <c r="C58" t="s">
+        <v>17</v>
+      </c>
+      <c r="D58" t="s">
+        <v>246</v>
+      </c>
+      <c r="E58" t="s">
+        <v>247</v>
+      </c>
+      <c r="F58" t="s">
+        <v>248</v>
+      </c>
+      <c r="G58" s="1" t="s">
+        <v>252</v>
+      </c>
+      <c r="H58" t="s">
+        <v>253</v>
+      </c>
+    </row>
+    <row r="59" spans="1:8">
+      <c r="A59" t="s">
+        <v>254</v>
+      </c>
+      <c r="B59" t="s">
+        <v>9</v>
+      </c>
+      <c r="C59" t="s">
+        <v>21</v>
+      </c>
+      <c r="D59" t="s">
+        <v>246</v>
+      </c>
+      <c r="E59" t="s">
+        <v>247</v>
+      </c>
+      <c r="F59" t="s">
+        <v>255</v>
+      </c>
+      <c r="G59" s="1" t="s">
+        <v>256</v>
+      </c>
+      <c r="H59" t="s">
+        <v>257</v>
+      </c>
+    </row>
+    <row r="60" spans="1:8">
+      <c r="A60" t="s">
+        <v>258</v>
+      </c>
+      <c r="B60" t="s">
+        <v>9</v>
+      </c>
+      <c r="C60" t="s">
+        <v>26</v>
+      </c>
+      <c r="D60" t="s">
+        <v>246</v>
+      </c>
+      <c r="E60" t="s">
+        <v>247</v>
+      </c>
+      <c r="F60" t="s">
+        <v>255</v>
+      </c>
+      <c r="G60" s="1" t="s">
+        <v>259</v>
+      </c>
+      <c r="H60" t="s">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="61" spans="1:8">
+      <c r="A61" t="s">
+        <v>261</v>
+      </c>
+      <c r="B61" t="s">
+        <v>9</v>
+      </c>
+      <c r="C61" t="s">
+        <v>34</v>
+      </c>
+      <c r="D61" t="s">
+        <v>246</v>
+      </c>
+      <c r="E61" t="s">
+        <v>247</v>
+      </c>
+      <c r="F61" t="s">
+        <v>262</v>
+      </c>
+      <c r="G61" s="1" t="s">
+        <v>263</v>
+      </c>
+      <c r="H61" t="s">
+        <v>264</v>
+      </c>
+    </row>
+    <row r="62" spans="1:8">
+      <c r="A62" t="s">
+        <v>265</v>
+      </c>
+      <c r="B62" t="s">
+        <v>9</v>
+      </c>
+      <c r="C62" t="s">
+        <v>39</v>
+      </c>
+      <c r="D62" t="s">
+        <v>246</v>
+      </c>
+      <c r="E62" t="s">
+        <v>247</v>
+      </c>
+      <c r="F62" t="s">
+        <v>262</v>
+      </c>
+      <c r="G62" s="1" t="s">
+        <v>266</v>
+      </c>
+      <c r="H62" t="s">
+        <v>267</v>
+      </c>
+    </row>
+    <row r="63" spans="1:8">
+      <c r="A63" t="s">
+        <v>268</v>
+      </c>
+      <c r="B63" t="s">
+        <v>9</v>
+      </c>
+      <c r="C63" t="s">
+        <v>43</v>
+      </c>
+      <c r="D63" t="s">
+        <v>246</v>
+      </c>
+      <c r="E63" t="s">
+        <v>247</v>
+      </c>
+      <c r="F63" t="s">
+        <v>262</v>
+      </c>
+      <c r="G63" s="1" t="s">
+        <v>269</v>
+      </c>
+      <c r="H63" t="s">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="64" spans="1:8">
+      <c r="A64" t="s">
+        <v>271</v>
+      </c>
+      <c r="B64" t="s">
+        <v>9</v>
+      </c>
+      <c r="C64" t="s">
+        <v>48</v>
+      </c>
+      <c r="D64" t="s">
+        <v>246</v>
+      </c>
+      <c r="E64" t="s">
+        <v>247</v>
+      </c>
+      <c r="F64" t="s">
+        <v>262</v>
+      </c>
+      <c r="G64" s="1" t="s">
+        <v>272</v>
+      </c>
+      <c r="H64" t="s">
+        <v>273</v>
+      </c>
+    </row>
+    <row r="65" spans="1:8">
+      <c r="A65" t="s">
+        <v>274</v>
+      </c>
+      <c r="B65" t="s">
+        <v>9</v>
+      </c>
+      <c r="C65" t="s">
+        <v>52</v>
+      </c>
+      <c r="D65" t="s">
+        <v>246</v>
+      </c>
+      <c r="E65" t="s">
+        <v>247</v>
+      </c>
+      <c r="F65" t="s">
+        <v>262</v>
+      </c>
+      <c r="G65" s="1" t="s">
+        <v>275</v>
+      </c>
+      <c r="H65" t="s">
+        <v>276</v>
+      </c>
+    </row>
+    <row r="66" spans="1:8">
+      <c r="A66" t="s">
+        <v>277</v>
+      </c>
+      <c r="B66" t="s">
+        <v>9</v>
+      </c>
+      <c r="C66" t="s">
+        <v>57</v>
+      </c>
+      <c r="D66" t="s">
+        <v>246</v>
+      </c>
+      <c r="E66" t="s">
+        <v>247</v>
+      </c>
+      <c r="F66" t="s">
+        <v>262</v>
+      </c>
+      <c r="G66" s="1" t="s">
+        <v>278</v>
+      </c>
+      <c r="H66" t="s">
+        <v>279</v>
+      </c>
+    </row>
+    <row r="67" spans="1:8">
+      <c r="A67" t="s">
+        <v>280</v>
+      </c>
+      <c r="B67" t="s">
+        <v>9</v>
+      </c>
+      <c r="C67" t="s">
+        <v>61</v>
+      </c>
+      <c r="D67" t="s">
+        <v>246</v>
+      </c>
+      <c r="E67" t="s">
+        <v>247</v>
+      </c>
+      <c r="F67" t="s">
+        <v>262</v>
+      </c>
+      <c r="G67" s="1" t="s">
+        <v>281</v>
+      </c>
+      <c r="H67" t="s">
+        <v>282</v>
+      </c>
+    </row>
+    <row r="68" spans="1:8">
+      <c r="A68" t="s">
+        <v>283</v>
+      </c>
+      <c r="B68" t="s">
+        <v>9</v>
+      </c>
+      <c r="C68" t="s">
+        <v>65</v>
+      </c>
+      <c r="D68" t="s">
+        <v>246</v>
+      </c>
+      <c r="E68" t="s">
+        <v>247</v>
+      </c>
+      <c r="F68" t="s">
+        <v>284</v>
+      </c>
+      <c r="G68" s="1" t="s">
+        <v>285</v>
+      </c>
+      <c r="H68" t="s">
+        <v>286</v>
+      </c>
+    </row>
+    <row r="69" spans="1:8">
+      <c r="A69" t="s">
+        <v>287</v>
+      </c>
+      <c r="B69" t="s">
+        <v>9</v>
+      </c>
+      <c r="C69" t="s">
+        <v>70</v>
+      </c>
+      <c r="D69" t="s">
+        <v>246</v>
+      </c>
+      <c r="E69" t="s">
+        <v>247</v>
+      </c>
+      <c r="F69" t="s">
+        <v>288</v>
+      </c>
+      <c r="G69" s="1" t="s">
+        <v>289</v>
+      </c>
+      <c r="H69" t="s">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="70" spans="1:8">
+      <c r="A70" t="s">
+        <v>291</v>
+      </c>
+      <c r="B70" t="s">
+        <v>9</v>
+      </c>
+      <c r="C70" t="s">
+        <v>74</v>
+      </c>
+      <c r="D70" t="s">
+        <v>246</v>
+      </c>
+      <c r="E70" t="s">
+        <v>247</v>
+      </c>
+      <c r="F70" t="s">
+        <v>248</v>
+      </c>
+      <c r="G70" s="1" t="s">
+        <v>292</v>
+      </c>
+      <c r="H70" t="s">
+        <v>293</v>
+      </c>
+    </row>
+    <row r="71" spans="1:8">
+      <c r="A71" t="s">
+        <v>294</v>
+      </c>
+      <c r="B71" t="s">
+        <v>9</v>
+      </c>
+      <c r="C71" t="s">
+        <v>79</v>
+      </c>
+      <c r="D71" t="s">
+        <v>246</v>
+      </c>
+      <c r="E71" t="s">
+        <v>247</v>
+      </c>
+      <c r="F71" t="s">
+        <v>248</v>
+      </c>
+      <c r="G71" s="1" t="s">
+        <v>295</v>
+      </c>
+      <c r="H71" t="s">
+        <v>296</v>
+      </c>
+    </row>
+    <row r="72" spans="1:8">
+      <c r="A72" t="s">
+        <v>297</v>
+      </c>
+      <c r="B72" t="s">
+        <v>9</v>
+      </c>
+      <c r="C72" t="s">
+        <v>84</v>
+      </c>
+      <c r="D72" t="s">
+        <v>246</v>
+      </c>
+      <c r="E72" t="s">
+        <v>247</v>
+      </c>
+      <c r="F72" t="s">
+        <v>284</v>
+      </c>
+      <c r="G72" s="1" t="s">
+        <v>298</v>
+      </c>
+      <c r="H72" t="s">
+        <v>299</v>
+      </c>
+    </row>
+    <row r="73" spans="1:8">
+      <c r="A73" t="s">
+        <v>300</v>
+      </c>
+      <c r="B73" t="s">
+        <v>9</v>
+      </c>
+      <c r="C73" t="s">
+        <v>10</v>
+      </c>
+      <c r="D73" t="s">
+        <v>301</v>
+      </c>
+      <c r="E73" t="s">
+        <v>302</v>
+      </c>
+      <c r="F73" t="s">
+        <v>107</v>
+      </c>
+      <c r="G73" s="1" t="s">
+        <v>303</v>
+      </c>
+      <c r="H73" t="s">
+        <v>304</v>
+      </c>
+    </row>
+    <row r="74" spans="1:8">
+      <c r="A74" t="s">
+        <v>305</v>
+      </c>
+      <c r="B74" t="s">
+        <v>9</v>
+      </c>
+      <c r="C74" t="s">
+        <v>17</v>
+      </c>
+      <c r="D74" t="s">
+        <v>301</v>
+      </c>
+      <c r="E74" t="s">
+        <v>302</v>
+      </c>
+      <c r="F74" t="s">
+        <v>35</v>
+      </c>
+      <c r="G74" s="1" t="s">
+        <v>306</v>
+      </c>
+      <c r="H74" t="s">
+        <v>307</v>
+      </c>
+    </row>
+    <row r="75" spans="1:8">
+      <c r="A75" t="s">
+        <v>308</v>
+      </c>
+      <c r="B75" t="s">
+        <v>9</v>
+      </c>
+      <c r="C75" t="s">
+        <v>21</v>
+      </c>
+      <c r="D75" t="s">
+        <v>301</v>
+      </c>
+      <c r="E75" t="s">
+        <v>302</v>
+      </c>
+      <c r="F75" t="s">
+        <v>309</v>
+      </c>
+      <c r="G75" s="1" t="s">
+        <v>310</v>
+      </c>
+      <c r="H75" t="s">
+        <v>311</v>
+      </c>
+    </row>
+    <row r="76" spans="1:8">
+      <c r="A76" t="s">
+        <v>312</v>
+      </c>
+      <c r="B76" t="s">
+        <v>9</v>
+      </c>
+      <c r="C76" t="s">
+        <v>26</v>
+      </c>
+      <c r="D76" t="s">
+        <v>301</v>
+      </c>
+      <c r="E76" t="s">
+        <v>302</v>
+      </c>
+      <c r="F76" t="s">
+        <v>309</v>
+      </c>
+      <c r="G76" s="1" t="s">
+        <v>313</v>
+      </c>
+      <c r="H76" t="s">
+        <v>314</v>
+      </c>
+    </row>
+    <row r="77" spans="1:8">
+      <c r="A77" t="s">
+        <v>315</v>
+      </c>
+      <c r="B77" t="s">
+        <v>9</v>
+      </c>
+      <c r="C77" t="s">
+        <v>30</v>
+      </c>
+      <c r="D77" t="s">
+        <v>301</v>
+      </c>
+      <c r="E77" t="s">
+        <v>302</v>
+      </c>
+      <c r="F77" t="s">
+        <v>309</v>
+      </c>
+      <c r="G77" s="1" t="s">
+        <v>316</v>
+      </c>
+      <c r="H77" t="s">
+        <v>317</v>
+      </c>
+    </row>
+    <row r="78" spans="1:8">
+      <c r="A78" t="s">
+        <v>318</v>
+      </c>
+      <c r="B78" t="s">
+        <v>9</v>
+      </c>
+      <c r="C78" t="s">
+        <v>39</v>
+      </c>
+      <c r="D78" t="s">
+        <v>301</v>
+      </c>
+      <c r="E78" t="s">
+        <v>302</v>
+      </c>
+      <c r="F78" t="s">
+        <v>22</v>
+      </c>
+      <c r="G78" s="1" t="s">
+        <v>319</v>
+      </c>
+      <c r="H78" t="s">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="79" spans="1:8">
+      <c r="A79" t="s">
+        <v>321</v>
+      </c>
+      <c r="B79" t="s">
+        <v>9</v>
+      </c>
+      <c r="C79" t="s">
+        <v>43</v>
+      </c>
+      <c r="D79" t="s">
+        <v>301</v>
+      </c>
+      <c r="E79" t="s">
+        <v>302</v>
+      </c>
+      <c r="F79" t="s">
+        <v>22</v>
+      </c>
+      <c r="G79" s="1" t="s">
+        <v>322</v>
+      </c>
+      <c r="H79" t="s">
+        <v>323</v>
+      </c>
+    </row>
+    <row r="80" spans="1:8">
+      <c r="A80" t="s">
+        <v>324</v>
+      </c>
+      <c r="B80" t="s">
+        <v>9</v>
+      </c>
+      <c r="C80" t="s">
+        <v>48</v>
+      </c>
+      <c r="D80" t="s">
+        <v>301</v>
+      </c>
+      <c r="E80" t="s">
+        <v>302</v>
+      </c>
+      <c r="F80" t="s">
+        <v>325</v>
+      </c>
+      <c r="G80" s="1" t="s">
+        <v>326</v>
+      </c>
+      <c r="H80" t="s">
+        <v>327</v>
+      </c>
+    </row>
+    <row r="81" spans="1:8">
+      <c r="A81" t="s">
+        <v>328</v>
+      </c>
+      <c r="B81" t="s">
+        <v>9</v>
+      </c>
+      <c r="C81" t="s">
+        <v>52</v>
+      </c>
+      <c r="D81" t="s">
+        <v>301</v>
+      </c>
+      <c r="E81" t="s">
+        <v>302</v>
+      </c>
+      <c r="F81" t="s">
+        <v>107</v>
+      </c>
+      <c r="G81" s="1" t="s">
+        <v>329</v>
+      </c>
+      <c r="H81" t="s">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="82" spans="1:8">
+      <c r="A82" t="s">
+        <v>331</v>
+      </c>
+      <c r="B82" t="s">
+        <v>9</v>
+      </c>
+      <c r="C82" t="s">
+        <v>57</v>
+      </c>
+      <c r="D82" t="s">
+        <v>301</v>
+      </c>
+      <c r="E82" t="s">
+        <v>302</v>
+      </c>
+      <c r="F82" t="s">
+        <v>22</v>
+      </c>
+      <c r="G82" s="1" t="s">
+        <v>332</v>
+      </c>
+      <c r="H82" t="s">
+        <v>333</v>
+      </c>
+    </row>
+    <row r="83" spans="1:8">
+      <c r="A83" t="s">
+        <v>334</v>
+      </c>
+      <c r="B83" t="s">
+        <v>9</v>
+      </c>
+      <c r="C83" t="s">
+        <v>61</v>
+      </c>
+      <c r="D83" t="s">
+        <v>301</v>
+      </c>
+      <c r="E83" t="s">
+        <v>302</v>
+      </c>
+      <c r="F83" t="s">
+        <v>22</v>
+      </c>
+      <c r="G83" s="1" t="s">
+        <v>335</v>
+      </c>
+      <c r="H83" t="s">
+        <v>336</v>
+      </c>
+    </row>
+    <row r="84" spans="1:8">
+      <c r="A84" t="s">
+        <v>337</v>
+      </c>
+      <c r="B84" t="s">
+        <v>9</v>
+      </c>
+      <c r="C84" t="s">
+        <v>65</v>
+      </c>
+      <c r="D84" t="s">
+        <v>301</v>
+      </c>
+      <c r="E84" t="s">
+        <v>302</v>
+      </c>
+      <c r="F84" t="s">
+        <v>44</v>
+      </c>
+      <c r="G84" s="1" t="s">
+        <v>338</v>
+      </c>
+      <c r="H84" t="s">
+        <v>339</v>
+      </c>
+    </row>
+    <row r="85" spans="1:8">
+      <c r="A85" t="s">
+        <v>340</v>
+      </c>
+      <c r="B85" t="s">
+        <v>9</v>
+      </c>
+      <c r="C85" t="s">
+        <v>70</v>
+      </c>
+      <c r="D85" t="s">
+        <v>301</v>
+      </c>
+      <c r="E85" t="s">
+        <v>302</v>
+      </c>
+      <c r="F85" t="s">
+        <v>44</v>
+      </c>
+      <c r="G85" s="1" t="s">
+        <v>341</v>
+      </c>
+      <c r="H85" t="s">
+        <v>342</v>
+      </c>
+    </row>
+    <row r="86" spans="1:8">
+      <c r="A86" t="s">
+        <v>343</v>
+      </c>
+      <c r="B86" t="s">
+        <v>9</v>
+      </c>
+      <c r="C86" t="s">
+        <v>74</v>
+      </c>
+      <c r="D86" t="s">
+        <v>301</v>
+      </c>
+      <c r="E86" t="s">
+        <v>302</v>
+      </c>
+      <c r="F86" t="s">
+        <v>80</v>
+      </c>
+      <c r="G86" s="1" t="s">
+        <v>344</v>
+      </c>
+      <c r="H86" t="s">
+        <v>345</v>
+      </c>
+    </row>
+    <row r="87" spans="1:8">
+      <c r="A87" t="s">
+        <v>346</v>
+      </c>
+      <c r="B87" t="s">
+        <v>9</v>
+      </c>
+      <c r="C87" t="s">
+        <v>79</v>
+      </c>
+      <c r="D87" t="s">
+        <v>301</v>
+      </c>
+      <c r="E87" t="s">
+        <v>302</v>
+      </c>
+      <c r="F87" t="s">
+        <v>347</v>
+      </c>
+      <c r="G87" s="1" t="s">
+        <v>348</v>
+      </c>
+      <c r="H87" t="s">
+        <v>349</v>
+      </c>
+    </row>
+    <row r="88" spans="1:8">
+      <c r="A88" t="s">
+        <v>350</v>
+      </c>
+      <c r="B88" t="s">
+        <v>9</v>
+      </c>
+      <c r="C88" t="s">
+        <v>84</v>
+      </c>
+      <c r="D88" t="s">
+        <v>301</v>
+      </c>
+      <c r="E88" t="s">
+        <v>302</v>
+      </c>
+      <c r="F88" t="s">
+        <v>22</v>
+      </c>
+      <c r="G88" s="1" t="s">
+        <v>351</v>
+      </c>
+      <c r="H88" t="s">
+        <v>352</v>
+      </c>
+    </row>
+    <row r="89" spans="1:8">
+      <c r="A89" t="s">
+        <v>353</v>
+      </c>
+      <c r="B89" t="s">
+        <v>9</v>
+      </c>
+      <c r="C89" t="s">
+        <v>89</v>
+      </c>
+      <c r="D89" t="s">
+        <v>301</v>
+      </c>
+      <c r="E89" t="s">
+        <v>302</v>
+      </c>
+      <c r="F89" t="s">
+        <v>22</v>
+      </c>
+      <c r="G89" s="1" t="s">
+        <v>354</v>
+      </c>
+      <c r="H89" t="s">
+        <v>355</v>
+      </c>
+    </row>
+    <row r="90" spans="1:8">
+      <c r="A90" t="s">
+        <v>356</v>
+      </c>
+      <c r="B90" t="s">
+        <v>9</v>
+      </c>
+      <c r="C90" t="s">
+        <v>93</v>
+      </c>
+      <c r="D90" t="s">
+        <v>301</v>
+      </c>
+      <c r="E90" t="s">
+        <v>302</v>
+      </c>
+      <c r="F90" t="s">
+        <v>347</v>
+      </c>
+      <c r="G90" s="1" t="s">
+        <v>357</v>
+      </c>
+      <c r="H90" t="s">
+        <v>358</v>
+      </c>
+    </row>
+    <row r="91" spans="1:8">
+      <c r="A91" t="s">
+        <v>359</v>
+      </c>
+      <c r="B91" t="s">
+        <v>9</v>
+      </c>
+      <c r="C91" t="s">
+        <v>98</v>
+      </c>
+      <c r="D91" t="s">
+        <v>301</v>
+      </c>
+      <c r="E91" t="s">
+        <v>302</v>
+      </c>
+      <c r="F91" t="s">
+        <v>107</v>
+      </c>
+      <c r="G91" s="1" t="s">
+        <v>360</v>
+      </c>
+      <c r="H91" t="s">
+        <v>361</v>
+      </c>
+    </row>
+    <row r="92" spans="1:8">
+      <c r="A92" t="s">
+        <v>362</v>
+      </c>
+      <c r="B92" t="s">
+        <v>9</v>
+      </c>
+      <c r="C92" t="s">
+        <v>102</v>
+      </c>
+      <c r="D92" t="s">
+        <v>301</v>
+      </c>
+      <c r="E92" t="s">
+        <v>302</v>
+      </c>
+      <c r="F92" t="s">
+        <v>22</v>
+      </c>
+      <c r="G92" s="1" t="s">
+        <v>363</v>
+      </c>
+      <c r="H92" t="s">
+        <v>364</v>
+      </c>
+    </row>
+    <row r="93" spans="1:8">
+      <c r="A93" t="s">
+        <v>365</v>
+      </c>
+      <c r="B93" t="s">
+        <v>9</v>
+      </c>
+      <c r="C93" t="s">
+        <v>106</v>
+      </c>
+      <c r="D93" t="s">
+        <v>301</v>
+      </c>
+      <c r="E93" t="s">
+        <v>302</v>
+      </c>
+      <c r="F93" t="s">
+        <v>22</v>
+      </c>
+      <c r="G93" s="1" t="s">
+        <v>366</v>
+      </c>
+      <c r="H93" t="s">
+        <v>367</v>
+      </c>
+    </row>
+    <row r="94" spans="1:8">
+      <c r="A94" t="s">
+        <v>368</v>
+      </c>
+      <c r="B94" t="s">
+        <v>9</v>
+      </c>
+      <c r="C94" t="s">
+        <v>111</v>
+      </c>
+      <c r="D94" t="s">
+        <v>301</v>
+      </c>
+      <c r="E94" t="s">
+        <v>302</v>
+      </c>
+      <c r="F94" t="s">
+        <v>53</v>
+      </c>
+      <c r="G94" s="1" t="s">
+        <v>369</v>
+      </c>
+      <c r="H94" t="s">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="95" spans="1:8">
+      <c r="A95" t="s">
+        <v>371</v>
+      </c>
+      <c r="B95" t="s">
+        <v>9</v>
+      </c>
+      <c r="C95" t="s">
+        <v>115</v>
+      </c>
+      <c r="D95" t="s">
+        <v>301</v>
+      </c>
+      <c r="E95" t="s">
+        <v>302</v>
+      </c>
+      <c r="F95" t="s">
+        <v>94</v>
+      </c>
+      <c r="G95" s="1" t="s">
+        <v>372</v>
+      </c>
+      <c r="H95" t="s">
+        <v>373</v>
+      </c>
+    </row>
+    <row r="96" spans="1:8">
+      <c r="A96" t="s">
+        <v>374</v>
+      </c>
+      <c r="B96" t="s">
+        <v>9</v>
+      </c>
+      <c r="C96" t="s">
+        <v>10</v>
+      </c>
+      <c r="D96" t="s">
+        <v>375</v>
+      </c>
+      <c r="E96" t="s">
+        <v>376</v>
+      </c>
+      <c r="F96" t="s">
+        <v>80</v>
+      </c>
+      <c r="G96" s="1" t="s">
+        <v>377</v>
+      </c>
+      <c r="H96" t="s">
+        <v>378</v>
+      </c>
+    </row>
+    <row r="97" spans="1:8">
+      <c r="A97" t="s">
+        <v>379</v>
+      </c>
+      <c r="B97" t="s">
+        <v>9</v>
+      </c>
+      <c r="C97" t="s">
+        <v>17</v>
+      </c>
+      <c r="D97" t="s">
+        <v>375</v>
+      </c>
+      <c r="E97" t="s">
+        <v>376</v>
+      </c>
+      <c r="F97" t="s">
+        <v>107</v>
+      </c>
+      <c r="G97" s="1" t="s">
+        <v>380</v>
+      </c>
+      <c r="H97" t="s">
+        <v>381</v>
+      </c>
+    </row>
+    <row r="98" spans="1:8">
+      <c r="A98" t="s">
+        <v>382</v>
+      </c>
+      <c r="B98" t="s">
+        <v>9</v>
+      </c>
+      <c r="C98" t="s">
+        <v>21</v>
+      </c>
+      <c r="D98" t="s">
+        <v>375</v>
+      </c>
+      <c r="E98" t="s">
+        <v>376</v>
+      </c>
+      <c r="F98" t="s">
+        <v>66</v>
+      </c>
+      <c r="G98" s="1" t="s">
+        <v>383</v>
+      </c>
+      <c r="H98" t="s">
+        <v>384</v>
+      </c>
+    </row>
+    <row r="99" spans="1:8">
+      <c r="A99" t="s">
+        <v>385</v>
+      </c>
+      <c r="B99" t="s">
+        <v>9</v>
+      </c>
+      <c r="C99" t="s">
+        <v>26</v>
+      </c>
+      <c r="D99" t="s">
+        <v>375</v>
+      </c>
+      <c r="E99" t="s">
+        <v>376</v>
+      </c>
+      <c r="F99" t="s">
+        <v>386</v>
+      </c>
+      <c r="G99" s="1" t="s">
+        <v>387</v>
+      </c>
+      <c r="H99" t="s">
+        <v>388</v>
+      </c>
+    </row>
+    <row r="100" spans="1:8">
+      <c r="A100" t="s">
+        <v>389</v>
+      </c>
+      <c r="B100" t="s">
+        <v>9</v>
+      </c>
+      <c r="C100" t="s">
+        <v>30</v>
+      </c>
+      <c r="D100" t="s">
+        <v>375</v>
+      </c>
+      <c r="E100" t="s">
+        <v>376</v>
+      </c>
+      <c r="F100" t="s">
+        <v>390</v>
+      </c>
+      <c r="G100" s="1" t="s">
+        <v>391</v>
+      </c>
+      <c r="H100" t="s">
+        <v>392</v>
+      </c>
+    </row>
+    <row r="101" spans="1:8">
+      <c r="A101" t="s">
+        <v>393</v>
+      </c>
+      <c r="B101" t="s">
+        <v>9</v>
+      </c>
+      <c r="C101" t="s">
+        <v>34</v>
+      </c>
+      <c r="D101" t="s">
+        <v>375</v>
+      </c>
+      <c r="E101" t="s">
+        <v>376</v>
+      </c>
+      <c r="F101" t="s">
+        <v>176</v>
+      </c>
+      <c r="G101" s="1" t="s">
+        <v>394</v>
+      </c>
+      <c r="H101" t="s">
+        <v>395</v>
+      </c>
+    </row>
+    <row r="102" spans="1:8">
+      <c r="A102" t="s">
+        <v>396</v>
+      </c>
+      <c r="B102" t="s">
+        <v>9</v>
+      </c>
+      <c r="C102" t="s">
+        <v>43</v>
+      </c>
+      <c r="D102" t="s">
+        <v>375</v>
+      </c>
+      <c r="E102" t="s">
+        <v>376</v>
+      </c>
+      <c r="F102" t="s">
+        <v>75</v>
+      </c>
+      <c r="G102" s="1" t="s">
+        <v>397</v>
+      </c>
+      <c r="H102" t="s">
+        <v>398</v>
+      </c>
+    </row>
+    <row r="103" spans="1:8">
+      <c r="A103" t="s">
+        <v>399</v>
+      </c>
+      <c r="B103" t="s">
+        <v>9</v>
+      </c>
+      <c r="C103" t="s">
+        <v>48</v>
+      </c>
+      <c r="D103" t="s">
+        <v>375</v>
+      </c>
+      <c r="E103" t="s">
+        <v>376</v>
+      </c>
+      <c r="F103" t="s">
+        <v>107</v>
+      </c>
+      <c r="G103" s="1" t="s">
+        <v>400</v>
+      </c>
+      <c r="H103" t="s">
+        <v>401</v>
+      </c>
+    </row>
+    <row r="104" spans="1:8">
+      <c r="A104" t="s">
+        <v>402</v>
+      </c>
+      <c r="B104" t="s">
+        <v>9</v>
+      </c>
+      <c r="C104" t="s">
+        <v>52</v>
+      </c>
+      <c r="D104" t="s">
+        <v>375</v>
+      </c>
+      <c r="E104" t="s">
+        <v>376</v>
+      </c>
+      <c r="F104" t="s">
+        <v>403</v>
+      </c>
+      <c r="G104" s="1" t="s">
+        <v>404</v>
+      </c>
+      <c r="H104" t="s">
+        <v>405</v>
+      </c>
+    </row>
+    <row r="105" spans="1:8">
+      <c r="A105" t="s">
+        <v>406</v>
+      </c>
+      <c r="B105" t="s">
+        <v>9</v>
+      </c>
+      <c r="C105" t="s">
+        <v>57</v>
+      </c>
+      <c r="D105" t="s">
+        <v>375</v>
+      </c>
+      <c r="E105" t="s">
+        <v>376</v>
+      </c>
+      <c r="F105" t="s">
+        <v>44</v>
+      </c>
+      <c r="G105" s="1" t="s">
+        <v>407</v>
+      </c>
+      <c r="H105" t="s">
+        <v>408</v>
+      </c>
+    </row>
+    <row r="106" spans="1:8">
+      <c r="A106" t="s">
+        <v>409</v>
+      </c>
+      <c r="B106" t="s">
+        <v>9</v>
+      </c>
+      <c r="C106" t="s">
+        <v>61</v>
+      </c>
+      <c r="D106" t="s">
+        <v>375</v>
+      </c>
+      <c r="E106" t="s">
+        <v>376</v>
+      </c>
+      <c r="F106" t="s">
+        <v>410</v>
+      </c>
+      <c r="G106" s="1" t="s">
+        <v>411</v>
+      </c>
+      <c r="H106" t="s">
+        <v>412</v>
+      </c>
+    </row>
+    <row r="107" spans="1:8">
+      <c r="A107" t="s">
+        <v>413</v>
+      </c>
+      <c r="B107" t="s">
+        <v>9</v>
+      </c>
+      <c r="C107" t="s">
+        <v>65</v>
+      </c>
+      <c r="D107" t="s">
+        <v>375</v>
+      </c>
+      <c r="E107" t="s">
+        <v>376</v>
+      </c>
+      <c r="F107" t="s">
+        <v>176</v>
+      </c>
+      <c r="G107" s="1" t="s">
+        <v>414</v>
+      </c>
+      <c r="H107" t="s">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="108" spans="1:8">
+      <c r="A108" t="s">
+        <v>416</v>
+      </c>
+      <c r="B108" t="s">
+        <v>9</v>
+      </c>
+      <c r="C108" t="s">
+        <v>70</v>
+      </c>
+      <c r="D108" t="s">
+        <v>375</v>
+      </c>
+      <c r="E108" t="s">
+        <v>376</v>
+      </c>
+      <c r="F108" t="s">
+        <v>176</v>
+      </c>
+      <c r="G108" s="1" t="s">
+        <v>417</v>
+      </c>
+      <c r="H108" t="s">
+        <v>418</v>
+      </c>
+    </row>
+    <row r="109" spans="1:8">
+      <c r="A109" t="s">
+        <v>419</v>
+      </c>
+      <c r="B109" t="s">
+        <v>9</v>
+      </c>
+      <c r="C109" t="s">
+        <v>74</v>
+      </c>
+      <c r="D109" t="s">
+        <v>375</v>
+      </c>
+      <c r="E109" t="s">
+        <v>376</v>
+      </c>
+      <c r="F109" t="s">
+        <v>176</v>
+      </c>
+      <c r="G109" s="1" t="s">
+        <v>420</v>
+      </c>
+      <c r="H109" t="s">
+        <v>421</v>
+      </c>
+    </row>
+    <row r="110" spans="1:8">
+      <c r="A110" t="s">
+        <v>422</v>
+      </c>
+      <c r="B110" t="s">
+        <v>9</v>
+      </c>
+      <c r="C110" t="s">
+        <v>79</v>
+      </c>
+      <c r="D110" t="s">
+        <v>375</v>
+      </c>
+      <c r="E110" t="s">
+        <v>376</v>
+      </c>
+      <c r="F110" t="s">
+        <v>22</v>
+      </c>
+      <c r="G110" s="1" t="s">
+        <v>423</v>
+      </c>
+      <c r="H110" t="s">
+        <v>424</v>
+      </c>
+    </row>
+    <row r="111" spans="1:8">
+      <c r="A111" t="s">
+        <v>425</v>
+      </c>
+      <c r="B111" t="s">
+        <v>9</v>
+      </c>
+      <c r="C111" t="s">
+        <v>84</v>
+      </c>
+      <c r="D111" t="s">
+        <v>375</v>
+      </c>
+      <c r="E111" t="s">
+        <v>376</v>
+      </c>
+      <c r="F111" t="s">
+        <v>426</v>
+      </c>
+      <c r="G111" s="1" t="s">
+        <v>427</v>
+      </c>
+      <c r="H111" t="s">
+        <v>428</v>
+      </c>
+    </row>
+    <row r="112" spans="1:8">
+      <c r="A112" t="s">
+        <v>429</v>
+      </c>
+      <c r="B112" t="s">
+        <v>9</v>
+      </c>
+      <c r="C112" t="s">
+        <v>89</v>
+      </c>
+      <c r="D112" t="s">
+        <v>375</v>
+      </c>
+      <c r="E112" t="s">
+        <v>376</v>
+      </c>
+      <c r="F112" t="s">
+        <v>35</v>
+      </c>
+      <c r="G112" s="1" t="s">
+        <v>430</v>
+      </c>
+      <c r="H112" t="s">
+        <v>431</v>
+      </c>
+    </row>
+    <row r="113" spans="1:8">
+      <c r="A113" t="s">
+        <v>432</v>
+      </c>
+      <c r="B113" t="s">
+        <v>9</v>
+      </c>
+      <c r="C113" t="s">
+        <v>93</v>
+      </c>
+      <c r="D113" t="s">
+        <v>375</v>
+      </c>
+      <c r="E113" t="s">
+        <v>376</v>
+      </c>
+      <c r="F113" t="s">
+        <v>53</v>
+      </c>
+      <c r="G113" s="1" t="s">
+        <v>433</v>
+      </c>
+      <c r="H113" t="s">
+        <v>434</v>
+      </c>
+    </row>
+    <row r="114" spans="1:8">
+      <c r="A114" t="s">
+        <v>435</v>
+      </c>
+      <c r="B114" t="s">
+        <v>9</v>
+      </c>
+      <c r="C114" t="s">
+        <v>98</v>
+      </c>
+      <c r="D114" t="s">
+        <v>375</v>
+      </c>
+      <c r="E114" t="s">
+        <v>376</v>
+      </c>
+      <c r="F114" t="s">
+        <v>53</v>
+      </c>
+      <c r="G114" s="1" t="s">
+        <v>436</v>
+      </c>
+      <c r="H114" t="s">
+        <v>437</v>
+      </c>
+    </row>
+    <row r="115" spans="1:8">
+      <c r="A115" t="s">
+        <v>438</v>
+      </c>
+      <c r="B115" t="s">
+        <v>9</v>
+      </c>
+      <c r="C115" t="s">
+        <v>102</v>
+      </c>
+      <c r="D115" t="s">
+        <v>375</v>
+      </c>
+      <c r="E115" t="s">
+        <v>376</v>
+      </c>
+      <c r="F115" t="s">
+        <v>94</v>
+      </c>
+      <c r="G115" s="1" t="s">
+        <v>439</v>
+      </c>
+      <c r="H115" t="s">
+        <v>440</v>
+      </c>
+    </row>
+    <row r="116" spans="1:8">
+      <c r="A116" t="s">
+        <v>441</v>
+      </c>
+      <c r="B116" t="s">
+        <v>9</v>
+      </c>
+      <c r="C116" t="s">
+        <v>106</v>
+      </c>
+      <c r="D116" t="s">
+        <v>375</v>
+      </c>
+      <c r="E116" t="s">
+        <v>376</v>
+      </c>
+      <c r="F116" t="s">
+        <v>94</v>
+      </c>
+      <c r="G116" s="1" t="s">
+        <v>442</v>
+      </c>
+      <c r="H116" t="s">
+        <v>443</v>
+      </c>
+    </row>
+    <row r="117" spans="1:8">
+      <c r="A117" t="s">
+        <v>444</v>
+      </c>
+      <c r="B117" t="s">
+        <v>9</v>
+      </c>
+      <c r="C117" t="s">
+        <v>111</v>
+      </c>
+      <c r="D117" t="s">
+        <v>375</v>
+      </c>
+      <c r="E117" t="s">
+        <v>376</v>
+      </c>
+      <c r="F117" t="s">
+        <v>107</v>
+      </c>
+      <c r="G117" s="1" t="s">
+        <v>445</v>
+      </c>
+      <c r="H117" t="s">
+        <v>446</v>
+      </c>
+    </row>
+    <row r="118" spans="1:8">
+      <c r="A118" t="s">
+        <v>447</v>
+      </c>
+      <c r="B118" t="s">
+        <v>9</v>
+      </c>
+      <c r="C118" t="s">
+        <v>115</v>
+      </c>
+      <c r="D118" t="s">
+        <v>375</v>
+      </c>
+      <c r="E118" t="s">
+        <v>376</v>
+      </c>
+      <c r="F118" t="s">
+        <v>448</v>
+      </c>
+      <c r="G118" s="1" t="s">
+        <v>449</v>
+      </c>
+      <c r="H118" t="s">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="119" spans="1:8">
+      <c r="A119" t="s">
+        <v>451</v>
+      </c>
+      <c r="B119" t="s">
+        <v>9</v>
+      </c>
+      <c r="C119" t="s">
+        <v>119</v>
+      </c>
+      <c r="D119" t="s">
+        <v>375</v>
+      </c>
+      <c r="E119" t="s">
+        <v>376</v>
+      </c>
+      <c r="F119" t="s">
+        <v>22</v>
+      </c>
+      <c r="G119" s="1" t="s">
+        <v>452</v>
+      </c>
+      <c r="H119" t="s">
+        <v>453</v>
+      </c>
+    </row>
+    <row r="120" spans="1:8">
+      <c r="A120" t="s">
+        <v>454</v>
+      </c>
+      <c r="B120" t="s">
+        <v>9</v>
+      </c>
+      <c r="C120" t="s">
+        <v>123</v>
+      </c>
+      <c r="D120" t="s">
+        <v>375</v>
+      </c>
+      <c r="E120" t="s">
+        <v>376</v>
+      </c>
+      <c r="F120" t="s">
+        <v>35</v>
+      </c>
+      <c r="G120" s="1" t="s">
+        <v>455</v>
+      </c>
+      <c r="H120" t="s">
+        <v>456</v>
+      </c>
+    </row>
+    <row r="121" spans="1:8">
+      <c r="A121" t="s">
+        <v>457</v>
+      </c>
+      <c r="B121" t="s">
+        <v>9</v>
+      </c>
+      <c r="C121" t="s">
+        <v>127</v>
+      </c>
+      <c r="D121" t="s">
+        <v>375</v>
+      </c>
+      <c r="E121" t="s">
+        <v>376</v>
+      </c>
+      <c r="F121" t="s">
+        <v>35</v>
+      </c>
+      <c r="G121" s="1" t="s">
+        <v>458</v>
+      </c>
+      <c r="H121" t="s">
+        <v>459</v>
+      </c>
+    </row>
+    <row r="122" spans="1:8">
+      <c r="A122" t="s">
+        <v>460</v>
+      </c>
+      <c r="B122" t="s">
+        <v>9</v>
+      </c>
+      <c r="C122" t="s">
+        <v>131</v>
+      </c>
+      <c r="D122" t="s">
+        <v>375</v>
+      </c>
+      <c r="E122" t="s">
+        <v>376</v>
+      </c>
+      <c r="F122" t="s">
+        <v>325</v>
+      </c>
+      <c r="G122" s="1" t="s">
+        <v>461</v>
+      </c>
+      <c r="H122" t="s">
+        <v>462</v>
+      </c>
+    </row>
+    <row r="123" spans="1:8">
+      <c r="A123" t="s">
+        <v>463</v>
+      </c>
+      <c r="B123" t="s">
+        <v>9</v>
+      </c>
+      <c r="C123" t="s">
+        <v>135</v>
+      </c>
+      <c r="D123" t="s">
+        <v>375</v>
+      </c>
+      <c r="E123" t="s">
+        <v>376</v>
+      </c>
+      <c r="F123" t="s">
+        <v>53</v>
+      </c>
+      <c r="G123" s="1" t="s">
+        <v>464</v>
+      </c>
+      <c r="H123" t="s">
+        <v>465</v>
+      </c>
+    </row>
+    <row r="124" spans="1:8">
+      <c r="A124" t="s">
+        <v>466</v>
+      </c>
+      <c r="B124" t="s">
+        <v>9</v>
+      </c>
+      <c r="C124" t="s">
+        <v>139</v>
+      </c>
+      <c r="D124" t="s">
+        <v>375</v>
+      </c>
+      <c r="E124" t="s">
+        <v>376</v>
+      </c>
+      <c r="F124" t="s">
+        <v>53</v>
+      </c>
+      <c r="G124" s="1" t="s">
+        <v>467</v>
+      </c>
+      <c r="H124" t="s">
+        <v>468</v>
+      </c>
+    </row>
+    <row r="125" spans="1:8">
+      <c r="A125" t="s">
+        <v>469</v>
+      </c>
+      <c r="B125" t="s">
+        <v>9</v>
+      </c>
+      <c r="C125" t="s">
+        <v>143</v>
+      </c>
+      <c r="D125" t="s">
+        <v>375</v>
+      </c>
+      <c r="E125" t="s">
+        <v>376</v>
+      </c>
+      <c r="F125" t="s">
+        <v>470</v>
+      </c>
+      <c r="G125" s="1" t="s">
+        <v>471</v>
+      </c>
+      <c r="H125" t="s">
+        <v>472</v>
+      </c>
+    </row>
+    <row r="126" spans="1:8">
+      <c r="A126" t="s">
+        <v>473</v>
+      </c>
+      <c r="B126" t="s">
+        <v>9</v>
+      </c>
+      <c r="C126" t="s">
+        <v>151</v>
+      </c>
+      <c r="D126" t="s">
+        <v>375</v>
+      </c>
+      <c r="E126" t="s">
+        <v>376</v>
+      </c>
+      <c r="F126" t="s">
+        <v>474</v>
+      </c>
+      <c r="G126" s="1" t="s">
+        <v>475</v>
+      </c>
+      <c r="H126" t="s">
+        <v>476</v>
+      </c>
+    </row>
+    <row r="127" spans="1:8">
+      <c r="A127" t="s">
+        <v>477</v>
+      </c>
+      <c r="B127" t="s">
+        <v>9</v>
+      </c>
+      <c r="C127" t="s">
+        <v>155</v>
+      </c>
+      <c r="D127" t="s">
+        <v>375</v>
+      </c>
+      <c r="E127" t="s">
+        <v>376</v>
+      </c>
+      <c r="F127" t="s">
+        <v>478</v>
+      </c>
+      <c r="G127" s="1" t="s">
+        <v>479</v>
+      </c>
+      <c r="H127" t="s">
+        <v>480</v>
+      </c>
+    </row>
+    <row r="128" spans="1:8">
+      <c r="A128" t="s">
+        <v>481</v>
+      </c>
+      <c r="B128" t="s">
+        <v>9</v>
+      </c>
+      <c r="C128" t="s">
+        <v>159</v>
+      </c>
+      <c r="D128" t="s">
+        <v>375</v>
+      </c>
+      <c r="E128" t="s">
+        <v>376</v>
+      </c>
+      <c r="F128" t="s">
+        <v>22</v>
+      </c>
+      <c r="G128" s="1" t="s">
+        <v>482</v>
+      </c>
+      <c r="H128" t="s">
+        <v>483</v>
+      </c>
+    </row>
+    <row r="129" spans="1:8">
+      <c r="A129" t="s">
+        <v>484</v>
+      </c>
+      <c r="B129" t="s">
+        <v>9</v>
+      </c>
+      <c r="C129" t="s">
+        <v>163</v>
+      </c>
+      <c r="D129" t="s">
+        <v>375</v>
+      </c>
+      <c r="E129" t="s">
+        <v>376</v>
+      </c>
+      <c r="F129" t="s">
+        <v>485</v>
+      </c>
+      <c r="G129" s="1" t="s">
+        <v>486</v>
+      </c>
+      <c r="H129" t="s">
+        <v>487</v>
+      </c>
+    </row>
+    <row r="130" spans="1:8">
+      <c r="A130" t="s">
+        <v>488</v>
+      </c>
+      <c r="B130" t="s">
+        <v>9</v>
+      </c>
+      <c r="C130" t="s">
+        <v>167</v>
+      </c>
+      <c r="D130" t="s">
+        <v>375</v>
+      </c>
+      <c r="E130" t="s">
+        <v>376</v>
+      </c>
+      <c r="F130" t="s">
+        <v>35</v>
+      </c>
+      <c r="G130" s="1" t="s">
+        <v>489</v>
+      </c>
+      <c r="H130" t="s">
+        <v>490</v>
+      </c>
+    </row>
+    <row r="131" spans="1:8">
+      <c r="A131" t="s">
+        <v>491</v>
+      </c>
+      <c r="B131" t="s">
+        <v>9</v>
+      </c>
+      <c r="C131" t="s">
+        <v>171</v>
+      </c>
+      <c r="D131" t="s">
+        <v>375</v>
+      </c>
+      <c r="E131" t="s">
+        <v>376</v>
+      </c>
+      <c r="F131" t="s">
+        <v>53</v>
+      </c>
+      <c r="G131" s="1" t="s">
+        <v>492</v>
+      </c>
+      <c r="H131" t="s">
+        <v>493</v>
+      </c>
+    </row>
+    <row r="132" spans="1:8">
+      <c r="A132" t="s">
+        <v>494</v>
+      </c>
+      <c r="B132" t="s">
+        <v>9</v>
+      </c>
+      <c r="C132" t="s">
+        <v>175</v>
+      </c>
+      <c r="D132" t="s">
+        <v>375</v>
+      </c>
+      <c r="E132" t="s">
+        <v>376</v>
+      </c>
+      <c r="F132" t="s">
+        <v>75</v>
+      </c>
+      <c r="G132" s="1" t="s">
+        <v>495</v>
+      </c>
+      <c r="H132" t="s">
+        <v>496</v>
+      </c>
+    </row>
+    <row r="133" spans="1:8">
+      <c r="A133" t="s">
+        <v>497</v>
+      </c>
+      <c r="B133" t="s">
+        <v>9</v>
+      </c>
+      <c r="C133" t="s">
+        <v>180</v>
+      </c>
+      <c r="D133" t="s">
+        <v>375</v>
+      </c>
+      <c r="E133" t="s">
+        <v>376</v>
+      </c>
+      <c r="F133" t="s">
+        <v>66</v>
+      </c>
+      <c r="G133" s="1" t="s">
+        <v>498</v>
+      </c>
+      <c r="H133" t="s">
+        <v>499</v>
+      </c>
+    </row>
+    <row r="134" spans="1:8">
+      <c r="A134" t="s">
+        <v>500</v>
+      </c>
+      <c r="B134" t="s">
+        <v>9</v>
+      </c>
+      <c r="C134" t="s">
+        <v>184</v>
+      </c>
+      <c r="D134" t="s">
+        <v>375</v>
+      </c>
+      <c r="E134" t="s">
+        <v>376</v>
+      </c>
+      <c r="F134" t="s">
+        <v>176</v>
+      </c>
+      <c r="G134" s="1" t="s">
+        <v>501</v>
+      </c>
+      <c r="H134" t="s">
+        <v>502</v>
+      </c>
+    </row>
+    <row r="135" spans="1:8">
+      <c r="A135" t="s">
+        <v>503</v>
+      </c>
+      <c r="B135" t="s">
+        <v>9</v>
+      </c>
+      <c r="C135" t="s">
+        <v>188</v>
+      </c>
+      <c r="D135" t="s">
+        <v>375</v>
+      </c>
+      <c r="E135" t="s">
+        <v>376</v>
+      </c>
+      <c r="F135" t="s">
+        <v>504</v>
+      </c>
+      <c r="G135" s="1" t="s">
+        <v>505</v>
+      </c>
+      <c r="H135" t="s">
+        <v>506</v>
+      </c>
+    </row>
+    <row r="136" spans="1:8">
+      <c r="A136" t="s">
+        <v>507</v>
+      </c>
+      <c r="B136" t="s">
+        <v>9</v>
+      </c>
+      <c r="C136" t="s">
+        <v>192</v>
+      </c>
+      <c r="D136" t="s">
+        <v>375</v>
+      </c>
+      <c r="E136" t="s">
+        <v>376</v>
+      </c>
+      <c r="F136" t="s">
+        <v>35</v>
+      </c>
+      <c r="G136" s="1" t="s">
+        <v>508</v>
+      </c>
+      <c r="H136" t="s">
+        <v>509</v>
+      </c>
+    </row>
+    <row r="137" spans="1:8">
+      <c r="A137" t="s">
+        <v>510</v>
+      </c>
+      <c r="B137" t="s">
+        <v>9</v>
+      </c>
+      <c r="C137" t="s">
+        <v>10</v>
+      </c>
+      <c r="D137" t="s">
+        <v>511</v>
+      </c>
+      <c r="E137" t="s">
+        <v>512</v>
+      </c>
+      <c r="F137" t="s">
+        <v>513</v>
+      </c>
+      <c r="G137" s="1" t="s">
+        <v>514</v>
+      </c>
+      <c r="H137" t="s">
+        <v>515</v>
+      </c>
+    </row>
+    <row r="138" spans="1:8">
+      <c r="A138" t="s">
+        <v>516</v>
+      </c>
+      <c r="B138" t="s">
+        <v>9</v>
+      </c>
+      <c r="C138" t="s">
+        <v>10</v>
+      </c>
+      <c r="D138" t="s">
+        <v>517</v>
+      </c>
+      <c r="E138" t="s">
+        <v>518</v>
+      </c>
+      <c r="F138" t="s">
+        <v>347</v>
+      </c>
+      <c r="G138" s="1" t="s">
+        <v>519</v>
+      </c>
+      <c r="H138" t="s">
+        <v>520</v>
+      </c>
+    </row>
+    <row r="139" spans="1:8">
+      <c r="A139" t="s">
+        <v>521</v>
+      </c>
+      <c r="B139" t="s">
+        <v>9</v>
+      </c>
+      <c r="C139" t="s">
+        <v>17</v>
+      </c>
+      <c r="D139" t="s">
+        <v>517</v>
+      </c>
+      <c r="E139" t="s">
+        <v>518</v>
+      </c>
+      <c r="F139" t="s">
+        <v>347</v>
+      </c>
+      <c r="G139" s="1" t="s">
+        <v>522</v>
+      </c>
+      <c r="H139" t="s">
+        <v>523</v>
+      </c>
+    </row>
+    <row r="140" spans="1:8">
+      <c r="A140" t="s">
+        <v>524</v>
+      </c>
+      <c r="B140" t="s">
+        <v>9</v>
+      </c>
+      <c r="C140" t="s">
+        <v>21</v>
+      </c>
+      <c r="D140" t="s">
+        <v>517</v>
+      </c>
+      <c r="E140" t="s">
+        <v>518</v>
+      </c>
+      <c r="F140" t="s">
+        <v>525</v>
+      </c>
+      <c r="G140" s="1" t="s">
+        <v>526</v>
+      </c>
+      <c r="H140" t="s">
+        <v>527</v>
+      </c>
+    </row>
+    <row r="141" spans="1:8">
+      <c r="A141" t="s">
+        <v>528</v>
+      </c>
+      <c r="B141" t="s">
+        <v>9</v>
+      </c>
+      <c r="C141" t="s">
+        <v>26</v>
+      </c>
+      <c r="D141" t="s">
+        <v>517</v>
+      </c>
+      <c r="E141" t="s">
+        <v>518</v>
+      </c>
+      <c r="F141" t="s">
+        <v>347</v>
+      </c>
+      <c r="G141" s="1" t="s">
+        <v>529</v>
+      </c>
+      <c r="H141" t="s">
+        <v>530</v>
+      </c>
+    </row>
+    <row r="142" spans="1:8">
+      <c r="A142" t="s">
+        <v>531</v>
+      </c>
+      <c r="B142" t="s">
+        <v>9</v>
+      </c>
+      <c r="C142" t="s">
+        <v>30</v>
+      </c>
+      <c r="D142" t="s">
+        <v>517</v>
+      </c>
+      <c r="E142" t="s">
+        <v>518</v>
+      </c>
+      <c r="F142" t="s">
+        <v>525</v>
+      </c>
+      <c r="G142" s="1" t="s">
+        <v>532</v>
+      </c>
+      <c r="H142" t="s">
+        <v>527</v>
+      </c>
+    </row>
+    <row r="143" spans="1:8">
+      <c r="A143" t="s">
+        <v>533</v>
+      </c>
+      <c r="B143" t="s">
+        <v>9</v>
+      </c>
+      <c r="C143" t="s">
+        <v>34</v>
+      </c>
+      <c r="D143" t="s">
+        <v>517</v>
+      </c>
+      <c r="E143" t="s">
+        <v>518</v>
+      </c>
+      <c r="F143" t="s">
+        <v>347</v>
+      </c>
+      <c r="G143" s="1" t="s">
+        <v>534</v>
+      </c>
+      <c r="H143" t="s">
+        <v>535</v>
+      </c>
+    </row>
+    <row r="144" spans="1:8">
+      <c r="A144" t="s">
+        <v>536</v>
+      </c>
+      <c r="B144" t="s">
+        <v>9</v>
+      </c>
+      <c r="C144" t="s">
+        <v>39</v>
+      </c>
+      <c r="D144" t="s">
+        <v>517</v>
+      </c>
+      <c r="E144" t="s">
+        <v>518</v>
+      </c>
+      <c r="F144" t="s">
+        <v>525</v>
+      </c>
+      <c r="G144" s="1" t="s">
+        <v>537</v>
+      </c>
+      <c r="H144" t="s">
+        <v>538</v>
+      </c>
+    </row>
+    <row r="145" spans="1:8">
+      <c r="A145" t="s">
+        <v>539</v>
+      </c>
+      <c r="B145" t="s">
+        <v>9</v>
+      </c>
+      <c r="C145" t="s">
+        <v>43</v>
+      </c>
+      <c r="D145" t="s">
+        <v>517</v>
+      </c>
+      <c r="E145" t="s">
+        <v>518</v>
+      </c>
+      <c r="F145" t="s">
+        <v>347</v>
+      </c>
+      <c r="G145" s="1" t="s">
+        <v>540</v>
+      </c>
+      <c r="H145" t="s">
+        <v>541</v>
+      </c>
+    </row>
+    <row r="146" spans="1:8">
+      <c r="A146" t="s">
+        <v>542</v>
+      </c>
+      <c r="B146" t="s">
+        <v>9</v>
+      </c>
+      <c r="C146" t="s">
+        <v>48</v>
+      </c>
+      <c r="D146" t="s">
+        <v>517</v>
+      </c>
+      <c r="E146" t="s">
+        <v>518</v>
+      </c>
+      <c r="F146" t="s">
+        <v>347</v>
+      </c>
+      <c r="G146" s="1" t="s">
+        <v>543</v>
+      </c>
+      <c r="H146" t="s">
+        <v>544</v>
+      </c>
+    </row>
+    <row r="147" spans="1:8">
+      <c r="A147" t="s">
+        <v>545</v>
+      </c>
+      <c r="B147" t="s">
+        <v>9</v>
+      </c>
+      <c r="C147" t="s">
+        <v>52</v>
+      </c>
+      <c r="D147" t="s">
+        <v>517</v>
+      </c>
+      <c r="E147" t="s">
+        <v>518</v>
+      </c>
+      <c r="F147" t="s">
+        <v>347</v>
+      </c>
+      <c r="G147" s="1" t="s">
+        <v>546</v>
+      </c>
+      <c r="H147" t="s">
+        <v>547</v>
+      </c>
+    </row>
+    <row r="148" spans="1:8">
+      <c r="A148" t="s">
+        <v>548</v>
+      </c>
+      <c r="B148" t="s">
+        <v>9</v>
+      </c>
+      <c r="C148" t="s">
+        <v>57</v>
+      </c>
+      <c r="D148" t="s">
+        <v>517</v>
+      </c>
+      <c r="E148" t="s">
+        <v>518</v>
+      </c>
+      <c r="F148" t="s">
+        <v>347</v>
+      </c>
+      <c r="G148" s="1" t="s">
+        <v>549</v>
+      </c>
+      <c r="H148" t="s">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="149" spans="1:8">
+      <c r="A149" t="s">
+        <v>551</v>
+      </c>
+      <c r="B149" t="s">
+        <v>9</v>
+      </c>
+      <c r="C149" t="s">
+        <v>61</v>
+      </c>
+      <c r="D149" t="s">
+        <v>517</v>
+      </c>
+      <c r="E149" t="s">
+        <v>518</v>
+      </c>
+      <c r="F149" t="s">
+        <v>347</v>
+      </c>
+      <c r="G149" s="1" t="s">
+        <v>552</v>
+      </c>
+      <c r="H149" t="s">
+        <v>553</v>
+      </c>
+    </row>
+    <row r="150" spans="1:8">
+      <c r="A150" t="s">
+        <v>554</v>
+      </c>
+      <c r="B150" t="s">
+        <v>9</v>
+      </c>
+      <c r="C150" t="s">
+        <v>65</v>
+      </c>
+      <c r="D150" t="s">
+        <v>517</v>
+      </c>
+      <c r="E150" t="s">
+        <v>518</v>
+      </c>
+      <c r="F150" t="s">
+        <v>347</v>
+      </c>
+      <c r="G150" s="1" t="s">
+        <v>555</v>
+      </c>
+      <c r="H150" t="s">
+        <v>556</v>
+      </c>
+    </row>
+    <row r="151" spans="1:8">
+      <c r="A151" t="s">
+        <v>557</v>
+      </c>
+      <c r="B151" t="s">
+        <v>9</v>
+      </c>
+      <c r="C151" t="s">
+        <v>70</v>
+      </c>
+      <c r="D151" t="s">
+        <v>517</v>
+      </c>
+      <c r="E151" t="s">
+        <v>518</v>
+      </c>
+      <c r="F151" t="s">
+        <v>558</v>
+      </c>
+      <c r="G151" s="1" t="s">
+        <v>559</v>
+      </c>
+      <c r="H151" t="s">
+        <v>560</v>
+      </c>
+    </row>
+    <row r="152" spans="1:8">
+      <c r="A152" t="s">
+        <v>561</v>
+      </c>
+      <c r="B152" t="s">
+        <v>9</v>
+      </c>
+      <c r="C152" t="s">
+        <v>74</v>
+      </c>
+      <c r="D152" t="s">
+        <v>517</v>
+      </c>
+      <c r="E152" t="s">
+        <v>518</v>
+      </c>
+      <c r="F152" t="s">
+        <v>558</v>
+      </c>
+      <c r="G152" s="1" t="s">
+        <v>562</v>
+      </c>
+      <c r="H152" t="s">
+        <v>560</v>
+      </c>
+    </row>
+    <row r="153" spans="1:8">
+      <c r="A153" t="s">
+        <v>563</v>
+      </c>
+      <c r="B153" t="s">
+        <v>9</v>
+      </c>
+      <c r="C153" t="s">
+        <v>79</v>
+      </c>
+      <c r="D153" t="s">
+        <v>517</v>
+      </c>
+      <c r="E153" t="s">
+        <v>518</v>
+      </c>
+      <c r="F153" t="s">
+        <v>558</v>
+      </c>
+      <c r="G153" s="1" t="s">
+        <v>564</v>
+      </c>
+      <c r="H153" t="s">
+        <v>565</v>
+      </c>
+    </row>
+    <row r="154" spans="1:8">
+      <c r="A154" t="s">
+        <v>566</v>
+      </c>
+      <c r="B154" t="s">
+        <v>9</v>
+      </c>
+      <c r="C154" t="s">
+        <v>84</v>
+      </c>
+      <c r="D154" t="s">
+        <v>517</v>
+      </c>
+      <c r="E154" t="s">
+        <v>518</v>
+      </c>
+      <c r="F154" t="s">
+        <v>558</v>
+      </c>
+      <c r="G154" s="1" t="s">
+        <v>567</v>
+      </c>
+      <c r="H154" t="s">
+        <v>568</v>
+      </c>
+    </row>
+    <row r="155" spans="1:8">
+      <c r="A155" t="s">
+        <v>569</v>
+      </c>
+      <c r="B155" t="s">
+        <v>9</v>
+      </c>
+      <c r="C155" t="s">
+        <v>89</v>
+      </c>
+      <c r="D155" t="s">
+        <v>517</v>
+      </c>
+      <c r="E155" t="s">
+        <v>518</v>
+      </c>
+      <c r="F155" t="s">
+        <v>558</v>
+      </c>
+      <c r="G155" s="1" t="s">
+        <v>570</v>
+      </c>
+      <c r="H155" t="s">
+        <v>571</v>
+      </c>
+    </row>
+    <row r="156" spans="1:8">
+      <c r="A156" t="s">
+        <v>572</v>
+      </c>
+      <c r="B156" t="s">
+        <v>9</v>
+      </c>
+      <c r="C156" t="s">
+        <v>93</v>
+      </c>
+      <c r="D156" t="s">
+        <v>517</v>
+      </c>
+      <c r="E156" t="s">
+        <v>518</v>
+      </c>
+      <c r="F156" t="s">
+        <v>347</v>
+      </c>
+      <c r="G156" s="1" t="s">
+        <v>573</v>
+      </c>
+      <c r="H156" t="s">
+        <v>574</v>
+      </c>
+    </row>
+    <row r="157" spans="1:8">
+      <c r="A157" t="s">
+        <v>575</v>
+      </c>
+      <c r="B157" t="s">
+        <v>9</v>
+      </c>
+      <c r="C157" t="s">
+        <v>98</v>
+      </c>
+      <c r="D157" t="s">
+        <v>517</v>
+      </c>
+      <c r="E157" t="s">
+        <v>518</v>
+      </c>
+      <c r="F157" t="s">
+        <v>347</v>
+      </c>
+      <c r="G157" s="1" t="s">
+        <v>576</v>
+      </c>
+      <c r="H157" t="s">
+        <v>577</v>
+      </c>
+    </row>
+    <row r="158" spans="1:8">
+      <c r="A158" t="s">
+        <v>578</v>
+      </c>
+      <c r="B158" t="s">
+        <v>9</v>
+      </c>
+      <c r="C158" t="s">
+        <v>102</v>
+      </c>
+      <c r="D158" t="s">
+        <v>517</v>
+      </c>
+      <c r="E158" t="s">
+        <v>518</v>
+      </c>
+      <c r="F158" t="s">
+        <v>347</v>
+      </c>
+      <c r="G158" s="1" t="s">
+        <v>579</v>
+      </c>
+      <c r="H158" t="s">
+        <v>580</v>
+      </c>
+    </row>
+    <row r="159" spans="1:8">
+      <c r="A159" t="s">
+        <v>581</v>
+      </c>
+      <c r="B159" t="s">
+        <v>9</v>
+      </c>
+      <c r="C159" t="s">
+        <v>106</v>
+      </c>
+      <c r="D159" t="s">
+        <v>517</v>
+      </c>
+      <c r="E159" t="s">
+        <v>518</v>
+      </c>
+      <c r="F159" t="s">
+        <v>347</v>
+      </c>
+      <c r="G159" s="1" t="s">
+        <v>582</v>
+      </c>
+      <c r="H159" t="s">
+        <v>583</v>
+      </c>
+    </row>
+    <row r="160" spans="1:8">
+      <c r="A160" t="s">
+        <v>584</v>
+      </c>
+      <c r="B160" t="s">
+        <v>9</v>
+      </c>
+      <c r="C160" t="s">
+        <v>111</v>
+      </c>
+      <c r="D160" t="s">
+        <v>517</v>
+      </c>
+      <c r="E160" t="s">
+        <v>518</v>
+      </c>
+      <c r="F160" t="s">
+        <v>347</v>
+      </c>
+      <c r="G160" s="1" t="s">
+        <v>585</v>
+      </c>
+      <c r="H160" t="s">
+        <v>586</v>
+      </c>
+    </row>
+    <row r="161" spans="1:8">
+      <c r="A161" t="s">
+        <v>587</v>
+      </c>
+      <c r="B161" t="s">
+        <v>9</v>
+      </c>
+      <c r="C161" t="s">
+        <v>115</v>
+      </c>
+      <c r="D161" t="s">
+        <v>517</v>
+      </c>
+      <c r="E161" t="s">
+        <v>518</v>
+      </c>
+      <c r="F161" t="s">
+        <v>347</v>
+      </c>
+      <c r="G161" s="1" t="s">
+        <v>588</v>
+      </c>
+      <c r="H161" t="s">
+        <v>589</v>
+      </c>
+    </row>
+    <row r="162" spans="1:8">
+      <c r="A162" t="s">
+        <v>590</v>
+      </c>
+      <c r="B162" t="s">
+        <v>9</v>
+      </c>
+      <c r="C162" t="s">
+        <v>119</v>
+      </c>
+      <c r="D162" t="s">
+        <v>517</v>
+      </c>
+      <c r="E162" t="s">
+        <v>518</v>
+      </c>
+      <c r="F162" t="s">
+        <v>347</v>
+      </c>
+      <c r="G162" s="1" t="s">
+        <v>591</v>
+      </c>
+      <c r="H162" t="s">
+        <v>592</v>
+      </c>
+    </row>
+    <row r="163" spans="1:8">
+      <c r="A163" t="s">
+        <v>593</v>
+      </c>
+      <c r="B163" t="s">
+        <v>9</v>
+      </c>
+      <c r="C163" t="s">
+        <v>123</v>
+      </c>
+      <c r="D163" t="s">
+        <v>517</v>
+      </c>
+      <c r="E163" t="s">
+        <v>518</v>
+      </c>
+      <c r="F163" t="s">
+        <v>347</v>
+      </c>
+      <c r="G163" s="1" t="s">
+        <v>594</v>
+      </c>
+      <c r="H163" t="s">
+        <v>595</v>
+      </c>
+    </row>
+    <row r="164" spans="1:8">
+      <c r="A164" t="s">
+        <v>596</v>
+      </c>
+      <c r="B164" t="s">
+        <v>9</v>
+      </c>
+      <c r="C164" t="s">
+        <v>127</v>
+      </c>
+      <c r="D164" t="s">
+        <v>517</v>
+      </c>
+      <c r="E164" t="s">
+        <v>518</v>
+      </c>
+      <c r="F164" t="s">
+        <v>347</v>
+      </c>
+      <c r="G164" s="1" t="s">
+        <v>597</v>
+      </c>
+      <c r="H164" t="s">
+        <v>598</v>
+      </c>
+    </row>
+    <row r="165" spans="1:8">
+      <c r="A165" t="s">
+        <v>599</v>
+      </c>
+      <c r="B165" t="s">
+        <v>9</v>
+      </c>
+      <c r="C165" t="s">
+        <v>10</v>
+      </c>
+      <c r="D165" t="s">
+        <v>600</v>
+      </c>
+      <c r="E165" t="s">
+        <v>601</v>
+      </c>
+      <c r="F165" t="s">
+        <v>558</v>
+      </c>
+      <c r="G165" s="1" t="s">
+        <v>602</v>
+      </c>
+      <c r="H165" t="s">
+        <v>603</v>
+      </c>
+    </row>
+    <row r="166" spans="1:8">
+      <c r="A166" t="s">
+        <v>604</v>
+      </c>
+      <c r="B166" t="s">
+        <v>9</v>
+      </c>
+      <c r="C166" t="s">
+        <v>17</v>
+      </c>
+      <c r="D166" t="s">
+        <v>600</v>
+      </c>
+      <c r="E166" t="s">
+        <v>601</v>
+      </c>
+      <c r="F166" t="s">
+        <v>558</v>
+      </c>
+      <c r="G166" s="1" t="s">
+        <v>605</v>
+      </c>
+      <c r="H166" t="s">
+        <v>606</v>
+      </c>
+    </row>
+    <row r="167" spans="1:8">
+      <c r="A167" t="s">
+        <v>607</v>
+      </c>
+      <c r="B167" t="s">
+        <v>9</v>
+      </c>
+      <c r="C167" t="s">
+        <v>21</v>
+      </c>
+      <c r="D167" t="s">
+        <v>600</v>
+      </c>
+      <c r="E167" t="s">
+        <v>601</v>
+      </c>
+      <c r="F167" t="s">
+        <v>558</v>
+      </c>
+      <c r="G167" s="1" t="s">
+        <v>608</v>
+      </c>
+      <c r="H167" t="s">
+        <v>609</v>
+      </c>
+    </row>
+    <row r="168" spans="1:8">
+      <c r="A168" t="s">
+        <v>610</v>
+      </c>
+      <c r="B168" t="s">
+        <v>9</v>
+      </c>
+      <c r="C168" t="s">
+        <v>26</v>
+      </c>
+      <c r="D168" t="s">
+        <v>600</v>
+      </c>
+      <c r="E168" t="s">
+        <v>601</v>
+      </c>
+      <c r="F168" t="s">
+        <v>558</v>
+      </c>
+      <c r="G168" s="1" t="s">
+        <v>611</v>
+      </c>
+      <c r="H168" t="s">
+        <v>612</v>
+      </c>
+    </row>
+    <row r="169" spans="1:8">
+      <c r="A169" t="s">
+        <v>613</v>
+      </c>
+      <c r="B169" t="s">
+        <v>9</v>
+      </c>
+      <c r="C169" t="s">
+        <v>30</v>
+      </c>
+      <c r="D169" t="s">
+        <v>600</v>
+      </c>
+      <c r="E169" t="s">
+        <v>601</v>
+      </c>
+      <c r="F169" t="s">
+        <v>558</v>
+      </c>
+      <c r="G169" s="1" t="s">
+        <v>614</v>
+      </c>
+      <c r="H169" t="s">
+        <v>615</v>
+      </c>
+    </row>
+    <row r="170" spans="1:8">
+      <c r="A170" t="s">
+        <v>616</v>
+      </c>
+      <c r="B170" t="s">
+        <v>9</v>
+      </c>
+      <c r="C170" t="s">
+        <v>34</v>
+      </c>
+      <c r="D170" t="s">
+        <v>600</v>
+      </c>
+      <c r="E170" t="s">
+        <v>601</v>
+      </c>
+      <c r="F170" t="s">
+        <v>558</v>
+      </c>
+      <c r="G170" s="1" t="s">
+        <v>617</v>
+      </c>
+      <c r="H170" t="s">
+        <v>618</v>
+      </c>
+    </row>
+    <row r="171" spans="1:8">
+      <c r="A171" t="s">
+        <v>619</v>
+      </c>
+      <c r="B171" t="s">
+        <v>9</v>
+      </c>
+      <c r="C171" t="s">
+        <v>39</v>
+      </c>
+      <c r="D171" t="s">
+        <v>600</v>
+      </c>
+      <c r="E171" t="s">
+        <v>601</v>
+      </c>
+      <c r="F171" t="s">
+        <v>558</v>
+      </c>
+      <c r="G171" s="1" t="s">
+        <v>620</v>
+      </c>
+      <c r="H171" t="s">
+        <v>621</v>
+      </c>
+    </row>
+    <row r="172" spans="1:8">
+      <c r="A172" t="s">
+        <v>622</v>
+      </c>
+      <c r="B172" t="s">
+        <v>9</v>
+      </c>
+      <c r="C172" t="s">
+        <v>43</v>
+      </c>
+      <c r="D172" t="s">
+        <v>600</v>
+      </c>
+      <c r="E172" t="s">
+        <v>601</v>
+      </c>
+      <c r="F172" t="s">
+        <v>558</v>
+      </c>
+      <c r="G172" s="1" t="s">
+        <v>623</v>
+      </c>
+      <c r="H172" t="s">
+        <v>624</v>
+      </c>
+    </row>
+    <row r="173" spans="1:8">
+      <c r="A173" t="s">
+        <v>625</v>
+      </c>
+      <c r="B173" t="s">
+        <v>9</v>
+      </c>
+      <c r="C173" t="s">
+        <v>48</v>
+      </c>
+      <c r="D173" t="s">
+        <v>600</v>
+      </c>
+      <c r="E173" t="s">
+        <v>601</v>
+      </c>
+      <c r="F173" t="s">
+        <v>558</v>
+      </c>
+      <c r="G173" s="1" t="s">
+        <v>626</v>
+      </c>
+      <c r="H173" t="s">
+        <v>627</v>
+      </c>
+    </row>
+    <row r="174" spans="1:8">
+      <c r="A174" t="s">
+        <v>628</v>
+      </c>
+      <c r="B174" t="s">
+        <v>9</v>
+      </c>
+      <c r="C174" t="s">
+        <v>52</v>
+      </c>
+      <c r="D174" t="s">
+        <v>600</v>
+      </c>
+      <c r="E174" t="s">
+        <v>601</v>
+      </c>
+      <c r="F174" t="s">
+        <v>558</v>
+      </c>
+      <c r="G174" s="1" t="s">
+        <v>629</v>
+      </c>
+      <c r="H174" t="s">
+        <v>630</v>
+      </c>
+    </row>
+    <row r="175" spans="1:8">
+      <c r="A175" t="s">
+        <v>631</v>
+      </c>
+      <c r="B175" t="s">
+        <v>9</v>
+      </c>
+      <c r="C175" t="s">
+        <v>57</v>
+      </c>
+      <c r="D175" t="s">
+        <v>600</v>
+      </c>
+      <c r="E175" t="s">
+        <v>601</v>
+      </c>
+      <c r="F175" t="s">
+        <v>558</v>
+      </c>
+      <c r="G175" s="1" t="s">
+        <v>632</v>
+      </c>
+      <c r="H175" t="s">
+        <v>633</v>
+      </c>
+    </row>
+    <row r="176" spans="1:8">
+      <c r="A176" t="s">
+        <v>634</v>
+      </c>
+      <c r="B176" t="s">
+        <v>9</v>
+      </c>
+      <c r="C176" t="s">
+        <v>61</v>
+      </c>
+      <c r="D176" t="s">
+        <v>600</v>
+      </c>
+      <c r="E176" t="s">
+        <v>601</v>
+      </c>
+      <c r="F176" t="s">
+        <v>558</v>
+      </c>
+      <c r="G176" s="1" t="s">
+        <v>635</v>
+      </c>
+      <c r="H176" t="s">
+        <v>636</v>
+      </c>
+    </row>
+    <row r="177" spans="1:8">
+      <c r="A177" t="s">
+        <v>637</v>
+      </c>
+      <c r="B177" t="s">
+        <v>9</v>
+      </c>
+      <c r="C177" t="s">
+        <v>65</v>
+      </c>
+      <c r="D177" t="s">
+        <v>600</v>
+      </c>
+      <c r="E177" t="s">
+        <v>601</v>
+      </c>
+      <c r="F177" t="s">
+        <v>558</v>
+      </c>
+      <c r="G177" s="1" t="s">
+        <v>638</v>
+      </c>
+      <c r="H177" t="s">
+        <v>639</v>
+      </c>
+    </row>
+    <row r="178" spans="1:8">
+      <c r="A178" t="s">
+        <v>640</v>
+      </c>
+      <c r="B178" t="s">
+        <v>9</v>
+      </c>
+      <c r="C178" t="s">
+        <v>70</v>
+      </c>
+      <c r="D178" t="s">
+        <v>600</v>
+      </c>
+      <c r="E178" t="s">
+        <v>601</v>
+      </c>
+      <c r="F178" t="s">
+        <v>558</v>
+      </c>
+      <c r="G178" s="1" t="s">
+        <v>641</v>
+      </c>
+      <c r="H178" t="s">
+        <v>642</v>
+      </c>
+    </row>
+    <row r="179" spans="1:8">
+      <c r="A179" t="s">
+        <v>643</v>
+      </c>
+      <c r="B179" t="s">
+        <v>9</v>
+      </c>
+      <c r="C179" t="s">
+        <v>74</v>
+      </c>
+      <c r="D179" t="s">
+        <v>600</v>
+      </c>
+      <c r="E179" t="s">
+        <v>601</v>
+      </c>
+      <c r="F179" t="s">
+        <v>558</v>
+      </c>
+      <c r="G179" s="1" t="s">
+        <v>644</v>
+      </c>
+      <c r="H179" t="s">
+        <v>645</v>
+      </c>
+    </row>
+    <row r="180" spans="1:8">
+      <c r="A180" t="s">
+        <v>646</v>
+      </c>
+      <c r="B180" t="s">
+        <v>9</v>
+      </c>
+      <c r="C180" t="s">
+        <v>79</v>
+      </c>
+      <c r="D180" t="s">
+        <v>600</v>
+      </c>
+      <c r="E180" t="s">
+        <v>601</v>
+      </c>
+      <c r="F180" t="s">
+        <v>558</v>
+      </c>
+      <c r="G180" s="1" t="s">
+        <v>647</v>
+      </c>
+      <c r="H180" t="s">
+        <v>648</v>
+      </c>
+    </row>
+    <row r="181" spans="1:8">
+      <c r="A181" t="s">
+        <v>649</v>
+      </c>
+      <c r="B181" t="s">
+        <v>9</v>
+      </c>
+      <c r="C181" t="s">
+        <v>84</v>
+      </c>
+      <c r="D181" t="s">
+        <v>600</v>
+      </c>
+      <c r="E181" t="s">
+        <v>601</v>
+      </c>
+      <c r="F181" t="s">
+        <v>558</v>
+      </c>
+      <c r="G181" s="1" t="s">
+        <v>650</v>
+      </c>
+      <c r="H181" t="s">
+        <v>651</v>
+      </c>
+    </row>
+    <row r="182" spans="1:8">
+      <c r="A182" t="s">
+        <v>652</v>
+      </c>
+      <c r="B182" t="s">
+        <v>9</v>
+      </c>
+      <c r="C182" t="s">
+        <v>89</v>
+      </c>
+      <c r="D182" t="s">
+        <v>600</v>
+      </c>
+      <c r="E182" t="s">
+        <v>601</v>
+      </c>
+      <c r="F182" t="s">
+        <v>558</v>
+      </c>
+      <c r="G182" s="1" t="s">
+        <v>653</v>
+      </c>
+      <c r="H182" t="s">
+        <v>654</v>
+      </c>
+    </row>
+    <row r="183" spans="1:8">
+      <c r="A183" t="s">
+        <v>655</v>
+      </c>
+      <c r="B183" t="s">
+        <v>9</v>
+      </c>
+      <c r="C183" t="s">
+        <v>93</v>
+      </c>
+      <c r="D183" t="s">
+        <v>600</v>
+      </c>
+      <c r="E183" t="s">
+        <v>601</v>
+      </c>
+      <c r="F183" t="s">
+        <v>558</v>
+      </c>
+      <c r="G183" s="1" t="s">
+        <v>656</v>
+      </c>
+      <c r="H183" t="s">
+        <v>657</v>
+      </c>
+    </row>
+    <row r="184" spans="1:8">
+      <c r="A184" t="s">
+        <v>658</v>
+      </c>
+      <c r="B184" t="s">
+        <v>9</v>
+      </c>
+      <c r="C184" t="s">
+        <v>98</v>
+      </c>
+      <c r="D184" t="s">
+        <v>600</v>
+      </c>
+      <c r="E184" t="s">
+        <v>601</v>
+      </c>
+      <c r="F184" t="s">
+        <v>558</v>
+      </c>
+      <c r="G184" s="1" t="s">
+        <v>659</v>
+      </c>
+      <c r="H184" t="s">
+        <v>660</v>
+      </c>
+    </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
+    <hyperlink ref="G4" r:id="rId3"/>
+    <hyperlink ref="G5" r:id="rId4"/>
+    <hyperlink ref="G6" r:id="rId5"/>
+    <hyperlink ref="G7" r:id="rId6"/>
+    <hyperlink ref="G8" r:id="rId7"/>
+    <hyperlink ref="G9" r:id="rId8"/>
+    <hyperlink ref="G10" r:id="rId9"/>
+    <hyperlink ref="G11" r:id="rId10"/>
+    <hyperlink ref="G12" r:id="rId11"/>
+    <hyperlink ref="G13" r:id="rId12"/>
+    <hyperlink ref="G14" r:id="rId13"/>
+    <hyperlink ref="G15" r:id="rId14"/>
+    <hyperlink ref="G16" r:id="rId15"/>
+    <hyperlink ref="G17" r:id="rId16"/>
+    <hyperlink ref="G18" r:id="rId17"/>
+    <hyperlink ref="G19" r:id="rId18"/>
+    <hyperlink ref="G20" r:id="rId19"/>
+    <hyperlink ref="G21" r:id="rId20"/>
+    <hyperlink ref="G22" r:id="rId21"/>
+    <hyperlink ref="G23" r:id="rId22"/>
+    <hyperlink ref="G24" r:id="rId23"/>
+    <hyperlink ref="G25" r:id="rId24"/>
+    <hyperlink ref="G26" r:id="rId25"/>
+    <hyperlink ref="G27" r:id="rId26"/>
+    <hyperlink ref="G28" r:id="rId27"/>
+    <hyperlink ref="G29" r:id="rId28"/>
+    <hyperlink ref="G30" r:id="rId29"/>
+    <hyperlink ref="G31" r:id="rId30"/>
+    <hyperlink ref="G32" r:id="rId31"/>
+    <hyperlink ref="G33" r:id="rId32"/>
+    <hyperlink ref="G34" r:id="rId33"/>
+    <hyperlink ref="G35" r:id="rId34"/>
+    <hyperlink ref="G36" r:id="rId35"/>
+    <hyperlink ref="G37" r:id="rId36"/>
+    <hyperlink ref="G38" r:id="rId37"/>
+    <hyperlink ref="G39" r:id="rId38"/>
+    <hyperlink ref="G40" r:id="rId39"/>
+    <hyperlink ref="G41" r:id="rId40"/>
+    <hyperlink ref="G42" r:id="rId41"/>
+    <hyperlink ref="G43" r:id="rId42"/>
+    <hyperlink ref="G44" r:id="rId43"/>
+    <hyperlink ref="G45" r:id="rId44"/>
+    <hyperlink ref="G46" r:id="rId45"/>
+    <hyperlink ref="G47" r:id="rId46"/>
+    <hyperlink ref="G48" r:id="rId47"/>
+    <hyperlink ref="G49" r:id="rId48"/>
+    <hyperlink ref="G50" r:id="rId49"/>
+    <hyperlink ref="G51" r:id="rId50"/>
+    <hyperlink ref="G52" r:id="rId51"/>
+    <hyperlink ref="G53" r:id="rId52"/>
+    <hyperlink ref="G54" r:id="rId53"/>
+    <hyperlink ref="G55" r:id="rId54"/>
+    <hyperlink ref="G56" r:id="rId55"/>
+    <hyperlink ref="G57" r:id="rId56"/>
+    <hyperlink ref="G58" r:id="rId57"/>
+    <hyperlink ref="G59" r:id="rId58"/>
+    <hyperlink ref="G60" r:id="rId59"/>
+    <hyperlink ref="G61" r:id="rId60"/>
+    <hyperlink ref="G62" r:id="rId61"/>
+    <hyperlink ref="G63" r:id="rId62"/>
+    <hyperlink ref="G64" r:id="rId63"/>
+    <hyperlink ref="G65" r:id="rId64"/>
+    <hyperlink ref="G66" r:id="rId65"/>
+    <hyperlink ref="G67" r:id="rId66"/>
+    <hyperlink ref="G68" r:id="rId67"/>
+    <hyperlink ref="G69" r:id="rId68"/>
+    <hyperlink ref="G70" r:id="rId69"/>
+    <hyperlink ref="G71" r:id="rId70"/>
+    <hyperlink ref="G72" r:id="rId71"/>
+    <hyperlink ref="G73" r:id="rId72"/>
+    <hyperlink ref="G74" r:id="rId73"/>
+    <hyperlink ref="G75" r:id="rId74"/>
+    <hyperlink ref="G76" r:id="rId75"/>
+    <hyperlink ref="G77" r:id="rId76"/>
+    <hyperlink ref="G78" r:id="rId77"/>
+    <hyperlink ref="G79" r:id="rId78"/>
+    <hyperlink ref="G80" r:id="rId79"/>
+    <hyperlink ref="G81" r:id="rId80"/>
+    <hyperlink ref="G82" r:id="rId81"/>
+    <hyperlink ref="G83" r:id="rId82"/>
+    <hyperlink ref="G84" r:id="rId83"/>
+    <hyperlink ref="G85" r:id="rId84"/>
+    <hyperlink ref="G86" r:id="rId85"/>
+    <hyperlink ref="G87" r:id="rId86"/>
+    <hyperlink ref="G88" r:id="rId87"/>
+    <hyperlink ref="G89" r:id="rId88"/>
+    <hyperlink ref="G90" r:id="rId89"/>
+    <hyperlink ref="G91" r:id="rId90"/>
+    <hyperlink ref="G92" r:id="rId91"/>
+    <hyperlink ref="G93" r:id="rId92"/>
+    <hyperlink ref="G94" r:id="rId93"/>
+    <hyperlink ref="G95" r:id="rId94"/>
+    <hyperlink ref="G96" r:id="rId95"/>
+    <hyperlink ref="G97" r:id="rId96"/>
+    <hyperlink ref="G98" r:id="rId97"/>
+    <hyperlink ref="G99" r:id="rId98"/>
+    <hyperlink ref="G100" r:id="rId99"/>
+    <hyperlink ref="G101" r:id="rId100"/>
+    <hyperlink ref="G102" r:id="rId101"/>
+    <hyperlink ref="G103" r:id="rId102"/>
+    <hyperlink ref="G104" r:id="rId103"/>
+    <hyperlink ref="G105" r:id="rId104"/>
+    <hyperlink ref="G106" r:id="rId105"/>
+    <hyperlink ref="G107" r:id="rId106"/>
+    <hyperlink ref="G108" r:id="rId107"/>
+    <hyperlink ref="G109" r:id="rId108"/>
+    <hyperlink ref="G110" r:id="rId109"/>
+    <hyperlink ref="G111" r:id="rId110"/>
+    <hyperlink ref="G112" r:id="rId111"/>
+    <hyperlink ref="G113" r:id="rId112"/>
+    <hyperlink ref="G114" r:id="rId113"/>
+    <hyperlink ref="G115" r:id="rId114"/>
+    <hyperlink ref="G116" r:id="rId115"/>
+    <hyperlink ref="G117" r:id="rId116"/>
+    <hyperlink ref="G118" r:id="rId117"/>
+    <hyperlink ref="G119" r:id="rId118"/>
+    <hyperlink ref="G120" r:id="rId119"/>
+    <hyperlink ref="G121" r:id="rId120"/>
+    <hyperlink ref="G122" r:id="rId121"/>
+    <hyperlink ref="G123" r:id="rId122"/>
+    <hyperlink ref="G124" r:id="rId123"/>
+    <hyperlink ref="G125" r:id="rId124"/>
+    <hyperlink ref="G126" r:id="rId125"/>
+    <hyperlink ref="G127" r:id="rId126"/>
+    <hyperlink ref="G128" r:id="rId127"/>
+    <hyperlink ref="G129" r:id="rId128"/>
+    <hyperlink ref="G130" r:id="rId129"/>
+    <hyperlink ref="G131" r:id="rId130"/>
+    <hyperlink ref="G132" r:id="rId131"/>
+    <hyperlink ref="G133" r:id="rId132"/>
+    <hyperlink ref="G134" r:id="rId133"/>
+    <hyperlink ref="G135" r:id="rId134"/>
+    <hyperlink ref="G136" r:id="rId135"/>
+    <hyperlink ref="G137" r:id="rId136"/>
+    <hyperlink ref="G138" r:id="rId137"/>
+    <hyperlink ref="G139" r:id="rId138"/>
+    <hyperlink ref="G140" r:id="rId139"/>
+    <hyperlink ref="G141" r:id="rId140"/>
+    <hyperlink ref="G142" r:id="rId141"/>
+    <hyperlink ref="G143" r:id="rId142"/>
+    <hyperlink ref="G144" r:id="rId143"/>
+    <hyperlink ref="G145" r:id="rId144"/>
+    <hyperlink ref="G146" r:id="rId145"/>
+    <hyperlink ref="G147" r:id="rId146"/>
+    <hyperlink ref="G148" r:id="rId147"/>
+    <hyperlink ref="G149" r:id="rId148"/>
+    <hyperlink ref="G150" r:id="rId149"/>
+    <hyperlink ref="G151" r:id="rId150"/>
+    <hyperlink ref="G152" r:id="rId151"/>
+    <hyperlink ref="G153" r:id="rId152"/>
+    <hyperlink ref="G154" r:id="rId153"/>
+    <hyperlink ref="G155" r:id="rId154"/>
+    <hyperlink ref="G156" r:id="rId155"/>
+    <hyperlink ref="G157" r:id="rId156"/>
+    <hyperlink ref="G158" r:id="rId157"/>
+    <hyperlink ref="G159" r:id="rId158"/>
+    <hyperlink ref="G160" r:id="rId159"/>
+    <hyperlink ref="G161" r:id="rId160"/>
+    <hyperlink ref="G162" r:id="rId161"/>
+    <hyperlink ref="G163" r:id="rId162"/>
+    <hyperlink ref="G164" r:id="rId163"/>
+    <hyperlink ref="G165" r:id="rId164"/>
+    <hyperlink ref="G166" r:id="rId165"/>
+    <hyperlink ref="G167" r:id="rId166"/>
+    <hyperlink ref="G168" r:id="rId167"/>
+    <hyperlink ref="G169" r:id="rId168"/>
+    <hyperlink ref="G170" r:id="rId169"/>
+    <hyperlink ref="G171" r:id="rId170"/>
+    <hyperlink ref="G172" r:id="rId171"/>
+    <hyperlink ref="G173" r:id="rId172"/>
+    <hyperlink ref="G174" r:id="rId173"/>
+    <hyperlink ref="G175" r:id="rId174"/>
+    <hyperlink ref="G176" r:id="rId175"/>
+    <hyperlink ref="G177" r:id="rId176"/>
+    <hyperlink ref="G178" r:id="rId177"/>
+    <hyperlink ref="G179" r:id="rId178"/>
+    <hyperlink ref="G180" r:id="rId179"/>
+    <hyperlink ref="G181" r:id="rId180"/>
+    <hyperlink ref="G182" r:id="rId181"/>
+    <hyperlink ref="G183" r:id="rId182"/>
+    <hyperlink ref="G184" r:id="rId183"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>