--- v0 (2025-10-27)
+++ v1 (2026-02-11)
@@ -244,63 +244,63 @@
   <si>
     <t>CONSIDERANDO QUE VÁRIOS MORADORES DO MUNICÍPIO TÊM ME PROCURADO E FEITO RECLAMAÇÕES A CERCA DO TRANSPORTE PÚBLICO REALIZADO NO MUNICÍPIO, REQUEIRO AO EXECUTIVO MUNICIPAL, QUE ACIONE A EMPRESA CORDIAL TRANSPORTES E TURISMO, PARA QUE MESMA FORNEÇA CRONOGRAMA DETALHADO</t>
   </si>
   <si>
     <t>Requerimento nº 36 de 2025</t>
   </si>
   <si>
     <t>Angelo Traspadini,Cabral,Cezinha Ronchi,Chapolim Frasson,Vaninho Stein</t>
   </si>
   <si>
     <t>NÓS VEREADORES, CONFORME ASSINADO ABAIXO, REQUEREMOS AO PLENÁRIO DESTA CASA LEGISLATIVA, QUE DENTRO DAS POSSIBILIDADES E LEGALIDADE, SEJA ALTERADA A DATA DA 7ª SESSÃO ORDINÁRIA AGENDADA PARA O DIA 23/04/2025, PARA O DIA 30/04/2025, PREVALECENDO O HORÁRIO DE 18H30MIN.</t>
   </si>
   <si>
     <t>Requerimento nº 37 de 2025</t>
   </si>
   <si>
     <t>PLENÁRIO 2025/2028 - VEREADORES</t>
   </si>
   <si>
     <t>SOLICITA A INCLUSÃO DOS AGENTES COMUNITÁRIOS DE SAÚDE (ACS) E AGENTES DE COMBATE ÀS ENDEMIAS (ACE) NO BENEFÍCIO DE ABONO DE FALTAS POR INTERESSE PESSOAL, PREVISTO NO ART. 100 DA LEI COMPLEMENTAR Nº 01/2017 (ESTATUTO DOS SERVIDORES PÚBLICOS MUNICIPAIS).</t>
   </si>
   <si>
     <t>Proposta de Emenda Modificativa nº 4 de 2025</t>
   </si>
   <si>
-    <t>EMENDA MODIFICATIVA AO PROJETO DE LEI Nº 020/2025, QUE "AUTORIZA A CRIAÇÃO DO PROGRAMA MUNICIPAL DE MÚSICA NO MUNICÍPIO DE MARECHAL FLORIANO, DENOMINADO 'MUSICALIDADE FLORIANENSE' E DÁ OUTRAS PROVIDÊNCIAS."</t>
+    <t>PROPOSTA DE EMENDA MODIFICATIVA RELATIVA AO PROJETO DE LEI Nº 020/2025, QUE "AUTORIZA A CRIAÇÃO DO PROGRAMA MUNICIPAL DE MÚSICA NO MUNICÍPIO DE MARECHAL FLORIANO, DENOMINADO 'MUSICALIDADE FLORIANENSE' E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>Proposta de Emenda Modificativa nº 5 de 2025</t>
   </si>
   <si>
-    <t>EMENDA MODIFICATIVA AO PROJETO DE LEI Nº 011/2025, QUE ESTABECE A OBRIGATORIEDADE DA APLICAÇÃO DO QUESTIONÁRIO "SNAP IV" E DÁ OUTRAS PROVIDÊNCIAS.</t>
+    <t>PROPOSTA DE EMENDA MODIFICATIVA RELATIVA AO PROJETO DE LEI Nº 011/2025, QUE ESTABECE A OBRIGATORIEDADE DA APLICAÇÃO DO QUESTIONÁRIO "SNAP IV" E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>Proposta de Emenda Modificativa nº 6 de 2025</t>
   </si>
   <si>
-    <t>EMENDA MODIFICATIVA AO PROJETO DE LEI Nº 17/2025 QUE “DECLARA COMO PATRIMÔNIO CULTURAL E IMATERIAL DO MUNICÍPIO DE MARECHAL FLORIANO-ES, A “ESTRADA DE FERRO”, COMPREENDENDO O PERÍMETRO QUE CORTA ESTA MUNICIPALIDADE”.</t>
+    <t>PROPOSTA DE EMENDA MODIFICATIVA RELATIVA AO PROJETO DE LEI Nº 17/2025 QUE “DECLARA COMO PATRIMÔNIO CULTURAL E IMATERIAL DO MUNICÍPIO DE MARECHAL FLORIANO-ES, A “ESTRADA DE FERRO”, COMPREENDENDO O PERÍMETRO QUE CORTA ESTA MUNICIPALIDADE”.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>