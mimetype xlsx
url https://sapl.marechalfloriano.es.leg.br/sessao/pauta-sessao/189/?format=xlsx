--- v0 (2025-10-27)
+++ v1 (2026-02-11)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="30">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="171" uniqueCount="86">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Período</t>
   </si>
   <si>
     <t>Matéria</t>
   </si>
   <si>
     <t>Autor</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>Situação</t>
   </si>
   <si>
     <t>ordem dia</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária nº 113 de 2025</t>
   </si>
   <si>
@@ -100,50 +100,219 @@
     <t>IMPLEMENTA O PROJETO POSTE LIMPO NO MUNICÍPIO DE MARECHAL FLORIANO/ES</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária nº 118 de 2025</t>
   </si>
   <si>
     <t>Cezinha Ronchi</t>
   </si>
   <si>
     <t>DECLARA COMO PATRIMÔNIO CULTURAL E IMATERIAL DO MUNICÍPIO DE MARECHAL FLORIANO O RIO ARAGUAYA MIRIM.</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária nº 119 de 2025</t>
   </si>
   <si>
     <t>INSTITUI O PROJETO CORES DA NOSSA HISTÓRIA.</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária nº 120 de 2025</t>
   </si>
   <si>
     <t>Juarez Xavier</t>
   </si>
   <si>
     <t>FIXA AREA DE EXPANSÃO URBANA COM VISTAS À URBANIZAÇÃO E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>Indicação nº 360 de 2025</t>
+  </si>
+  <si>
+    <t>Coquinho</t>
+  </si>
+  <si>
+    <t>INDICO AO CHEFE DO PODER EXECUTIVO MUNICIPAL, QUE JUNTAMENTE À PASTA RESPONSÁVEL, VIABILIZE E EXECUTE O RETORNO DAS PLACAS DE “PROIBIDO ESTACIONAR AOS SÁBADOS”, NO LOCAL DA FEIRA DA ROÇA.</t>
+  </si>
+  <si>
+    <t>Indicação nº 361 de 2025</t>
+  </si>
+  <si>
+    <t>INDICO AO CHEFE DO PODER EXECUTIVO MUNICIPAL, JUNTAMENTE À PASTA RESPONSÁVEL, PROMOVA MELHORIAS NA RUA EMÍLIO ENDLICH, A QUAL APRESENTA SOLTURA DE BLOQUETES EM ALGUNS TRECHOS, AFUNDAMENTOS EM OUTROS E IRREGULARIDADES AO LONGO DE SUA EXTENSÃO, RESSALTANDO A NECESSIDADE DA EXECUÇÃO DE UM RECAPEAMENTO NA VIA.</t>
+  </si>
+  <si>
+    <t>Indicação nº 362 de 2025</t>
+  </si>
+  <si>
+    <t>Pastor Adriano</t>
+  </si>
+  <si>
+    <t>INDICO A INSTALAÇÃO DE ILUMINAÇÃO PÚBLICA E CALÇAMENTO OU MANUTENÇÃO, EM CARÁTER DE URGÊNCIA, NA ESTRADA QUE LIGA A RUA DELIMAR SCHUNK À COSTA PEREIRA.</t>
+  </si>
+  <si>
+    <t>Indicação nº 363 de 2025</t>
+  </si>
+  <si>
+    <t>INDICO AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL QUE, EM CONJUNTO COM A SECRETARIA COMPETENTE, VIABILIZE E EXECUTE A ROÇAGEM DA VEGETAÇÃO NO TREVO DE VICTOR HUGO E EM VOLTA DA ESCOLA EMEIEF VICTOR HUGO.</t>
+  </si>
+  <si>
+    <t>Indicação nº 364 de 2025</t>
+  </si>
+  <si>
+    <t>SOLICITO, REALIZAÇÃO DE PATROLAMENTO E CASCALHAMENTO DAS VIAS DE VICTOR HUGO, ESTRADA JOÃO MONGOL, CÓRREGO POLI, CÓRREGO MEDEIROS, CÓRREGO DO OURO, CÓRREGO HOFFMANN, REGIÃO PRÓXIMO A ARARA AZUL, PINHEIRINHO, ALTO SANTA MARIA, ALTO NOVA ALMEIDA E SÍTIO DIAS (ANTIGO LIXÃO).</t>
+  </si>
+  <si>
+    <t>Indicação nº 365 de 2025</t>
+  </si>
+  <si>
+    <t>Angelo Traspadini</t>
+  </si>
+  <si>
+    <t>INDICO AO CHEFE DO PODER EXECUTIVO MUNICIPAL QUE, POR MEIO DA SECRETARIA COMPETENTE, REALIZE, COM URGÊNCIA, A IMPLEMENTAÇÃO DE QUEBRA-MOLAS NA RUA PREST, EM ARAGUAYA.</t>
+  </si>
+  <si>
+    <t>Indicação nº 366 de 2025</t>
+  </si>
+  <si>
+    <t>INDICO À ADMINISTRAÇÃO MUNICIPAL, POR MEIO DA SECRETARIA MUNICIPAL DE SAÚDE, QUE SEJAM PROVIDENCIADAS A INSTALAÇÃO DE PLACAS CONTENDO O NÚMERO DE TELEFONE DO SETOR DE AGENDAMENTO DO TRANSPORTE DA SAÚDE, VISANDO A REALIZAÇÃO DE CONSULTAS E/OU EXAMES EM OUTROS MUNICÍPIOS, VISTO QUE, ESTA MUNICIPALIDADE NÃO DISPÕE DE TAIS PLACAS.</t>
+  </si>
+  <si>
+    <t>Indicação nº 367 de 2025</t>
+  </si>
+  <si>
+    <t>INDICO À GESTÃO MUNICIPAL, POR MEIO DA SECRETARIA A QUE COMPETE, QUE O MUNICÍPIO OFEREÇA AULAS DE DANÇA À COMUNIDADE, TENDO EM VISTA, QUE OS MÉDICOS VÊM RECOMENDANDO-A, DEVIDO OS BENEFÍCIOS FÍSICOS E MENTAIS QUE A MESMA PROPORCIONA.</t>
+  </si>
+  <si>
+    <t>Indicação nº 368 de 2025</t>
+  </si>
+  <si>
+    <t>INDICO, A REALIZAÇÃO DA IMPLEMENTAÇÃO DE CALÇAMENTO E EXTENSÃO DE ILUMINAÇÃO PÚBLICA, POR APROXIMADAMENTE 150M (CENTO E CINQUENTA METROS) NA RUA IDA RUPF, LOCALIZADA NO BAIRRO SANTA RITA.</t>
+  </si>
+  <si>
+    <t>Indicação nº 369 de 2025</t>
+  </si>
+  <si>
+    <t>INDICO AO PODER EXECUTIVO, QUE POR MEIO DA SECRETARIA DE SAÚDE, SEJA IMPLEMENTADO NO MUNICÍPIO O “PROGRAMA BRASIL SORRIDENTE”, VISANDO O OFERECIMENTO DE SERVIÇOS ODONTOLÓGICOS GRATUITOS, POR MEIO DO SISTEMA ÚNICO DE SAÚDE (SUS), PROPORCIONANDO ASSIM, MAIOR ACESSIBILIDADE À SAÚDE BUCAL, À POPULAÇÃO FLORIANENSE.</t>
+  </si>
+  <si>
+    <t>Indicação nº 370 de 2025</t>
+  </si>
+  <si>
+    <t>INDICO À GESTÃO MUNICIPAL, QUE SEJAM DISPONIBILIZADOS AGENTES PÚBLICOS DEVIDAMENTE IDENTIFICADOS COM USO DE COLETE, PARA AUXILIAREM NO TRÂNSITO EM FRENTE À MACEFEL, NOS HORÁRIOS DE PICO (MANHÃ, MEIO DIA E À TARDE), QUANDO HÁ MAIOR FLUXO DE VEÍCULOS, BEM COMO DE PESSOAS TRANSITANDO NAS RUAS, PRINCIPALMENTE EM HORÁRIOS DE ENTRADA E SAÍDA DOS ALUNOS NA “ESCOLA ELISIÁRIO FERREIRA FILHO”, LOCALIZADA NA RUA THIERS _x000D_
+VELOSO.</t>
+  </si>
+  <si>
+    <t>Indicação nº 371 de 2025</t>
+  </si>
+  <si>
+    <t>Cabral</t>
+  </si>
+  <si>
+    <t>INDICO, AO EXCELENTÍSSIMO SENHOR PREFEITO QUE, POR INTERMÉDIO DA SECRETARIA MUNICIPAL COMPETENTE, VIABILIZE A REFORMA GERAL DA UNIDADE DE SAÚDE BÁSICA DR. CÉSAR VELLO PUPPIM.</t>
+  </si>
+  <si>
+    <t>Indicação nº 372 de 2025</t>
+  </si>
+  <si>
+    <t>INDICO A URGENTE REALIZAÇÃO DE SERVIÇOS DE REPAROS E SUBSTITUIÇÃO DOS PRANCHÕES DE MADEIRA, BEM COMO O REFORÇO ESTRUTURAL DAS CABECEIRAS DE CONCRETO NA PONTE LOCALIZADA EM SOÍDO DE BAIXO, NA VIA DE ACESSO ÀS FAMÍLIAS KLEIN E OUTROS RESIDENTES DA REGIÃO.</t>
+  </si>
+  <si>
+    <t>Indicação nº 373 de 2025</t>
+  </si>
+  <si>
+    <t>INDICO QUE SEJA REALIZADA A IMEDIATA REALIZAÇÃO DE SERVIÇOS DE MANUTENÇÃO E MELHORIA DE INFRAESTRUTURA NA ESTRADA QUE LIGA RIO FUNDO À RODOVIA ES-146, NO DISTRITO DE SANTA MARIA.</t>
+  </si>
+  <si>
+    <t>Indicação nº 374 de 2025</t>
+  </si>
+  <si>
+    <t>INDICO, AO EXCELENTÍSSIMO SENHOR PREFEITO QUE, POR INTERMÉDIO DA SECRETARIA COMPETENTE, VIABILIZE A LIMPEZA DOS POSTES DE NOSSA MUNICIPALIDADE.</t>
+  </si>
+  <si>
+    <t>Indicação nº 375 de 2025</t>
+  </si>
+  <si>
+    <t>INDICO, AO EXCELENTÍSSIMO SENHOR PREFEITO QUE SOLICITE À SECRETARIA DE CULTURA E TURISMO, JUNTAMENTE COM A SECRETARIA DE INTERIOR E TRANSPORTES, QUE SEJA REALIZADA UMA AÇÃO CONJUNTA PARA PROMOVER MELHORIAS NAS ESTRADAS QUE NÃO SÃO PAVIMENTADAS E QUE LIGAM O CENTRO DO MUNICÍPIO ÀS POUSADAS E HOTÉIS.</t>
+  </si>
+  <si>
+    <t>Requerimento nº 101 de 2025</t>
+  </si>
+  <si>
+    <t>REQUER-SE A DISPONIBILIZAÇÃO DE CÓPIA INTEGRAL DO PROCESSO ADMINISTRATIVO Nº. 000844/2025, QUE DISPÕE SOBRE A CONTRATAÇÃO DE EMPRESA DE ENGENHARIA ESPECIALIZADA PARA EXECUÇÃO DE SERVIÇOS DE MANUTENÇÃO PREVENTIVA, CORRETIVA, MELHORAMENTO E OPERAÇÃO DO SISTEMA DE AUTOMAÇÃO DO PARQUE DE ILUMINAÇÃO PÚBLICA DO MUNICÍPIO DE MARECHAL FLORIANO – ES, CONTENDO TODAS AS FASES E DOCUMENTOS PREVISTOS NA LEI FEDERAL Nº. 14.133/2021.</t>
+  </si>
+  <si>
+    <t>Requerimento nº 102 de 2025</t>
+  </si>
+  <si>
+    <t>Juarez Xavier,Cezinha Ronchi,Coquinho</t>
+  </si>
+  <si>
+    <t>OS VEREADORES ABAIXO ASSINADO, NO EXERCÍCIO DE SUAS ATRIBUIÇÕES LEGAIS E REGIMENTAIS, VÊM, RESPEITOSAMENTE, REQUERER INFORMAÇÕES E PROVIDÊNCIAS QUANTO AO CUMPRIMENTO DAS EMENDAS PARLAMENTARES IMPOSITIVAS INSERIDAS NA LEI ORÇAMENTÁRIA ANUAL – LEI MUNICIPAL Nº 2.753/2024.</t>
+  </si>
+  <si>
+    <t>Requerimento nº 103 de 2025</t>
+  </si>
+  <si>
+    <t>SOLICITA QUE AS EMPRESAS TERCEIRIZADAS QUE PRESTAM SERVIÇOS AO MUNICÍPIO FORNEÇAM OS CONTRACHEQUES AOS SEUS EMPREGADOS.</t>
+  </si>
+  <si>
+    <t>Requerimento nº 104 de 2025</t>
+  </si>
+  <si>
+    <t>Hilário Oliveira Neto</t>
+  </si>
+  <si>
+    <t>TENDO EM VISTA A REALIZAÇÃO DE UMA REUNIÃO QUE PRECEDEU A TERCEIRIZAÇÃO DOS SERVIÇOS DA SAÚDE, FORAM DESTACADOS ALGUNS PONTOS QUE SERIAM FOCO DE MELHORIAS. DIANTE DO EXPOSTO, REQUEIRO O ENCAMINHAMENTO DAS INFORMAÇÕES REFERENTES ÀS MELHORIAS ELENCADAS, A FIM DE GARANTIR TRANSPARÊNCIA ÀS AÇÕES REALIZADAS PELA SECRETARIA MUNICIPAL DE SAÚDE.</t>
+  </si>
+  <si>
+    <t>Proposta de Emenda Modificativa nº 12 de 2025</t>
+  </si>
+  <si>
+    <t>CLJRF - COMISSÃO DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO FINAL,CFO - Comissão de Finanças e Orçamentos</t>
+  </si>
+  <si>
+    <t>PROPOSTA DE EMENDA MODIFICATIVA RELATIVA AO PROJETO DE LEI Nº 085/2025 DE AUTORIA DO PODER EXECUTIVO MUNICIPAL QUE "DISPÕE SOBRE O PLANO PLURIANUAL PARA O QUADRIÊNIO DE 2026 A 2029</t>
+  </si>
+  <si>
+    <t>Proposta de Emenda Aditiva nº 9 de 2025</t>
+  </si>
+  <si>
+    <t>CLJRF - COMISSÃO DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO FINAL,CFO - COMISSÃO DE FINANÇAS E ORÇAMENTO</t>
+  </si>
+  <si>
+    <t>RELATIVO AO PROJETO DE LEI Nº 085/2025 DE AUTORIA DO PODER EXECUTIVO MUNICIPAL QUE "DISPÕE SOBRE O PLANO PLURIANUAL PARA O QUADRIÊNIO DE 2026 A 2029".</t>
+  </si>
+  <si>
+    <t>Proposta de Emenda Aditiva nº 10 de 2025</t>
+  </si>
+  <si>
+    <t>Proposta de Emenda Aditiva nº 11 de 2025</t>
+  </si>
+  <si>
+    <t>Indicação nº 376 de 2025</t>
+  </si>
+  <si>
+    <t>INDICA A REALIZAÇÃO IMEDIATA DOS SEGUINTES SERVIÇOS NA ESTRADA VELHA QUE LIGA A SEDE DE MARECHAL FLORIANO À LOCALIDADE DE SOÍDO DE BAIXO: PATROLAMENTO (NIVELAMENTE MECANIZADO); CASCALHAMENTO COM MATERIAL APROPRIADO; REABERTURA DE CAIXAS-SECA E OUTROS DISPOSITIVOS DE DRENAGEM</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
@@ -435,61 +604,61 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:F9"/>
+  <dimension ref="A1:F34"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="10" bestFit="1" customWidth="1"/>
-    <col min="3" max="3" width="35.42578125" bestFit="1" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="127.5703125" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="42.85546875" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="95.28515625" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="255.7109375" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="14.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2">
@@ -626,50 +795,550 @@
       </c>
       <c r="E8" t="s">
         <v>26</v>
       </c>
       <c r="F8" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9">
         <v>15610</v>
       </c>
       <c r="B9" t="s">
         <v>6</v>
       </c>
       <c r="C9" t="s">
         <v>27</v>
       </c>
       <c r="D9" t="s">
         <v>28</v>
       </c>
       <c r="E9" t="s">
         <v>29</v>
       </c>
       <c r="F9" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="10" spans="1:6">
+      <c r="A10">
+        <v>15618</v>
+      </c>
+      <c r="B10" t="s">
+        <v>6</v>
+      </c>
+      <c r="C10" t="s">
+        <v>30</v>
+      </c>
+      <c r="D10" t="s">
+        <v>31</v>
+      </c>
+      <c r="E10" t="s">
+        <v>32</v>
+      </c>
+      <c r="F10" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="11" spans="1:6">
+      <c r="A11">
+        <v>15619</v>
+      </c>
+      <c r="B11" t="s">
+        <v>6</v>
+      </c>
+      <c r="C11" t="s">
+        <v>33</v>
+      </c>
+      <c r="D11" t="s">
+        <v>31</v>
+      </c>
+      <c r="E11" t="s">
+        <v>34</v>
+      </c>
+      <c r="F11" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="12" spans="1:6">
+      <c r="A12">
+        <v>15620</v>
+      </c>
+      <c r="B12" t="s">
+        <v>6</v>
+      </c>
+      <c r="C12" t="s">
+        <v>35</v>
+      </c>
+      <c r="D12" t="s">
+        <v>36</v>
+      </c>
+      <c r="E12" t="s">
+        <v>37</v>
+      </c>
+      <c r="F12" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="13" spans="1:6">
+      <c r="A13">
+        <v>15621</v>
+      </c>
+      <c r="B13" t="s">
+        <v>6</v>
+      </c>
+      <c r="C13" t="s">
+        <v>38</v>
+      </c>
+      <c r="D13" t="s">
+        <v>36</v>
+      </c>
+      <c r="E13" t="s">
+        <v>39</v>
+      </c>
+      <c r="F13" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="14" spans="1:6">
+      <c r="A14">
+        <v>15622</v>
+      </c>
+      <c r="B14" t="s">
+        <v>6</v>
+      </c>
+      <c r="C14" t="s">
+        <v>40</v>
+      </c>
+      <c r="D14" t="s">
+        <v>36</v>
+      </c>
+      <c r="E14" t="s">
+        <v>41</v>
+      </c>
+      <c r="F14" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="15" spans="1:6">
+      <c r="A15">
+        <v>15623</v>
+      </c>
+      <c r="B15" t="s">
+        <v>6</v>
+      </c>
+      <c r="C15" t="s">
+        <v>42</v>
+      </c>
+      <c r="D15" t="s">
+        <v>43</v>
+      </c>
+      <c r="E15" t="s">
+        <v>44</v>
+      </c>
+      <c r="F15" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="16" spans="1:6">
+      <c r="A16">
+        <v>15624</v>
+      </c>
+      <c r="B16" t="s">
+        <v>6</v>
+      </c>
+      <c r="C16" t="s">
+        <v>45</v>
+      </c>
+      <c r="D16" t="s">
+        <v>23</v>
+      </c>
+      <c r="E16" t="s">
+        <v>46</v>
+      </c>
+      <c r="F16" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="17" spans="1:6">
+      <c r="A17">
+        <v>15625</v>
+      </c>
+      <c r="B17" t="s">
+        <v>6</v>
+      </c>
+      <c r="C17" t="s">
+        <v>47</v>
+      </c>
+      <c r="D17" t="s">
+        <v>14</v>
+      </c>
+      <c r="E17" t="s">
+        <v>48</v>
+      </c>
+      <c r="F17" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="18" spans="1:6">
+      <c r="A18">
+        <v>15626</v>
+      </c>
+      <c r="B18" t="s">
+        <v>6</v>
+      </c>
+      <c r="C18" t="s">
+        <v>49</v>
+      </c>
+      <c r="D18" t="s">
+        <v>14</v>
+      </c>
+      <c r="E18" t="s">
+        <v>50</v>
+      </c>
+      <c r="F18" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="19" spans="1:6">
+      <c r="A19">
+        <v>15627</v>
+      </c>
+      <c r="B19" t="s">
+        <v>6</v>
+      </c>
+      <c r="C19" t="s">
+        <v>51</v>
+      </c>
+      <c r="D19" t="s">
+        <v>14</v>
+      </c>
+      <c r="E19" t="s">
+        <v>52</v>
+      </c>
+      <c r="F19" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="20" spans="1:6">
+      <c r="A20">
+        <v>15628</v>
+      </c>
+      <c r="B20" t="s">
+        <v>6</v>
+      </c>
+      <c r="C20" t="s">
+        <v>53</v>
+      </c>
+      <c r="D20" t="s">
+        <v>14</v>
+      </c>
+      <c r="E20" t="s">
+        <v>54</v>
+      </c>
+      <c r="F20" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="21" spans="1:6">
+      <c r="A21">
+        <v>15629</v>
+      </c>
+      <c r="B21" t="s">
+        <v>6</v>
+      </c>
+      <c r="C21" t="s">
+        <v>55</v>
+      </c>
+      <c r="D21" t="s">
+        <v>56</v>
+      </c>
+      <c r="E21" t="s">
+        <v>57</v>
+      </c>
+      <c r="F21" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="22" spans="1:6">
+      <c r="A22">
+        <v>15630</v>
+      </c>
+      <c r="B22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C22" t="s">
+        <v>58</v>
+      </c>
+      <c r="D22" t="s">
+        <v>17</v>
+      </c>
+      <c r="E22" t="s">
+        <v>59</v>
+      </c>
+      <c r="F22" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="23" spans="1:6">
+      <c r="A23">
+        <v>15631</v>
+      </c>
+      <c r="B23" t="s">
+        <v>6</v>
+      </c>
+      <c r="C23" t="s">
+        <v>60</v>
+      </c>
+      <c r="D23" t="s">
+        <v>17</v>
+      </c>
+      <c r="E23" t="s">
+        <v>61</v>
+      </c>
+      <c r="F23" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="24" spans="1:6">
+      <c r="A24">
+        <v>15632</v>
+      </c>
+      <c r="B24" t="s">
+        <v>6</v>
+      </c>
+      <c r="C24" t="s">
+        <v>62</v>
+      </c>
+      <c r="D24" t="s">
+        <v>20</v>
+      </c>
+      <c r="E24" t="s">
+        <v>63</v>
+      </c>
+      <c r="F24" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="25" spans="1:6">
+      <c r="A25">
+        <v>15633</v>
+      </c>
+      <c r="B25" t="s">
+        <v>6</v>
+      </c>
+      <c r="C25" t="s">
+        <v>64</v>
+      </c>
+      <c r="D25" t="s">
+        <v>20</v>
+      </c>
+      <c r="E25" t="s">
+        <v>65</v>
+      </c>
+      <c r="F25" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="26" spans="1:6">
+      <c r="A26">
+        <v>15635</v>
+      </c>
+      <c r="B26" t="s">
+        <v>6</v>
+      </c>
+      <c r="C26" t="s">
+        <v>66</v>
+      </c>
+      <c r="D26" t="s">
+        <v>28</v>
+      </c>
+      <c r="E26" t="s">
+        <v>67</v>
+      </c>
+      <c r="F26" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="27" spans="1:6">
+      <c r="A27">
+        <v>15636</v>
+      </c>
+      <c r="B27" t="s">
+        <v>6</v>
+      </c>
+      <c r="C27" t="s">
+        <v>68</v>
+      </c>
+      <c r="D27" t="s">
+        <v>69</v>
+      </c>
+      <c r="E27" t="s">
+        <v>70</v>
+      </c>
+      <c r="F27" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="28" spans="1:6">
+      <c r="A28">
+        <v>15637</v>
+      </c>
+      <c r="B28" t="s">
+        <v>6</v>
+      </c>
+      <c r="C28" t="s">
+        <v>71</v>
+      </c>
+      <c r="D28" t="s">
+        <v>56</v>
+      </c>
+      <c r="E28" t="s">
+        <v>72</v>
+      </c>
+      <c r="F28" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="29" spans="1:6">
+      <c r="A29">
+        <v>15638</v>
+      </c>
+      <c r="B29" t="s">
+        <v>6</v>
+      </c>
+      <c r="C29" t="s">
+        <v>73</v>
+      </c>
+      <c r="D29" t="s">
+        <v>74</v>
+      </c>
+      <c r="E29" t="s">
+        <v>75</v>
+      </c>
+      <c r="F29" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="30" spans="1:6">
+      <c r="A30">
+        <v>15611</v>
+      </c>
+      <c r="B30" t="s">
+        <v>6</v>
+      </c>
+      <c r="C30" t="s">
+        <v>76</v>
+      </c>
+      <c r="D30" t="s">
+        <v>77</v>
+      </c>
+      <c r="E30" t="s">
+        <v>78</v>
+      </c>
+      <c r="F30" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="31" spans="1:6">
+      <c r="A31">
+        <v>15612</v>
+      </c>
+      <c r="B31" t="s">
+        <v>6</v>
+      </c>
+      <c r="C31" t="s">
+        <v>79</v>
+      </c>
+      <c r="D31" t="s">
+        <v>80</v>
+      </c>
+      <c r="E31" t="s">
+        <v>81</v>
+      </c>
+      <c r="F31" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="32" spans="1:6">
+      <c r="A32">
+        <v>15613</v>
+      </c>
+      <c r="B32" t="s">
+        <v>6</v>
+      </c>
+      <c r="C32" t="s">
+        <v>82</v>
+      </c>
+      <c r="D32" t="s">
+        <v>23</v>
+      </c>
+      <c r="E32" t="s">
+        <v>81</v>
+      </c>
+      <c r="F32" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="33" spans="1:6">
+      <c r="A33">
+        <v>15614</v>
+      </c>
+      <c r="B33" t="s">
+        <v>6</v>
+      </c>
+      <c r="C33" t="s">
+        <v>83</v>
+      </c>
+      <c r="D33" t="s">
+        <v>28</v>
+      </c>
+      <c r="E33" t="s">
+        <v>81</v>
+      </c>
+      <c r="F33" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="34" spans="1:6">
+      <c r="A34">
+        <v>15639</v>
+      </c>
+      <c r="B34" t="s">
+        <v>6</v>
+      </c>
+      <c r="C34" t="s">
+        <v>84</v>
+      </c>
+      <c r="D34" t="s">
+        <v>28</v>
+      </c>
+      <c r="E34" t="s">
+        <v>85</v>
+      </c>
+      <c r="F34" t="s">
         <v>10</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">